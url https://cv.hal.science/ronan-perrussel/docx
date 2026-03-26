--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -298,282 +298,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domain decomposition for 3D nonlinear magnetostatic problems: Newton-Krylov-Schur vs. Schur-Newton-Krylov methods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Solution of a nonlinear eigenvalue problem from photonic crystal fiber applications discretized by a boundary element method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Ghenai</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2023.3299989⟩</w:t>
+              <w:t xml:space="preserve">Engineering Analysis with Boundary Elements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 168, pp.105928. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.enganabound.2024.105928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04183878v1</w:t>
+                <w:t xml:space="preserve">hal-04770723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solution of a nonlinear eigenvalue problem from photonic crystal fiber applications discretized by a boundary element method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Domain decomposition for 3D nonlinear magnetostatic problems: Newton-Krylov-Schur vs. Schur-Newton-Krylov methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ghenai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chadebec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Vi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-René Poirier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Michel Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Analysis with Boundary Elements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 168, pp.105928. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60 (3), 4 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.enganabound.2024.105928⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2023.3299989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04770723v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H-matrix Solver for the Acceleration of Boundary Integral Equation for Photonic Crystal Fiber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -789,64 +789,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boundary element method for 3D conductive thin layer in eddy current problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Issa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chadebec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1218,77 +1218,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid Cross Approximation for a Magnetostatic Formulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Siau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chadebec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 51 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1688,841 +1688,841 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01153095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hybridizable discontinuous Galerkin method combined to a Schwarz algorithm for the solution of 3d time-harmonic Maxwell's equations</w:t>
+                <w:t xml:space="preserve">Perfect Conductor and Impedance Boundary Condition Corrections via a Finite Element Subproblem Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liang Li</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lanteri</w:t>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Geuzaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2013.09.003⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 50 (2), pp.7000504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2013.2284338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00795125v1</w:t>
+                <w:t xml:space="preserve">hal-00869987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward the coupling of a discontinuous Galerkin method with a MoM for analysis of susceptibility of planar circuits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Girard</w:t>
+                <w:t xml:space="preserve">A hybridizable discontinuous Galerkin method combined to a Schwarz algorithm for the solution of 3d time-harmonic Maxwell's equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Raveu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2013.2282462⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 256, pp.563-581. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2013.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00958274v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00795125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive cross approximation for scattering by periodic surfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+                <w:t xml:space="preserve">Toward the coupling of a discontinuous Galerkin method with a MoM for analysis of susceptibility of planar circuits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Raveu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress In Electromagnetics Research M</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 50 (2), pp.509-512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2013.2282462⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2528/PIERM14011505⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00982945v1</w:t>
+                <w:t xml:space="preserve">hal-00958274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corner asymptotics of the magnetic potential in the eddy-current model</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Victor Péron</w:t>
+                <w:t xml:space="preserve">Adaptive cross approximation for scattering by periodic surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Methods in the Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 37 (13), pp.1924-1955. </w:t>
+              <w:t xml:space="preserve">Progress In Electromagnetics Research M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 35, pp. 97-103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mma.2947⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2528/PIERM14011505⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00779067v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00982945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perfect Conductor and Impedance Boundary Condition Corrections via a Finite Element Subproblem Method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Corner asymptotics of the magnetic potential in the eddy-current model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Dauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 50 (2), pp.7000504. </w:t>
+              <w:t xml:space="preserve">Mathematical Methods in the Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 37 (13), pp.1924-1955. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2013.2284338⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mma.2947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00869987v1</w:t>
+                <w:t xml:space="preserve">hal-00779067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic Expansion of Steady-State Potential in a High Contrast Medium with a Thin Resistive Layer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical investigation of a high order hybridizable discontinuous Galerkin method for 2d time-harmonic Maxwell's equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lanteri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clair Poignard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mathematics and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.amc.2013.06.047⟩</w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp. 1112 - 1138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/03321641311306196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00442659v2</w:t>
+                <w:t xml:space="preserve">hal-00906142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical investigation of a high order hybridizable discontinuous Galerkin method for 2d time-harmonic Maxwell's equations</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Asymptotic Expansion of Steady-State Potential in a High Contrast Medium with a Thin Resistive Layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clair Poignard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, pp. 1112 - 1138. </w:t>
+              <w:t xml:space="preserve">Applied Mathematics and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 221, pp.48-65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/03321641311306196⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.amc.2013.06.047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00906142v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00442659v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de sources électromagnétiques multipolaires par filtrage spatial : simplification du contour des capteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chadebec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2861,295 +2861,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00661599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eddy currents and corner singularities</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Victor Péron</w:t>
+                <w:t xml:space="preserve">Using equivalent emission sources to evaluate the coupling between components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanaa Zangui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moises Ferber de Vieira Lessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 48 (2), pp.679-682. </w:t>
+              <w:t xml:space="preserve">, 2012, 48 (2), pp. 439-442. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2011.2175378⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2011.2176316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00614033v2</w:t>
+                <w:t xml:space="preserve">hal-00674723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using equivalent emission sources to evaluate the coupling between components</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+                <w:t xml:space="preserve">Eddy currents and corner singularities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Dauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 48 (2), pp. 439-442. </w:t>
+              <w:t xml:space="preserve">, 2012, 48 (2), pp.679-682. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2011.2176316⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2011.2175378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00674723v1</w:t>
+                <w:t xml:space="preserve">inria-00614033v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Identification of Effective Multipole Moments of Polarizable Particles</w:t>
               </w:r>
@@ -3317,51 +3317,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Voyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Microwaves, Optoelectronics and Electromagnetic Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 10 (1), pp.66-81. </w:t>
@@ -3823,51 +3823,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionel Sorin Ciuperca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clair Poignard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Mathématiques Pures et Appliquées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 95 (3), pp.227-295. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3895,700 +3895,700 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00401835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of equivalent multipolar electromagnetic sources by spatial filtering</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kévin Berger</w:t>
+                <w:t xml:space="preserve">Comparative phylogenetic microarray analysis of microbial communities in TCE-contaminated soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audra Nemir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude M. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy R. Sapkota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2010.2043421⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 80 (5), pp.600-607. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2010.03.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00455455v1</w:t>
+                <w:t xml:space="preserve">hal-00515484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perturbation method for the calculation of losses inside conductors in microwave structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Voyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress In Electromagnetics Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 103, pp.339-354. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2528/PIER10031604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00515475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical dosimetry of currents induced in the human body by ELF magnetic fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
+                <w:t xml:space="preserve">Identification of equivalent multipolar electromagnetic sources by spatial filtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chadebec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/03321641011078490⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 46 (8), pp. 2815-2818. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2010.2043421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00515690v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00455455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of a Rough Thin Layer on the Potential</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ionel Sorin Ciuperca</w:t>
+                <w:t xml:space="preserve">Numerical dosimetry of currents induced in the human body by ELF magnetic fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clair Poignard</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Burais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2010.2044027⟩</w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 29 (6), pp.1425-1434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/03321641011078490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00506120v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00515690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative phylogenetic microarray analysis of microbial communities in TCE-contaminated soils</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maude M. David</w:t>
+                <w:t xml:space="preserve">Influence of a Rough Thin Layer on the Potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ionel Sorin Ciuperca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clair Poignard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 46 (8), pp.2823 - 2826. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2010.2044027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2010.03.036⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00515484v1</w:t>
+                <w:t xml:space="preserve">hal-00506120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New robust coil sensors for near field characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chadebec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4901,291 +4901,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00364755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A domain decomposition method for solving the three-dimensional time-harmonic Maxwell equations discretized by discontinuous Galerkin methods</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephane Lanteri</w:t>
+                <w:t xml:space="preserve">Probabilistic methods applied to 2D electromagnetic numerical dosimetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Musy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2007.10.004⟩</w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 27 (3), pp.651--667. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/03321640810861098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00155231v3</w:t>
+                <w:t xml:space="preserve">hal-00164652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probabilistic methods applied to 2D electromagnetic numerical dosimetry</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Nicolas</w:t>
+                <w:t xml:space="preserve">A domain decomposition method for solving the three-dimensional time-harmonic Maxwell equations discretized by discontinuous Galerkin methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorita Dolean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 27 (3), pp.651--667. </w:t>
+              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 227 (3), pp.2044-2072. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/03321640810861098⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2007.10.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00164652v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00155231v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimized Schwarz method for solving time-harmonic Maxwell's equations discretized by a discontinuous Galerkin method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorita Dolean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5232,64 +5232,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approximate conditions replacing thin layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clair Poignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6052,265 +6052,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00414136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A survey of parallel solvers for the finite element method in computational electromagnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boguslaw Butrylo</w:t>
+                <w:t xml:space="preserve">An efficient preconditioner for linear systems issued from the finite-element method for scattering problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Musy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/03321640410510721⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 40, issue: 2, part 2, p. 1080 - 1083. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2004.824734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00140344v1</w:t>
+                <w:t xml:space="preserve">hal-00113501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An efficient preconditioner for linear systems issued from the finite-element method for scattering problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A survey of parallel solvers for the finite element method in computational electromagnetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boguslaw Butrylo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Musy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 40, issue: 2, part 2, p. 1080 - 1083. </w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 23 (2), pp.531-546. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2004.824734⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/03321640410510721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00113501v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00140344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (89)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6322,500 +6322,552 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FETI-DP for 3D magnetostatic problems discretized by edge elements</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Discontinuous Galerkin Discretization of a Volume Integral Eddy Current Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Torosyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bannwarth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chadebec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Conférence Européenne sur les Méthodes Numériques en Electromagnétisme (NUMELEC 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 25th International Conference on the Computation of Electromagnetic Fields (COMPUMAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Naples, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/COMPUMAG60611.2025.11421281⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04643988v1</w:t>
+                <w:t xml:space="preserve">hal-05548286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FETI-DP method for 3D magnetostatic simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">FETI-DP for 3D magnetostatic problems discretized by edge elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ghenai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chadebec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Vi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 13th International Symposium on Electric and Magnetic Fields (EMF'2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Marseille, France</w:t>
+              <w:t xml:space="preserve">10ème Conférence Européenne sur les Méthodes Numériques en Electromagnétisme (NUMELEC 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04195032v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domain decomposition for 3D nonlinear magnetostatic problems: Newton-Krylov-Schur vs. Schur-Newton-Krylov methods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">FETI-DP method for 3D magnetostatic simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ghenai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chadebec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Vi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th International Conference on the Computation of Electromagnetic Fields (Compumag'2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">The 13th International Symposium on Electric and Magnetic Fields (EMF'2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04115574v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04195032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solution of a non-linear eigenvalue problem for Photonic Crystal Fiber applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Domain decomposition for 3D nonlinear magnetostatic problems: Newton-Krylov-Schur vs. Schur-Newton-Krylov methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ghenai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chadebec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Vi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-René Poirier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Michel Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waves 2022 15th International Conference on Numerical Aspect of Wave Propagation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">24th International Conference on the Computation of Electromagnetic Fields (Compumag'2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259556v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04115574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Asymptotic Models for 3D Linear Ferromagnetic Materials in Eddy Current Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dima Abou El Nasser El Yafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6857,437 +6909,411 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 8th international conference on “Advanced Computational Methods in Engineering” (ACOMEN2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Liège, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03707595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic Models for Ferromagnetic Materials in Eddy Current Problem</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Victor Péron</w:t>
+                <w:t xml:space="preserve">Solution of a non-linear eigenvalue problem for Photonic Crystal Fiber applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Symposium on Electric and Magnetic Fields (EMF 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Marseille (on line), France</w:t>
+              <w:t xml:space="preserve">Waves 2022 15th International Conference on Numerical Aspect of Wave Propagation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03232620v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homogenization of lamination stacks based on the vector potential formulation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+                <w:t xml:space="preserve">Asymptotic Models for Ferromagnetic Materials in Eddy Current Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dima Abou El Nasser El Yafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compumag 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">12th International Symposium on Electric and Magnetic Fields (EMF 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Marseille (on line), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02063629v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03232620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boundary Integral Equations and Hierarchical Matrices for a Waveguide Mode Solve</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Homogenization of lamination stacks based on the vector potential formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clair Poignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium of the International Association for Boundary Element Methods (IABEM 2018), June 26-28, 2018, Paris (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Compumag 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883423v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02063629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boundary Element Method for Conductive Thin Layer in 3D Eddy Current Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Issa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Chadebec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7302,2768 +7328,2768 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium of the International Association for Boundary Element Methods (IABEM 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03883424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic Modelling for 3D Eddy Current Problems with a Conductive Thin Layer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Victor Péron</w:t>
+                <w:t xml:space="preserve">Boundary Integral Equations and Hierarchical Matrices for a Waveguide Mode Solve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscillia Daquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACOMEN 2017 - 7th International Conference on Advanced COmputational Methods in ENgineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">Symposium of the International Association for Boundary Element Methods (IABEM 2018), June 26-28, 2018, Paris (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01679683v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03883423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Cross Approximation and Shared-Memory Programming for the Electric Field Integral Equation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Boundary Element Method for 3D Eddy Current Problems With a Conductive Thin Layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bannwarth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Chadebec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Conference on the Computation of the Electromagnetic Field (COMPUMAG), June 18-22, 2017, Daejeaon, SOUTH KOREA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Daejeaon, South Korea</w:t>
+              <w:t xml:space="preserve">9th European Conference on Numerical Methods in Electromagnetics (NUMELEC 2017), Nov. 15-17, 2017, Paris (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883422v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03937805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche alternative à l'homogénéisation pour la modélisation des empilements de tôles–le cas harmonique linéaire</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
+                <w:t xml:space="preserve">Hybrid Cross Approximation and Shared-Memory Programming for the Electric Field Integral Equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscillia Daquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Dular</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Buttari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numélec 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">21st International Conference on the Computation of the Electromagnetic Field (COMPUMAG), June 18-22, 2017, Daejeaon, SOUTH KOREA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Daejeaon, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01580380v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03883422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boundary Element Method for 3D Eddy Current Problems With a Conductive Thin Layer</w:t>
+                <w:t xml:space="preserve">Asymptotic Modelling for 3D Eddy Current Problems with a Conductive Thin Layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Issa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Conference on Numerical Methods in Electromagnetics (NUMELEC 2017), Nov. 15-17, 2017, Paris (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">ACOMEN 2017 - 7th International Conference on Advanced COmputational Methods in ENgineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03937805v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01679683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic expansion for the magnetic potential in the eddy-current problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approche alternative à l'homogénéisation pour la modélisation des empilements de tôles–le cas harmonique linéaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th EMF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">Numélec 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01393362v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01580380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computation of the electric field at the tissue scale when pulse voltages are applied to induce electroporation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Voyer</w:t>
+                <w:t xml:space="preserve">Hierarchical matrices and Hybrid Cross Approximation for the scattering by a rough surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscillia Daquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th EMF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">10th International Symposium on Electric and Magnetic Fields (EMF 2016), April 12-14, 2016, Lyon (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01291408v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03988676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallelisation of MACOPA, a multi-physics asynchronous solver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Guivarch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Joslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Tshimanga Ilunga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Vector and Parallel Processing (VECPAR 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Porto, Portugal. pp.44--51, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-61982-8_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An innovative method to model the mode-stirrer in microwave cavity</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kama Huang</w:t>
+                <w:t xml:space="preserve">Computation of the electric field at the tissue scale when pulse voltages are applied to induce electroporation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clair Poignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème colloque internationale sur la compatibilité électromagnétique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Rennes, France</w:t>
+              <w:t xml:space="preserve">10th EMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03827904v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01291408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerating Performances of a Waveguide Mode Solver Based on Boundary Integral Equations</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Asymptotic expansion for the magnetic potential in the eddy-current problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clair Poignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. -C. Seat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ruth Sabariego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 7th International Conference on Metamaterials, Photonic Crystals and Plasmonics (META'16), July 25-28, 2016, Torremolinos, Málaga (SPAIN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Málaga, Spain</w:t>
+              <w:t xml:space="preserve">10th EMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03988677v1</w:t>
+                <w:t xml:space="preserve">hal-01393362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical matrices and Hybrid Cross Approximation for the scattering by a rough surface</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+                <w:t xml:space="preserve">An innovative method to model the mode-stirrer in microwave cavity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wencong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junwu Tao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kama Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Symposium on Electric and Magnetic Fields (EMF 2016), April 12-14, 2016, Lyon (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">18ème colloque internationale sur la compatibilité électromagnétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03988676v1</w:t>
+                <w:t xml:space="preserve">hal-03827904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient delta-parametrization of 2D Surface-Impedance solutions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Victor Péron</w:t>
+                <w:t xml:space="preserve">Accelerating Performances of a Waveguide Mode Solver Based on Boundary Integral Equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscillia Daquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. -C. Seat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compumag 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Montréal, Canada. pp.442</w:t>
+              <w:t xml:space="preserve">The 7th International Conference on Metamaterials, Photonic Crystals and Plasmonics (META'16), July 25-28, 2016, Torremolinos, Málaga (SPAIN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Málaga, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01174983v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03988677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation 3D de bobinages &amp;quot;feuillards&amp;quot; à l’aide d’éléments coques pour la simulation de coupleurs magnétiques haute fréquence</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Sarraute</w:t>
+                <w:t xml:space="preserve">Impédances de surface en 2D : comparaison de méthodes de paramétrisation en δ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Sabariego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème Conférence Européenne sur les Méthodes Numériques en Électromagnétisme, NUMELEC 2015, 3-5 Juin 2015, St Nazaire (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Saint-Nazaire, France</w:t>
+              <w:t xml:space="preserve">Numélec 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nantes - IREENA, Jun 2015, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03937804v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01199546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accuracy of Waveguide Mode Solver Based on Boundary Integral Equations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Clavez</w:t>
+                <w:t xml:space="preserve">Hierarchical Matrices for Scattering Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscillia Daquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Electromagnetics Research Symposium (PIERS), July 6-9, 2015, Prague, CZECH REPUBLIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">8ème Conférence Européenne sur les Méthodes Numériques en Électromagnétisme, 3-5 Juin 2015, St Nazaire (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Saint Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883418v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03883419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical matrices for the scattering by rough surfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Priscillia Daquin</w:t>
+                <w:t xml:space="preserve">Asynchronous numerical scheme for modeling hyperbolic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Toumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Unfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Annual International Conference on Bondary Element Techniques (Beteq), 6–8 juillet 2015, Valencia (SPAIN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">International Conference on Scientific Computation And Differential Equations 2015, Sept. 14-18, Postdam (GERMANY)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Postdam, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883420v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03883417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode de couplage pour traiter des problèmes électromagnétiques en 3D</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Raveu</w:t>
+                <w:t xml:space="preserve">Modélisation 3D de bobinages &amp;quot;feuillards&amp;quot; à l’aide d’éléments coques pour la simulation de coupleurs magnétiques haute fréquence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léon Havez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Sarraute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Lanteri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNM2015, 2-5 juin 2015, Bordeaux (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">8ème Conférence Européenne sur les Méthodes Numériques en Électromagnétisme, NUMELEC 2015, 3-5 Juin 2015, St Nazaire (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Saint-Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883416v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03937804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impédances de surface en 2D : comparaison de méthodes de paramétrisation en δ</w:t>
+                <w:t xml:space="preserve">Efficient delta-parametrization of 2D Surface-Impedance solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth Sabariego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numélec 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Nantes - IREENA, Jun 2015, Nantes, France</w:t>
+              <w:t xml:space="preserve">Compumag 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Montréal, Canada. pp.442</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01199546v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01174983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical Matrices for Scattering Problems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Priscillia Daquin</w:t>
+                <w:t xml:space="preserve">Accuracy of Waveguide Mode Solver Based on Boundary Integral Equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Clavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème Conférence Européenne sur les Méthodes Numériques en Électromagnétisme, 3-5 Juin 2015, St Nazaire (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Saint Nazaire, France</w:t>
+              <w:t xml:space="preserve">Progress in Electromagnetics Research Symposium (PIERS), July 6-9, 2015, Prague, CZECH REPUBLIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883419v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03883418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asynchronous numerical scheme for modeling hyperbolic systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Dufour</w:t>
+                <w:t xml:space="preserve">Hierarchical matrices for the scattering by rough surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscillia Daquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Unfer</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Scientific Computation And Differential Equations 2015, Sept. 14-18, Postdam (GERMANY)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Postdam, Germany</w:t>
+              <w:t xml:space="preserve">16th Annual International Conference on Bondary Element Techniques (Beteq), 6–8 juillet 2015, Valencia (SPAIN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883417v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03883420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling of a MoM and a discontinuous Galerkin method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Méthode de couplage pour traiter des problèmes électromagnétiques en 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Raveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lanteri</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lanteri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Annecy, France. pp.OD2-4</w:t>
+              <w:t xml:space="preserve">JNM2015, 2-5 juin 2015, Bordeaux (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00993485v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03883416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Cross Approximation for a Magnetostatic Formulation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nonlinear steady-state electrical current modeling for the electropermeabilization of biological tissue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Leguèbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lluis M. Mir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Annecy, France. pp.OC1-2</w:t>
+              <w:t xml:space="preserve">IEEE CEFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Annecy, France. pp.CD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00993490v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00959751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic delta-Parametrization of Surface-Impedance Solutions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Victor Péron</w:t>
+                <w:t xml:space="preserve">Coupling of a MoM and a discontinuous Galerkin method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Raveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lanteri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE CEFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Annecy, France</w:t>
+              <w:t xml:space="preserve">CEFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Annecy, France. pp.OD2-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00959750v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00993485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear steady-state electrical current modeling for the electropermeabilization of biological tissue</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hybrid Cross Approximation for a Magnetostatic Formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Siau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chadebec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE CEFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Annecy, France. pp.CD</w:t>
+              <w:t xml:space="preserve">CEFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Annecy, France. pp.OC1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00959751v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00993490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling of a method of moments adapted to planar circuit and volumic methods</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lanteri</w:t>
+                <w:t xml:space="preserve">Asymptotic delta-Parametrization of Surface-Impedance Solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clair Poignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPUMAG 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.PC5-16</w:t>
+              <w:t xml:space="preserve">IEEE CEFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00907090v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00959750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybridation entre la WCIP et des méthodes volumiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Coupling of a method of moments adapted to planar circuit and volumic methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lanteri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Raveu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18èmes Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Paris, France. pp.J1-AP3-2</w:t>
+              <w:t xml:space="preserve">COMPUMAG 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.PC5-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00914400v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perfect Conductor and Impedance Boundary Condition Corrections via a Finite Element Subproblem Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10071,2954 +10097,2967 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Geuzaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compumag 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.866</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00807078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corner Asymptotics of the Magnetic Potential in the Eddy-Current Model</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Victor Péron</w:t>
+                <w:t xml:space="preserve">Hybridation entre la WCIP et des méthodes volumiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Raveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JSA 2013 - Journées Singulières Augmentées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Rennes, France</w:t>
+              <w:t xml:space="preserve">18èmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Paris, France. pp.J1-AP3-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00931735v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the ACA compression technique for the scattering of Periodic Surfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Alzaix</w:t>
+                <w:t xml:space="preserve">Corner Asymptotics of the Magnetic Potential in the Eddy-Current Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Dauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPUMAG 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.PC5-19</w:t>
+              <w:t xml:space="preserve">JSA 2013 - Journées Singulières Augmentées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00907319v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00931735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physically-based preconditioner for the WCIP</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Application of the ACA compression technique for the scattering of Periodic Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Alzaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Poirier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asia-Pacific Microwave Conference (APMC 2012)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">COMPUMAG 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.PC5-19</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00907360v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propagation de l'incertitude sur la géométrie en dosimétrie numérique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Nicolas</w:t>
+                <w:t xml:space="preserve">1d WCIP and FEM hybridization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Raveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numélec 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Marseille, France. pp.140</w:t>
+              <w:t xml:space="preserve">NUMELEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Marseille, France. pp.74-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00714480v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1D WCIP and FEM hybridization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Raveu</w:t>
+                <w:t xml:space="preserve">Propagation de l'incertitude en dosimétrie numérique: comment réduire les coûts de calcul ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Amine Drissaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drissaoui F. Musy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lanteri</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroEm</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Toulouse, France. pp.143</w:t>
+              <w:t xml:space="preserve">Journées scientifiques de l'URSI 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Paris, France. pp.ND</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725249v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00840307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hybridized discontinuous Galerkin method for 3d time-harmonic Maxwell's equations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Liang Li</w:t>
+                <w:t xml:space="preserve">Physically-based preconditioner for the WCIP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Raveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NUMELEC</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Asia-Pacific Microwave Conference (APMC 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Kaohsiung, Taiwan. pp. 1310 - 1312, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/APMC.2012.6421905⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725079v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic Description of the Magnetic Potential near a Corner Singularity in the Bidimensional Eddy-Current Problem</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Victor Péron</w:t>
+                <w:t xml:space="preserve">Propagation de l'incertitude sur la géométrie en dosimétrie numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Drissaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Musy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCCM 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, São Paulo, Brazil</w:t>
+              <w:t xml:space="preserve">Numélec 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Marseille, France. pp.140</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00768026v2</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00714480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calculation of DEP force on spherical particle in non-uniform electric fields</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Nicolas</w:t>
+                <w:t xml:space="preserve">1D WCIP and FEM hybridization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Raveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Damien Voyer</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jia Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numélec 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Marseille, France. pp.180</w:t>
+              <w:t xml:space="preserve">EuroEm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Toulouse, France. pp.143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00714500v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1d WCIP and FEM hybridization</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A hybridized discontinuous Galerkin method for 3d time-harmonic Maxwell's equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lanteri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NUMELEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2012, Marseille, France. pp.74-75</w:t>
+              <w:t xml:space="preserve">, Jul 2012, Marseille, France. pp.18-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725088v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propagation de l'incertitude en dosimétrie numérique: comment réduire les coûts de calcul ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Drissaoui F. Musy</w:t>
+                <w:t xml:space="preserve">Asymptotic Description of the Magnetic Potential near a Corner Singularity in the Bidimensional Eddy-Current Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Dauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques de l'URSI 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Paris, France. pp.ND</w:t>
+              <w:t xml:space="preserve">WCCM 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, São Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00840307v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00768026v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical identification of effective multipole moments of polarizable particles</w:t>
+                <w:t xml:space="preserve">Calculation of DEP force on spherical particle in non-uniform electric fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Ogbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sheppard J. Salon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Voyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compumag 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp.n°715</w:t>
+              <w:t xml:space="preserve">Numélec 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Marseille, France. pp.180</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00649786v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00714500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid−mixed formulation for static−current flow problem compared with conventional formulation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Loïc Rondot</w:t>
+                <w:t xml:space="preserve">A hybridizable discontinuous Galerkin method for solving 3D time-harmonic Maxwell's equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Guerin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compumag 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp.n°650</w:t>
+              <w:t xml:space="preserve">9th European Conference on Numerical Mathematics and Advanced Applications - ENUMATH 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Leicester, United Kingdom. pp. 119-128, Andrea Cangiani, Ruslan L. Davidchack, Emmanuil Georgoulis, Alexander N. Gorban, Jeremy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00649759v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00681964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D electrostatic problems with rounded corners</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Numerical identification of effective multipole moments of polarizable particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Ogbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheppard J. Salon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voyer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compumag 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp.électronique</w:t>
+              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp.n°715</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00549384v2</w:t>
+                <w:t xml:space="preserve">hal-00649786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Equivalent Emission Sources to Evaluate the Coupling between Components</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kévin Berger</w:t>
+                <w:t xml:space="preserve">Hybrid−mixed formulation for static−current flow problem compared with conventional formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Rondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compumag 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp. 682-683, id. 424, 2 p</w:t>
+              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp.n°650</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00605918v1</w:t>
+                <w:t xml:space="preserve">hal-00649759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domain decomposition methods for electromagnetic wave propagation problems in heterogeneous media and complex domains</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">2D electrostatic problems with rounded corners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Dauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Domain Decomposition Methods in Science and Engineering XIX</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Compumag 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp.électronique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00515575v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00549384v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calibration methods for a large loop antenna measurement system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using Equivalent Emission Sources to Evaluate the Coupling between Components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanaa Zangui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Antonio França Sartori</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compumag 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp.électronique</w:t>
+              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp. 682-683, id. 424, 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00576833v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00605918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eddy currents and corner singularities</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Victor Péron</w:t>
+                <w:t xml:space="preserve">Calibration methods for a large loop antenna measurement system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Antonio França Sartori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanaa Zangui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moises Ferber de Vieira Lessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compumag 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp.électronique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00549380v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00576833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impedance condition close to a corner in eddy-current problems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Eddy currents and corner singularities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Dauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Péron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACOMEN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Liège, Belgium. pp.CD</w:t>
+              <w:t xml:space="preserve">Compumag 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp.électronique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00727197v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00549380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A stochastic collocation method combined with a reduced basis method to compute uncertainties in numerical dosimetry</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Nicolas</w:t>
+                <w:t xml:space="preserve">Domain decomposition methods for electromagnetic wave propagation problems in heterogeneous media and complex domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorita Dolean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El Bouajaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin J. Gander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Voyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compumag 2011</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Domain Decomposition Methods in Science and Engineering XIX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Zhangjiajie, China. pp.15-26, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-11304-8_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00649773v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00515575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hybridizable discontinuous Galerkin method for solving 3D time-harmonic Maxwell's equations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephane Lanteri</w:t>
+                <w:t xml:space="preserve">A stochastic collocation method combined with a reduced basis method to compute uncertainties in numerical dosimetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Drissaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Musy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Conference on Numerical Mathematics and Advanced Applications - ENUMATH 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Leicester, United Kingdom. pp. 119-128, Andrea Cangiani, Ruslan L. Davidchack, Emmanuil Georgoulis, Alexander N. Gorban, Jeremy</w:t>
+              <w:t xml:space="preserve">Compumag 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp.n°593</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00681964v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00649773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Load Effect Evaluation of a Transmission Line Exciting Chamber</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Damien Voyer</w:t>
+                <w:t xml:space="preserve">Impedance condition close to a corner in eddy-current problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Dauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOMAG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Vitória, Brazil. pp.CD</w:t>
+              <w:t xml:space="preserve">ACOMEN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Liège, Belgium. pp.CD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00502228v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00727197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field coupling between EMC filter components</w:t>
+                <w:t xml:space="preserve">Evaluation of coupling parameters of EMC filter components by using equivalent emission sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanaa Zangui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Clavel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE CEFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Chicago, IL, United States</w:t>
+              <w:t xml:space="preserve">MOMAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Vitória, Brazil. pp. 1-6, CD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00485104v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00502220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation de sensibilité de solutions et calcul de perturbations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Equivalent source corresponding to radiated field of EMC filter components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanâa Zangui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier "Optimisation en formes en électromagnétisme pour la conception d'antennes et de circuits microondes" (CCT ECM du CNES et GDR Ondes)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Toulouse, France</w:t>
+              <w:t xml:space="preserve">EMC Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Wroclaw, Poland. pp. 1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00476314v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520107v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of coupling parameters of EMC filter components by using equivalent emission sources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sanaa Zangui</w:t>
+                <w:t xml:space="preserve">CAPTEURS DE COMPOSANTES MULTIPOLAIRES POUR UNE CARACTERISATION EN CHAMP PROCHE : PREMIERS RESULATS EXPERIMENTAUX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chadebec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edith Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOMAG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Vitória, Brazil. pp.CD</w:t>
+              <w:t xml:space="preserve">CEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00502220v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MODELISATION DES COUPLAGES EN CHAMP PROCHE DES COMPOSANTS DE FILTRES CEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanaa Zangui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13027,1672 +13066,1659 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CEM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CAPTEURS DE COMPOSANTES MULTIPOLAIRES POUR UNE CARACTERISATION EN CHAMP PROCHE : PREMIERS RESULATS EXPERIMENTAUX</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimation de sensibilité de solutions et calcul de perturbations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Limoges, France</w:t>
+              <w:t xml:space="preserve">Atelier "Optimisation en formes en électromagnétisme pour la conception d'antennes et de circuits microondes" (CCT ECM du CNES et GDR Ondes)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472614v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00476314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equivalent source corresponding to radiated field of EMC filter components</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sanâa Zangui</w:t>
+                <w:t xml:space="preserve">Near-field coupling between EMC filter components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanaa Zangui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edith Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMC Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Wroclaw, Poland. pp. 1-6</w:t>
+              <w:t xml:space="preserve">IEEE CEFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Chicago, IL, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00520107v3</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00485104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domain decomposition for computing extremely low frequency induced current in the human body</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+                <w:t xml:space="preserve">A Load Effect Evaluation of a Transmission Line Exciting Chamber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Alves dos Santos Junior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Antonio França Sartori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Roberto Cardoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Voyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE CEFC</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MOMAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Vitória, Brazil. pp.CD</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00515555v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00502228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des couplages en champ proche des composants de filtres CEM en utilisant des sources équivalentes de rayonnement</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Edith Clavel</w:t>
+                <w:t xml:space="preserve">Domain decomposition for computing extremely low frequency induced current in the human body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Burais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème EPF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE CEFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Chicago, IL, United States. pp.Article number 5481843, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CEFC.2010.5481843⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00520122v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00515555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et mesure des couplages en champ proche des composants de filtre CEM</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sanaa Zangui</w:t>
+                <w:t xml:space="preserve">Modélisation des couplages en champ proche des composants de filtres CEM en utilisant des sources équivalentes de rayonnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanâa Zangui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Edith Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2EMC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Rouen, France</w:t>
+              <w:t xml:space="preserve">13ème EPF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Saint-Nazaire, France. pp. 1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00538503v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of coupling parameters of EMC filter components by using equivalent emission sources</w:t>
+                <w:t xml:space="preserve">Modélisation et mesure des couplages en champ proche des composants de filtre CEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanaa Zangui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOMAG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Vitória, Brazil. pp. 1-6</w:t>
+              <w:t xml:space="preserve">2EMC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05530662v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00538503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treatment of rounded and sharp corners in the numerical modeling of 2D electrostatic fields</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Buret</w:t>
+                <w:t xml:space="preserve">Modeling the near-field coupling of EMC filter components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanâa Zangui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOMAG</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EMC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Fort Lauderdale, FL, United States. pp. 825-830, 6 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISEMC.2010.5711386⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00502238v4</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the near-field coupling of EMC filter components</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Edith Clavel</w:t>
+                <w:t xml:space="preserve">Treatment of rounded and sharp corners in the numerical modeling of 2D electrostatic fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMC</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MOMAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Vitória, Brazil. pp.CD</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00520119v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00502238v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approximate Transmission Conditions for the Laplacian in a High Contrast Medium with a Thin Layer. The Inﬂuence of the Curvature.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of equivalent multipolar electromagnetic sources by space filtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chadebec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WAVES2009, the 9th International Conference on Mathematical and Numerical Aspects of Wave Propagation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Pau, France</w:t>
+              <w:t xml:space="preserve">Compumag 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Florianópolis, Brazil. pp.512</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00442381v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00412226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Electronic Stirring Chamber Phase-shifting Excitation and Load Effects</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Approximate Transmission Conditions for the Laplacian in a High Contrast Medium with a Thin Layer. The Inﬂuence of the Curvature.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clair Poignard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compumag 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Florianópolis, Brazil. pp.498</w:t>
+              <w:t xml:space="preserve">WAVES2009, the 9th International Conference on Mathematical and Numerical Aspects of Wave Propagation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00412232v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00442381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of a rough thin layer on the potential</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionel Sorin Ciuperca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clair Poignard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compumag 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Florianópolis, Brazil. à paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00412388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic characterization of biological cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Nicolas</w:t>
+                <w:t xml:space="preserve">Investigation of Electronic Stirring Chamber Phase-shifting Excitation and Load Effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Alves dos Santos Junior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Antonio França Sartori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djonny Weinzierl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EHE'09</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, São Paulo, Brazil</w:t>
+              <w:t xml:space="preserve">Compumag 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Florianópolis, Brazil. pp.498</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00435199v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00412232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solution of the frequency domain Maxwell equations by a high order non-conforming discontinuous Galerkin method</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Electromagnetic characterization of biological cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Frénéa-Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Burais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naoufel Haddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compumag 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Florianópolis, Brazil. pp.241</w:t>
+              <w:t xml:space="preserve">EHE'09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, São Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00412381v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00435199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formulations for Numerical Dosimetry of Currents Induced in the Human Body by ELF Magnetic Fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Scorretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14747,181 +14773,181 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOEM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Davos, Switzerland. p74 (431-432)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00399156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulations for numerical dosimetry of currents induced in the human body by ELF magnetic fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
+                <w:t xml:space="preserve">Solution of the frequency domain Maxwell equations by a high order non-conforming discontinuous Galerkin method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El Bouajaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorita Dolean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th EMF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Mondovi, Italy</w:t>
+              <w:t xml:space="preserve">Compumag 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Florianópolis, Brazil. pp.241</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00399451v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00412381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agglomeration-based algebraic multigrid for linear systems coming from edge-element discretizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Musy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14950,1536 +14976,1519 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compumag 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Florianópolis, Brazil. pp.685</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00412339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krylov-based algebraic multigrid for edge elements</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yvan Notay</w:t>
+                <w:t xml:space="preserve">Formulations for numerical dosimetry of currents induced in the human body by ELF magnetic fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Burais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compumag 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Florianópolis, Brazil. pp.1072</w:t>
+              <w:t xml:space="preserve">8th EMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Mondovi, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00412347v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00399451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equivalent Radiated Sources applied to EM Environment Simulations : CAPES-COFECUB Project - General Aspects and Report</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Krylov-based algebraic multigrid for edge elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Musy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artem Napov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Notay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EHE'09</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, São Paulo, Brazil</w:t>
+              <w:t xml:space="preserve">Compumag 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Florianópolis, Brazil. pp.1072</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00435201v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00412347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of equivalent multipolar electromagnetic sources by space filtering</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Equivalent Radiated Sources applied to EM Environment Simulations : CAPES-COFECUB Project - General Aspects and Report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compumag 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Florianópolis, Brazil. pp.512</w:t>
+              <w:t xml:space="preserve">EHE'09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, São Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00412226v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00435201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An investigation of the requirements over smoother methods in Wavelet-based Algebraic Multigrid</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luiz A. C. M. Junqueira</w:t>
+                <w:t xml:space="preserve">Biological cell submitted to a ns electrical pulse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Burais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Silvio Ikuyo Nabeta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE CEFC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2008, Athène, Greece. pp.540</w:t>
+              <w:t xml:space="preserve">, May 2008, Athène, Greece. pp.566</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359300v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00359305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of uncertainties in 2D hyperthermia using stochastic finite element methods</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Musy</w:t>
+                <w:t xml:space="preserve">Comparison between finite difference and finite element methods: application to biological cell exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Burais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE CEFC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2008, Athène, Greece. pp.134</w:t>
+              <w:t xml:space="preserve">, May 2008, Athène, Greece. pp.568</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359272v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00359312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between finite difference and finite element methods: application to biological cell exposure</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Faure</w:t>
+                <w:t xml:space="preserve">Impact of uncertainties in 2D hyperthermia using stochastic finite element methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Musy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE CEFC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2008, Athène, Greece. pp.568</w:t>
+              <w:t xml:space="preserve">, May 2008, Athène, Greece. pp.134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359312v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00359272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application d'une méthode de perturbation pour résoudre l'équation des ondes en présence d'un milieu fortement conducteur</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Voyer</w:t>
+                <w:t xml:space="preserve">An investigation of the requirements over smoother methods in Wavelet-based Algebraic Multigrid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Henrique Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz A. C. M. Junqueira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Dular</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Ikuyo Nabeta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numélec 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2008, Liège, Belgique. pp.174-175</w:t>
+              <w:t xml:space="preserve">IEEE CEFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Athène, Greece. pp.540</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359228v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00359300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de sources multipolaires équivalentes par filtrage spatial</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Application d'une méthode de perturbation pour résoudre l'équation des ondes en présence d'un milieu fortement conducteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Numélec 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2008, Liège, Belgique. pp. 90-91</w:t>
+              <w:t xml:space="preserve">, Dec 2008, Liège, Belgique. pp.174-175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00350274v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00359228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de deux méthodes éléments finis pour la prise en compte de détails. Exemple simple sur un problème de conduction.</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Identification de sources multipolaires équivalentes par filtrage spatial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chadebec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Numélec 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2008, Liège, Belgique. pp.16-17</w:t>
+              <w:t xml:space="preserve">, Dec 2008, Liège, Belgique. pp. 90-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359226v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00350274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de l'interaction entre champ électrique et cellules biologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Burais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Frénéa-Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Numélec 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2008, Liège, Belgique. pp.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00359224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximum Working Volume Evaluation in a Non-Canonical Reverberation Chamber</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparaison de deux méthodes éléments finis pour la prise en compte de détails. Exemple simple sur un problème de conduction.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE CEFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Athène, Greece. pp.314</w:t>
+              <w:t xml:space="preserve">Numélec 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2008, Liège, Belgique. pp.16-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359283v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00359226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krylov-based algebraic multigrid for electro-quasistatic problems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Nicolas</w:t>
+                <w:t xml:space="preserve">Maximum Working Volume Evaluation in a Non-Canonical Reverberation Chamber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Luciano Avila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Alves dos Santos Junior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djonny Weinzierl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE CEFC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2008, Athène, Greece. pp.382</w:t>
+              <w:t xml:space="preserve">, May 2008, Athène, Greece. pp.314</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359291v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00359283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological cell submitted to a ns electrical pulse</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Faure</w:t>
+                <w:t xml:space="preserve">Krylov-based algebraic multigrid for electro-quasistatic problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Musy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Ikuyo Nabeta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Scorretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE CEFC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2008, Athène, Greece. pp.566</w:t>
+              <w:t xml:space="preserve">, May 2008, Athène, Greece. pp.382</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359305v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00359291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computation of Power with Vector Finite Element</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16498,70 +16507,70 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE CEFC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Miami, FL, United States. pp.205, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CEFC-06.2006.1632995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00369586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16571,51 +16580,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche alternative à l'homogénéisation pour la modélisation des empilements de tôles – le cas harmonique linéaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16624,103 +16633,103 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Scorretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Laboratoire Ampère; Laboratoire Laplace ; Université de Liège. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01516189v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the asymptotic expansion of the magnetic potential in eddy current problem: a practical use of asymptotics for numerical purposes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16729,608 +16738,608 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clair Poignard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8749, INRIA Bordeaux; INRIA. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01174009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A hybridizable discontinuous Galerkin method for time-harmonic Maxwell's equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-7649, INRIA. 2011, pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00601979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An implicit hybridized discontinuous Galerkin method for time-domain Maxwell's equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-7578, INRIA. 2011, pp.20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00578488v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical studies on the effect of electric pulses on an egg-shaped cell with a spherical nucleus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clair Poignard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-7270, Inria Bordeaux Sud-Ouest; INRIA. 2010, pp.21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00477495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodes de type Galerkin discontinu pour les équations de Maxwell en régime harmonique: flux numériques et algorithmes multigrille</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephane Lanteri</w:t>
+                <w:t xml:space="preserve">Influence of a rough thin layer on the steady-state potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ionel Sorin Ciuperca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] RR-6805, INRIA. 2009, pp.45</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clair Poignard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-6935, INRIA. 2009, pp.11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00354510v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00384198v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of a rough thin layer on the steady-state potential</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ionel Sorin Ciuperca</w:t>
+                <w:t xml:space="preserve">Méthodes de type Galerkin discontinu pour les équations de Maxwell en régime harmonique: flux numériques et algorithmes multigrille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorita Dolean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-6935, INRIA. 2009, pp.11</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-6805, INRIA. 2009, pp.45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00384198v2</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00354510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discontinuous Galerkin discretizations of optimized Schwarz methods for solving the time-harmonic Maxwell equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Bouajaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17378,73 +17387,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01062853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DG discretization of optimized Schwarz methods for Maxwell's equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Bouajaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17453,152 +17462,152 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorita Dolean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin J. Gander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00830274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biological cell submitted to a ns electrical pulse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Burais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17606,51 +17615,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00320016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17660,130 +17669,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solution of the time-harmonic Maxwell equations using discontinuous Galerkin methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorita Dolean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Fol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00106201v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17793,114 +17802,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes multiniveau algébriques pour les éléments d'arête. Application à l'électromagnétisme.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Perrussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Modélisation et simulation. Ecole Centrale de Lyon, 2005. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00112227v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId329"/>
+      <w:footerReference w:type="default" r:id="rId333"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -17968,51 +17977,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="399240EE"/>
+    <w:nsid w:val="200B94CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18199,51 +18208,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ronan-perrussel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0149-1118" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/103637184" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448181v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Bellouch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Franc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Perrussel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Raveu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tap.2025.3638820" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183878v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghenai" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3299989" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770723v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Poirier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enganabound.2024.105928" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04239741v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vincent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscillia Daquin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Cheng Seat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERM23032408" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334437v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dima Abou El Nasser El Yafi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor P&#233;ron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kr&#228;henb&#252;hl" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnm.3051" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02320511v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Issa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-09-2018-0348" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388958v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Napov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/etna_vol51s118" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388986v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/etna_vol51s387" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881736v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Toumi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dufour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Unfer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apnum.2017.06.014" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157600v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Siau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2364739" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01254211v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gopalakrishnan Jay" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lanteri" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivares Nicole" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-015-0032-x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01254218v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Bouajaji" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorita Dolean" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J. Gander" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153095v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Breton" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buret" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Legu&#232;be" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis M. Mir" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2351836" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795125v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Li" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2013.09.003" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958274v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Girard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2282462" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982945v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERM14011505" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00779067v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Dauge" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dular" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mma.2947" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869987v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Geuzaine" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2284338" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00442659v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clair Poignard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2013.06.047" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906142v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641311306196" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639598v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vincent" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Berger" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/EJEE.15.613-632" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675034v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Drissaoui" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Musy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nicolas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2174347" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661599v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Ferber de Vieira Lessa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Zangui" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Antonio Fran&#231;a Sartori" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/102495" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00614033v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2175378" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674723v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2176316" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675032v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Ogbi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheppard J. Salon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Voyer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2173166" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515107v3" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S2179-10742011000100008" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577860v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Alves dos Santos Junior" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djonny Weinzierl" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S2179-10742011000100005" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703563v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoufel Haddour" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Laforet-Ast" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4322/rbeb.2012.016" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643992v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Scorretti" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Burais" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2076273" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00401835v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionel Sorin Ciuperca" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpur.2010.12.001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455455v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2043421" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515475v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER10031604" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515690v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Morel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641011078490" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/027396203A3384C1DFFE75B24D3B5555455F3500/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506120v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2044027" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515484v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audra Nemir" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude M. David" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy R. Sapkota" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Simonet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2010.03.036" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RM78WN7P-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358999v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320018v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERB08112104" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364755v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Luciano Avila" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2009.2012766" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00155231v3" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lanteri" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2007.10.004" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164652v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640810861098" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164838v3" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2008.915830" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165049v3" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2007.916154" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153809v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/050645750" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111256v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Schatzman" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2006.871604" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113515v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2006.870937" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125223v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2005.09.037" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113507v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640510615607" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414136v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Siauve" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.8.679-701" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-XH5MDNPX-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140344v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boguslaw Butrylo" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640410510721" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113501v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2004.824734" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643988v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195032v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04115574v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259556v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707595v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232620v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063629v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883423v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vincent" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883424v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Chadebec" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01679683v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883422v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buttari" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580380v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937805v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bannwarth" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Meunier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393362v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Sabariego" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291408v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165037v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Guivarch" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Joslin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ruiz" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tshimanga Ilunga" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-61982-8_6" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827904v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wencong Zhang" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junwu Tao" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kama Huang" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988677v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. -C. Seat" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988676v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174983v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937804v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Havez" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sarraute" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883418v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Clavez" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883420v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883416v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lanteri" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199546v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883419v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883417v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toumi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dufour" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993485v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993490v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959750v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959751v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907090v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914400v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807078v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00931735v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907319v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Alzaix" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907360v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Giraud" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APMC.2012.6421905" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714480v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725249v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Li" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725079v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00768026v2" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714500v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725088v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840307v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Amine Drissaoui" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drissaoui F. Musy" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649786v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649759v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Carpentier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rondot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rodriguez" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guerin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549384v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605918v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Clavel" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515575v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11304-8_2" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-800LQR9S-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00576833v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549380v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00727197v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649773v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681964v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502228v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Roberto Cardoso" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485104v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476314v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502220v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472582v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472614v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520107v3" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=San&#226;a Zangui" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515555v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEFC.2010.5481843" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520122v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538503v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530662v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502238v4" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520119v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEMC.2010.5711386" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00442381v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412232v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412388v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435199v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fr&#233;n&#233;a-Robin" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412381v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399156v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399451v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412339v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412347v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Notay" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435201v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412226v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359300v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Henrique Pereira" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz A. C. M. Junqueira" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Ikuyo Nabeta" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359272v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359312v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faure" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359228v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350274v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359226v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359224v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359283v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359291v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359305v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369586v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEFC-06.2006.1632995" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516189v5" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01174009v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00601979v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00578488v3" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00477495v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00354510v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00384198v2" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062853v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830274v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320016v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106201v3" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Fol" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00112227v2" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ronan-perrussel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0149-1118" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/103637184" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448181v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Bellouch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Franc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Perrussel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Raveu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tap.2025.3638820" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770723v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Poirier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enganabound.2024.105928" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183878v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghenai" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3299989" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04239741v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vincent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscillia Daquin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Cheng Seat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERM23032408" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334437v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dima Abou El Nasser El Yafi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor P&#233;ron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kr&#228;henb&#252;hl" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnm.3051" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02320511v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Issa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-09-2018-0348" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388958v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Napov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/etna_vol51s118" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388986v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/etna_vol51s387" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881736v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Toumi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dufour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Unfer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apnum.2017.06.014" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157600v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Siau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2364739" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01254211v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gopalakrishnan Jay" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lanteri" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivares Nicole" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-015-0032-x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01254218v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Bouajaji" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorita Dolean" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J. Gander" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153095v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Breton" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buret" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Legu&#232;be" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis M. Mir" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2351836" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869987v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dular" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Geuzaine" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2284338" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795125v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Li" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2013.09.003" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958274v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Girard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2282462" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982945v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERM14011505" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00779067v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Dauge" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mma.2947" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906142v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641311306196" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00442659v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clair Poignard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2013.06.047" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639598v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vincent" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Berger" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/EJEE.15.613-632" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675034v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Drissaoui" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Musy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nicolas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2174347" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661599v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Ferber de Vieira Lessa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Zangui" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Antonio Fran&#231;a Sartori" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/102495" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674723v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2176316" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00614033v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2175378" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675032v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Ogbi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheppard J. Salon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Voyer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2173166" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515107v3" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S2179-10742011000100008" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577860v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Alves dos Santos Junior" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djonny Weinzierl" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S2179-10742011000100005" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703563v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoufel Haddour" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Laforet-Ast" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4322/rbeb.2012.016" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643992v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Scorretti" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Burais" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2076273" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00401835v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionel Sorin Ciuperca" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpur.2010.12.001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515484v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audra Nemir" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude M. David" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy R. Sapkota" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Simonet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2010.03.036" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RM78WN7P-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515475v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER10031604" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455455v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2043421" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515690v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Morel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641011078490" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/027396203A3384C1DFFE75B24D3B5555455F3500/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506120v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2044027" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358999v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320018v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERB08112104" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364755v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Luciano Avila" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2009.2012766" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164652v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640810861098" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00155231v3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lanteri" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2007.10.004" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164838v3" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2008.915830" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165049v3" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2007.916154" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153809v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/050645750" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111256v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Schatzman" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2006.871604" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113515v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2006.870937" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125223v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2005.09.037" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113507v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640510615607" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414136v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Siauve" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.8.679-701" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-XH5MDNPX-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113501v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2004.824734" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140344v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boguslaw Butrylo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640410510721" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548286v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Torosyan" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bannwarth" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPUMAG60611.2025.11421281" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643988v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195032v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04115574v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707595v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259556v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232620v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063629v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883424v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Chadebec" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883423v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vincent" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937805v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bannwarth" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Meunier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883422v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buttari" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01679683v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580380v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988676v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165037v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Guivarch" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Joslin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ruiz" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tshimanga Ilunga" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-61982-8_6" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291408v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393362v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Sabariego" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827904v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wencong Zhang" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junwu Tao" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kama Huang" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988677v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. -C. Seat" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199546v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883419v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883417v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toumi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dufour" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937804v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Havez" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sarraute" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174983v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883418v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Clavez" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883420v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883416v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lanteri" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959751v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993485v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993490v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959750v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907090v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807078v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914400v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00931735v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907319v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Alzaix" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725088v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840307v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Amine Drissaoui" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drissaoui F. Musy" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907360v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Giraud" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APMC.2012.6421905" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714480v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725249v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Li" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725079v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00768026v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714500v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681964v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649786v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649759v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Carpentier" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rondot" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rodriguez" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guerin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549384v2" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605918v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Clavel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00576833v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549380v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515575v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11304-8_2" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-800LQR9S-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649773v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00727197v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502220v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520107v3" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=San&#226;a Zangui" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472614v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472582v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476314v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485104v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502228v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Roberto Cardoso" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515555v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEFC.2010.5481843" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520122v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538503v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520119v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEMC.2010.5711386" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502238v4" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412226v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00442381v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412388v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412232v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435199v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fr&#233;n&#233;a-Robin" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399156v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412381v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412339v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399451v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412347v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Notay" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435201v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359305v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faure" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359312v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359272v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359300v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Henrique Pereira" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz A. C. M. Junqueira" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Ikuyo Nabeta" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359228v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350274v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359224v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359226v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359283v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359291v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369586v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEFC-06.2006.1632995" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516189v5" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01174009v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00601979v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00578488v3" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00477495v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00384198v2" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00354510v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062853v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830274v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320016v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106201v3" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Fol" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00112227v2" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>