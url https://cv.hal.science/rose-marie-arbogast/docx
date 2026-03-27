--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -84,7031 +84,7165 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (57)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (58)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancient genomics and the origin, dispersal, and development of domestic sheep</w:t>
+                <w:t xml:space="preserve">Forest Herding and Tree Foddering in Neolithic Europe: Comparing δ13C Values in Caprine Enamel with Archaeobotanical Evidence at Lake Shore Settlements in Switzerland and the French Jura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin G Daly</w:t>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victoria E Mullin</w:t>
+                <w:t xml:space="preserve">Alexa Dufraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew J Hare</w:t>
+                <w:t xml:space="preserve">Laurent Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Áine Halpin</w:t>
+                <w:t xml:space="preserve">Denis Fiorillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria Mattiangeli</w:t>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 387 (6733), pp.492 - 497. </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Method and Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 33, pp.38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.adn2094⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10816-026-09773-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05343876v1</w:t>
+                <w:t xml:space="preserve">halshs-05560967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Between Life and Death: stable isotopes and their reflection in funerary practice at the early Neolithic cemetery Mulhouse-Est, Alsace</w:t>
+                <w:t xml:space="preserve">Ancient genomics and the origin, dispersal, and development of domestic sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bronwen Kennedy</w:t>
+                <w:t xml:space="preserve">Kevin G Daly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karina Gerdau-Radonic</w:t>
+                <w:t xml:space="preserve">Victoria E Mullin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penny Bickle</w:t>
+                <w:t xml:space="preserve">Andrew J Hare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oliver Craig</w:t>
+                <w:t xml:space="preserve">Áine Halpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew von Tersch</w:t>
+                <w:t xml:space="preserve">Valeria Mattiangeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 36 ((s)), </w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 387 (6733), pp.492 - 497. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/bmsap.12966⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/science.adn2094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05326661v1</w:t>
+                <w:t xml:space="preserve">hal-05343876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative analysis of confocal microscopy objective magnifications on dental microwear texture Analysis. Implications for dietary reconstruction in caprines</w:t>
+                <w:t xml:space="preserve">Between Life and Death: stable isotopes and their reflection in funerary practice at the early Neolithic cemetery Mulhouse-Est, Alsace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Jiménez-Manchón</w:t>
+                <w:t xml:space="preserve">Bronwen Kennedy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Gourichon</w:t>
+                <w:t xml:space="preserve">Karina Gerdau-Radonic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura M Martínez</w:t>
+                <w:t xml:space="preserve">Penny Bickle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferran Estebaranz-Sánchez</w:t>
+                <w:t xml:space="preserve">Oliver Craig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+                <w:t xml:space="preserve">Matthew von Tersch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Journal of Archaeological Science: Reports, 58, pp.104716. </w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 ((s)), </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2024.104716⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.12966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04735204v1</w:t>
+                <w:t xml:space="preserve">hal-05326661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palaeodietary reconstruction of wild and domestic goats using dental microwear texture analysis. A case study from two early Neolithic sites in the southern Levant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Jiménez-Manchón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allowen Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Meister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Historical Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.1-18. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/08912963.2024.2359466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04735250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diverse prehistoric cattle husbandry strategies in the forests of Central Europe</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Iain Kendall</w:t>
+                <w:t xml:space="preserve">Comparative analysis of confocal microscopy objective magnifications on dental microwear texture Analysis. Implications for dietary reconstruction in caprines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Jiménez-Manchón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Roffet-Salque</w:t>
+                <w:t xml:space="preserve">Laura M Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Zanon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Anders</w:t>
+                <w:t xml:space="preserve">Ferran Estebaranz-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41559-024-02553-y⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Journal of Archaeological Science: Reports, 58, pp.104716. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2024.104716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04758981v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Between Life and Death: stable isotopes and their reflection in funerary practice at the early Neolithic cemetery Mulhouse-Est, Alsace</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matthew von Tersch</w:t>
+                <w:t xml:space="preserve">Diverse prehistoric cattle husbandry strategies in the forests of Central Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalind E Gillis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iain Kendall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Roffet-Salque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Zanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Anders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.12966⟩</w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41559-024-02553-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735324v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04758981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4500 years of morphological diversification in Western Europe wild boars (Sus scrofa) and the consequences of the Neolithic transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Harbers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Neaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Balasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Garbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 309, pp.108100. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quascirev.2023.108100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04096957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dairying, diseases and the evolution of lactase persistence in Europe</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yoan Diekmann</w:t>
+                <w:t xml:space="preserve">Between Life and Death: stable isotopes and their reflection in funerary practice at the early Neolithic cemetery Mulhouse-Est, Alsace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bronwen Kennedy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karina Gerdau-Radonic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penny Bickle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Craig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew von Tersch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-022-05010-7⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 ((s)), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.12966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03843742v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unexpected morphological diversity in ancient dogs compared to modern relatives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dairying, diseases and the evolution of lactase persistence in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Evershed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colline Brassard</w:t>
+                <w:t xml:space="preserve">George Davey Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Roffet-Salque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian Bălăşescu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+                <w:t xml:space="preserve">Adrian Timpson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vianney Forest</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Bemilli</w:t>
+                <w:t xml:space="preserve">Yoan Diekmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2022.0147⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 608 (7922), pp.336-345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-022-05010-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03784704v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Polycerate Mutants Reveals the Evolutionary Co-option of HOXD1 for Horn Patterning in Bovidae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unexpected morphological diversity in ancient dogs compared to modern relatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colline Brassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+                <w:t xml:space="preserve">Adrian Bălăşescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Hintermann</w:t>
+                <w:t xml:space="preserve">Vianney Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Bardou</w:t>
+                <w:t xml:space="preserve">Céline Bemilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/molbev/msab021⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 289 (1975), pp.20220147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2022.0147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03164832v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03784704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La relation homme-animal au Mésolithique et au Néolithique Approches plurielles et croisées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+                <w:t xml:space="preserve">Analysis of Polycerate Mutants Reveals the Evolutionary Co-option of HOXD1 for Horn Patterning in Bovidae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hintermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Jeunesse</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Cornette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bardou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Chroniques d'Archimède</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msab021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05258236v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achenheim : un habitat fortifié du dernier tiers du V&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; millénaire (groupe de Bruebach-Oberbergen) en Basse-Alsace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jehanne Affolter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Chenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Jodry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 61, pp.227-287. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/galliap.2235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03358356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal calving in European Prehistoric cattle and its impacts on milk availability and cheese-making</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rémi Berthon</w:t>
+                <w:t xml:space="preserve">La relation homme-animal au Mésolithique et au Néolithique Approches plurielles et croisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lenka Kovačiková</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Chroniques d'Archimède</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03198672v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05258236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and temporal disparities in human subsistence in the Neolithic Rhineland gateway</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seasonal calving in European Prehistoric cattle and its impacts on milk availability and cheese-making</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalind Gillis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Casanova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+                <w:t xml:space="preserve">Ivana Živaljević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Denaire</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lefranc</w:t>
+                <w:t xml:space="preserve">Rémi Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenka Kovačiková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jas.2020.105215⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-87674-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02955757v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03198672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whale Bone Puzzles: Reconstructing and Identifying Historical Whale Skeletons Using Archive Records, Osteology, and Zooarchaeology by Mass Spectrometry (ZooMS)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Spatial and temporal disparities in human subsistence in the Neolithic Rhineland gateway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Wagner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Carita</w:t>
+                <w:t xml:space="preserve">Anthony Denaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Conservation and Museum Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5334/jcms.196⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 122, pp.105215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jas.2020.105215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03026998v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02955757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancient pigs reveal a near-complete genomic turnover following their introduction to Europe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Whale Bone Puzzles: Reconstructing and Identifying Historical Whale Skeletons Using Archive Records, Osteology, and Zooarchaeology by Mass Spectrometry (ZooMS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristine Korzow Richter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Frantz</w:t>
+                <w:t xml:space="preserve">Elisabeth Ludes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Haile</w:t>
+                <w:t xml:space="preserve">Antoine Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Lin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christina Geörg</w:t>
+                <w:t xml:space="preserve">David Carita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1901169116⟩</w:t>
+              <w:t xml:space="preserve">Journal of Conservation and Museum Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (1), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5334/jcms.196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02322137v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dépôts humains et animaux en fosses de plan circulaire du 5&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; millénaire entre Rhin et Danube</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fanny Chenal</w:t>
+                <w:t xml:space="preserve">Ancient pigs reveal a near-complete genomic turnover following their introduction to Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Frantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Haile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Féliu</w:t>
+                <w:t xml:space="preserve">Audrey Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelie Scheu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Geörg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/galliap.1512⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 116 (35), pp.17231-17238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1901169116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02343551v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity, genetic structure and diet of ancient and contemporary red deer (Cervus elaphus L.) from north-eastern France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">José Granado</w:t>
+                <w:t xml:space="preserve">Les dépôts humains et animaux en fosses de plan circulaire du 5&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; millénaire entre Rhin et Danube</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Denaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Chenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Putelat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dorothée G. Drucker</w:t>
+                <w:t xml:space="preserve">Clément Féliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0189278⟩</w:t>
+              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59, pp.109-149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/galliap.1512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02186110v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02343551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dogs accompanied humans during the Neolithic expansion into Europe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic diversity, genetic structure and diet of ancient and contemporary red deer (Cervus elaphus L.) from north-eastern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annik Schnitzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Ollivier</w:t>
+                <w:t xml:space="preserve">José Granado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Tresset</w:t>
+                <w:t xml:space="preserve">Olivier Putelat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent a F Frantz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Adrian Bălăşescu</w:t>
+                <w:t xml:space="preserve">Dorothée G. Drucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsbl.2018.0286⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0189278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01903172v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02186110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction: Genetic diversity, genetic structure and diet of ancient and contemporary red deer (Cervus elaphus L.) from north-eastern France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+                <w:t xml:space="preserve">Dogs accompanied humans during the Neolithic expansion into Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Granado</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Putelat</w:t>
+                <w:t xml:space="preserve">Anne Tresset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Schnitzler</w:t>
+                <w:t xml:space="preserve">Laurent a F Frantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Drucker</w:t>
+                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Bălăşescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 13 (6), </w:t>
+              <w:t xml:space="preserve">Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (10), pp.20180286. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0199945⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsbl.2018.0286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02550086v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01903172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolution of dual meat and milk cattle husbandry in Linearbandkeramik societies</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
+                <w:t xml:space="preserve">Correction: Genetic diversity, genetic structure and diet of ancient and contemporary red deer (Cervus elaphus L.) from north-eastern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émilie Guthmann</w:t>
+                <w:t xml:space="preserve">J. Granado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Putelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivana Vostrovská</w:t>
+                <w:t xml:space="preserve">A. Schnitzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Drucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2017.0905⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0199945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02186130v1</w:t>
+                <w:t xml:space="preserve">hal-02550086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancient European dog genomes reveal continuity since the Early Neolithic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laura Rodriguez-Botigué</w:t>
+                <w:t xml:space="preserve">The evolution of dual meat and milk cattle husbandry in Linearbandkeramik societies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalind E Gillis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenka Kovačiková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shiya Song</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amelie Scheu</w:t>
+                <w:t xml:space="preserve">Émilie Guthmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shyamalika Gopalan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amanda L Pendleton</w:t>
+                <w:t xml:space="preserve">Ivana Vostrovská</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms16082⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2017.0905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02186121v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02186130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Bandkeramik settlement of Vaihingen an der Enz, Kreis Ludwigsburg (Baden-Württemberg): an integrated perspective on land use, economy and diet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+                <w:t xml:space="preserve">Ancient European dog genomes reveal continuity since the Early Neolithic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Rodriguez-Botigué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bogaard</w:t>
+                <w:t xml:space="preserve">Shiya Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelie Scheu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Ebersbach</w:t>
+                <w:t xml:space="preserve">Shyamalika Gopalan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. A. Fraser</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Knipper</w:t>
+                <w:t xml:space="preserve">Amanda L Pendleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Germania : Anzeiger der Römisch-Germanischen Kommission des Deutschen Archäologischen Instituts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11588/GER.2016.39068⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms16082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02550083v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02186121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un dépôt de renard roux (Vulpes vulpes) du 4e millénaire av. n.-è. à Entzheim « Les Terres de la Chapelle » (Bas-Rhin) : offrande ou sépulture animale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Guthmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique de l'Est</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02186211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human and Cattle Remains in a Simultaneous Deposit in the Hellenistic Necropolis of Jal al Bahr in Tyre: Initial Investigations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">The Bandkeramik settlement of Vaihingen an der Enz, Kreis Ludwigsburg (Baden-Württemberg): an integrated perspective on land use, economy and diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bogaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ebersbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. A. Fraser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Knipper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13219-016-0168-3⟩</w:t>
+              <w:t xml:space="preserve"> Germania : Anzeiger der Römisch-Germanischen Kommission des Deutschen Archäologischen Instituts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 94 (1-2), pp.1-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11588/GER.2016.39068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03709384v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02550083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Past climate changes, population dynamics and the origin of Bison in Europe</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Human and Cattle Remains in a Simultaneous Deposit in the Hellenistic Necropolis of Jal al Bahr in Tyre: Initial Investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12915-016-0317-7⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (1-2), pp.19-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13219-016-0168-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02186221v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse pollinique du site de Hagenthal-le-Bas (Haut-Rhin, France) et occupations archéologiques de l’est du Sundgau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Roth-Zehner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Massa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 27 (4), pp.315-327</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05258528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archaeological and biological investigations of a simultaneous deposit of human and cattle remains in Jal al Bahr Hellenistic necropolis (Tyre) : an attempt at interprétation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Past climate changes, population dynamics and the origin of Bison in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diyendo Massilani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Guimaraes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nada Elias</w:t>
+                <w:t xml:space="preserve">Jean-Philip Brugal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasha Hourani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+                <w:t xml:space="preserve">E. Andrew Bennett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Sachau-Carcel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ali Badawi</w:t>
+                <w:t xml:space="preserve">Malgorzata Tokarska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BAAL - Bulletin d'Archéologie et d'Architecture Libanaises</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12915-016-0317-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842873v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02186221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ANALYSE POLLINIQUE DU SITE DE HAGENTHAL-LE-BAS (HAUT-RHIN, FRANCE) ET OCCUPATIONS ARCHÉOLOGIQUES DE L'EST DU SUNDGAU</w:t>
+                <w:t xml:space="preserve">Archaeological and biological investigations of a simultaneous deposit of human and cattle remains in Jal al Bahr Hellenistic necropolis (Tyre) : an attempt at interprétation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Richard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Nada Elias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasha Hourani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Charly Massa</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Sachau-Carcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Badawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternaire</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">BAAL - Bulletin d'Archéologie et d'Architecture Libanaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16, pp.347-370</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02186250v1</w:t>
+                <w:t xml:space="preserve">hal-01842873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un dépôt de renard roux (Vulpes vulpes) du 4e millénaire av. J.-C. à Entzheim « Les Terres de la Chapelle » (Bas-Rhin) : offrande ou sépulture animale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Guthmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique de l'Est</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 65 (188), pp.257-268</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05255787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ostéothèque du Musée zoologique de Strasbourg</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">ANALYSE POLLINIQUE DU SITE DE HAGENTHAL-LE-BAS (HAUT-RHIN, FRANCE) ET OCCUPATIONS ARCHÉOLOGIQUES DE L'EST DU SUNDGAU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Roth-Zehner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Massa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l’association philomatique d’Alsace et de Lorraine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 27 (4), pp.315-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/quaternaire.7754⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05323763v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02186250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refining human palaeodietary reconstruction using amino acid delta N-15 values of plants, animals and humans</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">L’ostéothèque du Musée zoologique de Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l’association philomatique d’Alsace et de Lorraine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45, pp.51-57</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05254664v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05323763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’abri Saint-Joseph à Lutter : 9000 ans de l’histoire du Jura alsacien</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Refining human palaeodietary reconstruction using amino acid delta N-15 values of plants, animals and humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy K. Styring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca A. Fraser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Doppler</w:t>
+                <w:t xml:space="preserve">Paul Halstead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valasia Isaakidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annuaire de la Société d’Histoire du Sundgau</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 53, pp.504-515. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jas.2014.11.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05261135v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05254664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ostéothèque du Musée zoologique de Strasbourg</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">L’abri Saint-Joseph à Lutter : 9000 ans de l’histoire du Jura alsacien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Denaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mauvilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Doppler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Chronique d’Archimède. Bilan des activités scientifiques 2013-2014 de l’unité Mixte de recherche 7044</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Archimède, 1, pp.150-152</w:t>
+              <w:t xml:space="preserve">Annuaire de la Société d’Histoire du Sundgau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.13-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05260781v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Posieux/La Pila, Un nouvel abri à multiples traces de fréquentations dans les gorges de la Sarine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">L’ostéothèque du Musée zoologique de Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Kündig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers d'Archéologie Fribourgeoise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 16, pp.4-41</w:t>
+              <w:t xml:space="preserve">La Chronique d’Archimède. Bilan des activités scientifiques 2013-2014 de l’unité Mixte de recherche 7044</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Archimède, 1, pp.150-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05261145v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05260781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating botanical, faunal and human stable carbon and nitrogen isotope values to reconstruct land use and palaeodiet at LBK Vaihingen an der Enz, Baden-Wurttemberg</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Posieux/La Pila, Un nouvel abri à multiples traces de fréquentations dans les gorges de la Sarine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mauvilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. H. E. Heaton</w:t>
+                <w:t xml:space="preserve">B. Bär</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Blumer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Kündig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Archaeology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers d'Archéologie Fribourgeoise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16, pp.4-41</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05254899v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crop manuring and intensive land management by Europe’s first farmers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Prediction Models for Age-at-Death Estimates for Calves, Using Unfused Epiphyses and Diaphyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gillis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Wallace</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-François Piningre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karyne Debue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Vigne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, http://onlinelibrary.wiley.com/doi/10.1002/oa.2377/abstract. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/oa.2377⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05259535v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01148336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction Models for Age-at-Death Estimates for Calves, Using Unfused Epiphyses and Diaphyses</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Crop manuring and intensive land management by Europe’s first farmers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bogaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Fraser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. H.-E. Heaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Wallace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (31), pp.12589-12594</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halshs-01148336v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05259535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of coat color variation sheds new light on ancient canids.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Hitte</w:t>
+                <w:t xml:space="preserve">Integrating botanical, faunal and human stable carbon and nitrogen isotope values to reconstruct land use and palaeodiet at LBK Vaihingen an der Enz, Baden-Wurttemberg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. A. Fraser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bogaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coraline Petit</w:t>
+                <w:t xml:space="preserve">M. Schaefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Hughes</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">T. H. E. Heaton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 8 (10), pp.e75110. </w:t>
+              <w:t xml:space="preserve">World Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 45 (3), pp.492-517. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0075110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00438243.2013.820649⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00914004v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05254899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une inhumation sous tumulus de l’âge du Bronze et une occupation de la fin du Néolithique à Gonesse, La Fosse aux Larrons (Val-d’Oise)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evidence of coat color variation sheds new light on ancient canids.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tresset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Tarrête</w:t>
+                <w:t xml:space="preserve">Christophe Hitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Krier</w:t>
+                <w:t xml:space="preserve">Coraline Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Puisségur</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Chantal Leroyer</w:t>
+                <w:t xml:space="preserve">Sandrine Hughes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/galip.2012.2496⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (10), pp.e75110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0075110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01485844v1</w:t>
+                <w:t xml:space="preserve">hal-00914004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhumations, dépôts d’animaux et perles en cuivre du IVe millénaire sur le site Néolithique récent de Colmar « Aérodrome » (Haut-Rhin)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Chenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hildbrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Merkl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Préhistorique Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 109 (4), pp.689-730</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05255797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Community differentiation and kinship among Europe's first farmers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Alexander Bentley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penny Bickle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Fibiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Alexander Bentley</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Penny Bickle</w:t>
+                <w:t xml:space="preserve">Geoff M. Nowell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher W. Dale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 109 (24), pp.9326-9330. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.1113710109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05249123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhumations, dépôts d'animaux et perles en cuivre du IV&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; millénaire sur le site Néolithique récent de Colmar « Aérodrome » (Haut-Rhin)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fanny Chenal</w:t>
+                <w:t xml:space="preserve">Une inhumation sous tumulus de l’âge du Bronze et une occupation de la fin du Néolithique à Gonesse, La Fosse aux Larrons (Val-d’Oise)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Tarrête</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Krier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwin Hilbrand</w:t>
+                <w:t xml:space="preserve">Jean-Jacques Puisségur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Merkl</w:t>
+                <w:t xml:space="preserve">N. Limondin-Lozouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Leroyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/bspf.2012.14203⟩</w:t>
+              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 54, pp.239-289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/galip.2012.2496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00757412v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01485844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site d’habitat Villeneuve-Saint-Germain de Pontpoint « le Fond de Rambourg » (Oise)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Inhumations, dépôts d'animaux et perles en cuivre du IV&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; millénaire sur le site Néolithique récent de Colmar « Aérodrome » (Haut-Rhin)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Chenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Cayol</w:t>
+                <w:t xml:space="preserve">Erwin Hilbrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Hamon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yann Lorin</w:t>
+                <w:t xml:space="preserve">Matthias Merkl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/galip.2012.2494⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109 (4), pp.689-730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bspf.2012.14203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00778344v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00757412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une inhumation sous tumulus de l’Âge du Bronze et une occupation de la fin du Néolithique à Gonesse, La Fosse aux Larrons (Val-d’Oise)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Le site d’habitat Villeneuve-Saint-Germain de Pontpoint « le Fond de Rambourg » (Oise)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bostyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Tarrete</w:t>
+                <w:t xml:space="preserve">Nicolas Cayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Kier</w:t>
+                <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-J. Puissegur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Limondin-Lozouet</w:t>
+                <w:t xml:space="preserve">Yann Lorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia Préhistoire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 54, pp.67-189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/galip.2012.2494⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05260060v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00778344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'habitat néolithique récent de Geispolsheim &amp;quot;Forlen&amp;quot; (Bas-Rhin) : contribution à la périodisation de la culture de Munzingen et à l'étude de ses relations avec les cultures du Plateau suisse et du lac de Constance</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Une inhumation sous tumulus de l’Âge du Bronze et une occupation de la fin du Néolithique à Gonesse, La Fosse aux Larrons (Val-d’Oise)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Billoin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. Tarrete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Kier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Puissegur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Limondin-Lozouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de l'Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 60, p. 45-82</w:t>
+              <w:t xml:space="preserve">Gallia Préhistoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 54, pp.239-289</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00664681v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05260060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La chasse au cerf au Néolithique : un gibier par excellence.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">L'habitat néolithique récent de Geispolsheim &amp;quot;Forlen&amp;quot; (Bas-Rhin) : contribution à la périodisation de la culture de Munzingen et à l'étude de ses relations avec les cultures du Plateau suisse et du lac de Constance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Denaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Billoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 28, pp.16-19</w:t>
+              <w:t xml:space="preserve">Revue archéologique de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 60, p. 45-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00590904v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00664681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les inhumations et les dépôts d’animaux en fosses circulaires du Néolithique récent du sud de la plaine du Rhin supérieur</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">La chasse au cerf au Néolithique : un gibier par excellence.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 28, pp.16-19</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00590543v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00590904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass cannibalism in the Linear Pottery Culture at Herxheim (Palatinate, Germany)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Les inhumations et les dépôts d’animaux en fosses circulaires du Néolithique récent du sud de la plaine du Rhin supérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Denaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Chenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiquity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 83 (83), pp.968_982. </w:t>
+              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 52, pp.61-116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0003598X00099282⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3406/galip.2010.2471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halshs-00446157v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00590543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitochondrial DNA analysis shows a Near Eastern Neolithic origin for domestic cattle and no indication of domestication of European aurochs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mass cannibalism in the Linear Pottery Culture at Herxheim (Palatinate, Germany)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Boulestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ceiridwen J. Edwards</w:t>
+                <w:t xml:space="preserve">Andrea Zeeb-Lanz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruth Bollongino</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anne Tresset</w:t>
+                <w:t xml:space="preserve">Fabian Haack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 83 (83), pp.968_982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0003598X00099282⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03320353v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00446157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vendenheim Le haut du Coteau (Bas-Rhin) : remarques sur l'organisation interne d'une nécropole du Néolithique ancien danubien</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michel Mauvilly</w:t>
+                <w:t xml:space="preserve">Mitochondrial DNA analysis shows a Near Eastern Neolithic origin for domestic cattle and no indication of domestication of European aurochs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ceiridwen J. Edwards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Bollongino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelie Scheu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Chamberlain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tresset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers d'archéologie romande</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Sociétés néolithiques. Des faits aux fonctionnements socio-économiques, 108, pp. 279-283</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Vol. 274, pp. 1377-1385</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00285474v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03320353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rubané et groupe d'Entzheim à Pflugriesheim &amp;quot;Langgarten&amp;quot; et &amp;quot;Buetzel&amp;quot; (Bas-Rhin)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Vendenheim Le haut du Coteau (Bas-Rhin) : remarques sur l'organisation interne d'une nécropole du Néolithique ancien danubien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mauvilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers d'archéologie romande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Sociétés néolithiques. Des faits aux fonctionnements socio-économiques, 108, pp. 279-283</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00126342v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00285474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sauvages et domestiques : les restes animaux dans les sépultures monumentales normandes préhistoriques du Néolithique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rubané et groupe d'Entzheim à Pflugriesheim &amp;quot;Langgarten&amp;quot; et &amp;quot;Buetzel&amp;quot; (Bas-Rhin)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Desloges</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Katia Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sidéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropozoologica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 100, pp.267-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bspf.2003.12837⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02175262v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00126342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">II. Les parures du Néolithique final à Chalain et Clairvaux</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sauvages et domestiques : les restes animaux dans les sépultures monumentales normandes préhistoriques du Néolithique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Antoine Chancerel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Desloges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia Préhistoire – Archéologie de la France préhistorique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Anthropozoologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 35, pp.17-27</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02407107v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site néolithique moyen de Derrière-les-Prés à Ernes (Calvados)</w:t>
+                <w:t xml:space="preserve">II. Les parures du Néolithique final à Chalain et Clairvaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy San Juan</w:t>
+                <w:t xml:space="preserve">Denis Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Dron</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Anne-Marie Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia Préhistoire – Archéologie de la France préhistorique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1997, 39, pp.151-237. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/galip.1997.2152⟩</w:t>
+              <w:t xml:space="preserve">, 1998, Parures et flèches du Néolithique final à Chalain et à Clairvaux (Jura) : une approche culturelle et environnementale, 40, pp.141-203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/galip.1998.2397⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02369840v1</w:t>
+                <w:t xml:space="preserve">hal-02407107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IV. Les animaux domestiques des fosses-silos</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Le site néolithique moyen de Derrière-les-Prés à Ernes (Calvados)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy San Juan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Bortuzzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Coutard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia Préhistoire – Fouilles et monuments archéologiques en France métropolitaine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/galip.1989.2270⟩</w:t>
+              <w:t xml:space="preserve">Gallia Préhistoire – Archéologie de la France préhistorique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 39, pp.151-237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/galip.1997.2152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02414410v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02369840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">IV. Les animaux domestiques des fosses-silos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallia Préhistoire – Fouilles et monuments archéologiques en France métropolitaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1989, Le village Michelsberg des Hautes Chanvières à Mairy (Ardennes), 31, pp.139-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/galip.1989.2270⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02414410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les restes de mammifères de la cour Napoléon du Louvre (Paris) du XIVe au XVIIIe siècle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Méniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Paléobiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1989, 8 (2), pp.407-466</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00459005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7118,2196 +7252,2196 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential trajectories of the annual reproductive cycle in sheep and cattle from Neolithic to modern times</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Balasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chemineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Sierra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléa Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pignaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">75th EAAP Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04798728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autumn lambing in the Mediterranean: the ancient history of a sustainable practice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Balasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléa Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Sierra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pignaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Garbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th EAA Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04798806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour à Chalain et à Clairvaux : nouveaux éclairages sur les pratiques agro-sylvo pastorales des communautés lacustres du Jura méridional et nouvelles interrogations sur la dynamique des équilibres et ruptures des éco et anthropo systèmes néolithiques des IVème et IIIème millénaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Laurillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexa Dufraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Balasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">147e congrès du CTHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04273938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche diachronique des pratiques alimentaires et de la mobilité au cours de la Préhistoire en Auvergne : une étude bioarchéologique et multi-isotopique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Goude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivy Thomson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modwene Poulmarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIVe colloque du GMPCA: Archéométrie 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CEPAM, Apr 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04903817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How did European dogs look like prior to the Bronze Age? A 3D analysis based on the mandible</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Variabilité inter-habitats des faunes rubanées. Une nouvelle hypothèse,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Šárka Válečková</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th meeting of the ICAZ Archaeozoology, Genetics, Proteomics and Morphometrics (AGPM) Working Group</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Oulu, Finland</w:t>
+              <w:t xml:space="preserve">Statut des objets, des lieux et des hommes au Néolithique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Le Mans, France. pp.159-172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03537510v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03499984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité inter-habitats des faunes rubanées. Une nouvelle hypothèse,</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">How did European dogs look like prior to the Bronze Age? A 3D analysis based on the mandible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colline Brassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Bălăşescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Boroneant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Radu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statut des objets, des lieux et des hommes au Néolithique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Le Mans, France. pp.159-172</w:t>
+              <w:t xml:space="preserve">9th meeting of the ICAZ Archaeozoology, Genetics, Proteomics and Morphometrics (AGPM) Working Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Oulu, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03499984v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03537510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Bioarchéologie en France : état des lieux, enjeux et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioarchéologie : minimums méthodologiques, référentiels communs et nouvelles approches [4e séminaire scientifique et technique de l’Inrap]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Carine Carpentier; Rose-Marie Arbogast; Philippe Kuchler, Nov 2019, Sélestat, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34692/E50Q-WY87⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03026999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morpho-functional study of extant canids with application to the European Neolithic</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Vertébrés : un projet d’atlas ostéologique dématérialisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samba Soussoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th meeting of the ICAZ Archaeozoology, Genetics, Proteomics and Morphometrics (AGPM) Working Group</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Bioarchéologie : minimums méthodologiques, référentiels communs et nouvelles approches [4e séminaire scientifique et technique de l’Inrap]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Carine Carpentier; Rose-Marie Arbogast; Philippe Kuchler, Nov 2019, Sélestat, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02362172v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03768078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vertébrés : un projet d’atlas ostéologique dématérialisé</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Morpho-functional study of extant canids with application to the European Neolithic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colline Brassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Bălăşescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Barrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bemilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioarchéologie : minimums méthodologiques, référentiels communs et nouvelles approches [4e séminaire scientifique et technique de l’Inrap]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Carine Carpentier; Rose-Marie Arbogast; Philippe Kuchler, Nov 2019, Sélestat, France</w:t>
+              <w:t xml:space="preserve">8th meeting of the ICAZ Archaeozoology, Genetics, Proteomics and Morphometrics (AGPM) Working Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03768078v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02362172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une vie de chien auprès des premiers éleveurs agriculteurs du Néolithique ancien en Europe occidentale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« l’Animal et l’Homme » Actes DU 141E congrès des sociétés savantes, Le Havre 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Le Havre, France. pp.234-248</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les niveaux mésolithiques de l’abri Saint Joseph de Lutter (Haut-Rhin, France). Etude préliminaire des industries lithiques.</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Investigating the impact of domesticated animals on Northern and Central European forests during the early Neolithic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalind E Gillis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iain Kendall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Oross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">László Domboróczki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">table-ronde internationale de Besançon (Doubs, France), Hommages au Professeur André Thévenin, 29-30 octobre 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Besançon, France. pp.155-178</w:t>
+              <w:t xml:space="preserve">13th ICAZ International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Ankara, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785547v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the impact of domesticated animals on Northern and Central European forests during the early Neolithic</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les niveaux mésolithiques de l’abri Saint Joseph de Lutter (Haut-Rhin, France). Etude préliminaire des industries lithiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mauvilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th ICAZ International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Ankara, Turkey</w:t>
+              <w:t xml:space="preserve">table-ronde internationale de Besançon (Doubs, France), Hommages au Professeur André Thévenin, 29-30 octobre 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Besançon, France. pp.155-178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02365054v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’architecture des maisons rubanées en Alsace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jeunesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Guthmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Habitations et habitat du Néolithique à lâge du Bronze en France et ses marges: actes des secondes rencontres Nord/Sud de Préhistoire récente: Dijon 19-21 novembre 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Dijon, France. pp.17-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02550084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Référentiel de bovins de Camargue : Etat d’avancement de l’étude et application aux bovins du site néolithique ancien de Vaihingen-an-der Enz (Bade-Würtemberg)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Helmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerita Schaeffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop méthodologique du GDR Bioarchéodat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02195081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’exploitation du chien, trait culturel chasséen ou caractère des sociétés européennes au tournant des 5e/4e millénaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Pionnier-Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allowen Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisandre Bedault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Bălăşescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international "Le Chasséen, des Chasséens - Retour sur une culture nationale et ses parallèles, Sépulcres de fossa, Cortaillod, Lagozza"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02195068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le dépôt de bovidés du site fortifié du Néolithique moyen de Bourguignon-lès-Morey (Haute-Saône, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Piningre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e colloque interrégional sur le Néolithique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Luxembourg. pp.345-352</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00593526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Lbk settlement with pit enclosure at Herxheim near Landau (palatinate) – first results, in : Hofmann D. et Bickle P., dir</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Les sites d'Entzheim/In der Klamm et de Geispolsheim/Schwobenfeld (Bas-Rhin) : les occupations du Néolithique moyen et récent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Landolt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Croutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M.N. Haidle</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leprovost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bouquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Creating communities. New advances in central european Neolithic research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Oxford, United Kingdom. pp.202-220</w:t>
+              <w:t xml:space="preserve">Les sites d'Entzheim/In der Klamm et de Geispolsheim/Schwobenfeld (Bas-Rhin) : les occupations du Néolithique moyen et récent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, France. pp.87-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00568686v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00611627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sites d'Entzheim/In der Klamm et de Geispolsheim/Schwobenfeld (Bas-Rhin) : les occupations du Néolithique moyen et récent</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">The Lbk settlement with pit enclosure at Herxheim near Landau (palatinate) – first results, in : Hofmann D. et Bickle P., dir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zeeb-Lanz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Denis Bouquin</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Haack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.N. Haidle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sites d'Entzheim/In der Klamm et de Geispolsheim/Schwobenfeld (Bas-Rhin) : les occupations du Néolithique moyen et récent</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, France. pp.87-102</w:t>
+              <w:t xml:space="preserve">Creating communities. New advances in central european Neolithic research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Oxford, United Kingdom. pp.202-220</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00611627v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00568686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnelage d’automne dans le Sud de la France: implications pour l’acquisation et la gestion des ressources au Néolithique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléa Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pignaut Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25e colloque Archéométrie du GMPCA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05379456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9317,1073 +9451,1073 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D'Oberlarg à Wesaluri, itinéraire d'un préhistorien. Mélanges offerts à Christian Jeunesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Denaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Šárka Grando-Válečková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mauvilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AVAGE, 8, 2022, Mémoire d'archéologie du Grand Est, 978-2-9561936-8-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04826087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enceintes néolithiques à pseudo-fossé. Monuments cérémoniels danubiens dans la plaine d’Alsace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Croutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Denaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Guthmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Éditions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 260 p., 2020, Recherches archéologiques 15, 978-2-271-12451-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02295757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enceintes néolithiques à pseudo-fossé</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Le second Mésolithique des Alpes à l'Atlantique (7&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt;-5&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; millénaire). Table ronde internationale, Strasbourg, 3-4 novembre 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...65 lines deleted...]
-              <w:t xml:space="preserve">, 15, 2019, Recherches Archéologiques, 978-2-271-12451-7</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Griselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Séara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AVAGE, 3, 2019, Mémoires d’archéologie du Grand Est, 978-2-9561936-2-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05276732v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02550089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le second Mésolithique des Alpes à l'Atlantique (7&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt;-5&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; millénaire). Table ronde internationale, Strasbourg, 3-4 novembre 2015</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Les enceintes néolithiques à pseudo-fossé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">AVAGE, 3, 2019, Mémoires d’archéologie du Grand Est, 978-2-9561936-2-3</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Croutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Denaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Guthmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 15, 2019, Recherches Archéologiques, 978-2-271-12451-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02550089v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05276732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Entre archéologie et écologie, une Préhistoire de tous les milieux ». Mélanges offerts à Pierre Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Greffier-Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">18, 2014, Annales Littéraires de l’Université de Franche-Comté, Série : Environnement, Société et Archéologie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05276232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animals in funerary space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lepetz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">48, 2013, Anthropozoologica</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05276062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premiers chariots, premiers araires : La diffusion de la traction animale en Europe pendant les IVe et IIIe millénaires avant notre ère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel van Willigen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS Editions, Paris, pp.397, 2006, Monographie du CRA ; 29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00503162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animaux, environnements et sociétés.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Horard Herbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Méniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Denis Vigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Horard-Herbin M.-P. et Vigne J.-D. (dir). Errance, pp.192, 2005, Archéologiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00091202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie du cheval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Méniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lepetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean- Hervé Yvinec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Errance, 2002, Esperides</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00091187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une histoire de l'élevage : les animaux et l'Archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Méniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean- Hervé Yvinec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Errance, 1987, catalogue d'exposition</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00091242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10393,3382 +10527,3382 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouveaux regards bioarchéologiques sur les collections de Chalain et Clairvaux (Jura)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Laurillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Balasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Garbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Fiorillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des journées régionales de l’archéologie de Bourgogne Franche-Comté, Besançon 2-3 décembre 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.43-49, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05355909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre fosses et fossés, dépôts et rejets : les vestiges de faune des sites à enceintes du 5&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; millénaire de Basse Alsace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Rollinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Woelfli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Lefranc; Christophe Croutsch; Antony Denaire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les enceintes néolithiques du nord-ouest de l'Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions universitaires de Dijon, 2023, Arts, Archéologie et Patrimoine, 978-2-36441-486-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04570917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les matériaux périssables : nouvelles méthodes, nouveaux enjeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Costamagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Laroulandie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques, Actes du 29e Congrès préhistorique de France, 31 mai-4 juin 2021, Toulouse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Société Préhistorique Française</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.3-6, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04177496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La domestication, retour aux sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-D. Vigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Stépanoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jeunesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hosseart-McKey Martine; Morand Serge. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Homme et l’animal, l’invention de nouveaux liens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cherche-Midi; CNRS Editions, pp.14-29, 2021, 978-2749169071</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03950765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La bioarchéologie en France : état des lieux, enjeux et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carine Carpentier; Rose-Marie Arbogast; Philippe Kuchler. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioarchéologie : minimums méthodologiques, référentiels communs et nouvelles approches : Actes du 4e séminaire scientifique et technique de l’Inrap, 28-29 nov. 2019, Sélestat.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inrap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5 p., 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34692/e50q-wy87⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02979199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vertébrés : un projet d’atlas ostéologique dématérialisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samba Soussoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carine Carpentier; Rose-Marie Arbogast; Philippe Kuchler. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioarchéologie : minimums méthodologiques, référentiels communs et nouvelles approches : Actes du 4e séminaire scientifique et technique de l’Inrap, 28-29 nov. 2019, Sélestat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inrap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4 p., 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34692/d92z-zn15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03010222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fosses mésolithiques à dépôts de chevreuil en Alsace</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Analysis of the faunal assemblages of the LBK site of Herxheim: the larger mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le second Mésolithique des Alpes à l'Atlantique (7</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, 3, AVAGE, pp.179-188, 2019, Mémoires d'archéologie du Grand Est, 978-2-9561936-2-3</w:t>
+              <w:t xml:space="preserve">Ritual Destruction in the Early Neolithic - The Exceptional Site of Herxheim</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, pp.139-232, 2019, Forschungen zur Pfälzischen Archäologie, 9783936113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03171449v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the faunal assemblages of the LBK site of Herxheim: the larger mammals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Fosses mésolithiques à dépôts de chevreuil en Alsace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rose-Marie Arbogast; Sylvain Griselin; Christian Jeunesse; Frédéric Séara. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ritual Destruction in the Early Neolithic - The Exceptional Site of Herxheim</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2, pp.139-232, 2019, Forschungen zur Pfälzischen Archäologie, 9783936113</w:t>
+              <w:t xml:space="preserve">Le second Mésolithique des Alpes à l'Atlantique (7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> millénaire). Table ronde internationale, Strasbourg, 3-4 novembre 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, AVAGE, pp.179-188, 2019, Mémoires d'archéologie du Grand Est, 978-2-9561936-2-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785545v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03171449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 9. Des animaux et des hommes au Néolithique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Balasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tresset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guilaine J.; Garcia D. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La protohistoire de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, pp.153-169, 2018, Histoire et Archéologie, 978 2 7056 9594 1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/herm.garci.2018.01.0154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03955186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sous la peau de l’ours préhistorique : approche archéo-zoologique de la relation entre l’homme et l’ours durant la préhistoire récente (Mésolithique et Néolithique) en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sous la peau de l'ours: l'humanité et les ursidés : approche interdisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.56-75, 2017, Sources d’Asie, 9782753905</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feasts and sacrifices: 5th Millennium ‘pseudo-ditch’ causewayed enclosures from the southern Upper Rhine valley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Denaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Neolithic of Europe: Papers in Honour of Alasdair Whittle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxbow Books</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.159-173, 2017, 9781785706</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human Sacrifices as &amp;quot;Crisis Management&amp;quot;?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Denaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jeunesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversity of sacrifice: form and function of sacrificial practices in the ancient world and beyond</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, State University of New York Press, pp.171-189, 2016, IEMA proceedings, 978-1-4384-5995-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03530911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human sacrifices as &amp;quot;Crisis management&amp;quot; ? The case of the Early Neolithic site of Herxheim, Palatinate, Germany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeeb-Lanz Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Boulestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Coupey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Murray, Carrie Ann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversity of sacrifice : form and function of sacrificial practices in the Ancient World and beyond</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5, Albany : State University of New York Press, pp.171-189, 2016, SUNY Series, The Institute for European and Mediterranean Archaeology Distinguished Monograph Series</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01833105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La faune de Clairvaux XIV dans le contexte des occupations lacustres du Néolithique moyen au nord des Alpes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Human sacrifices as „crisis management“ ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Denaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zeeb-Lanz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clairvaux et le "Néolithique Moyen Bourguignon"</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.1157-1174, 2016, 978-2-84867-535-0</w:t>
+              <w:t xml:space="preserve">Form and function of sacrificial practices in the ancient world and beyond, IEMA Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 5, State University of New York Press, pp.171-189, 2016, 9781438459</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03572903v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human sacrifices as „crisis management“ ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">La faune de Clairvaux XIV dans le contexte des occupations lacustres du Néolithique moyen au nord des Alpes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Form and function of sacrificial practices in the ancient world and beyond, IEMA Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 5, State University of New York Press, pp.171-189, 2016, 9781438459</w:t>
+              <w:t xml:space="preserve">Clairvaux et le "Néolithique Moyen Bourguignon"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PUFC</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1157-1174, 2016, 978-2-84867-535-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785538v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03572903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habitat et sépultures du Blicquy/Villeneuve-Saint-Germain à Longueil-Sainte-Marie «Le Barrage» (Oise)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bostyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Kuhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique de Picardie, Hommages Mariannick Lebolloch</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05277805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résumé de synthèse : Clairvaux et le « Néolithique Moyen Bourguignon »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Jammet-Reynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Petrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-M. Petrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sheridan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">P. Petrequin; A.-M. Petrequin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clairvaux et le « Néolithique Moyen Bourguignon »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 22, Presses universitaires de Franche-Comté, pp.1375-1422, 2015, Cahiers de la MSHE Ledoux ; série Dynamiques sterritoriales</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05278195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les offrandes alimentaires dans les sépultures du Néolithique danubien da la Plaine du Rhin supérieur</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Economie de la chasse du cerf sur les sites lacustres de Chalain et de Clairvaux (Jura, France) au Néolithique final</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Philipp Lefranc. </w:t>
+              <w:t xml:space="preserve">Rose-Marie Arbogast; A. Greffier-Richard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Données récentes sur les pratiques funéraires néolithiques de la Plaine du Rhin supérieur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, British Archaeological Reports, pp.67-71, 2014, International Series 2633</w:t>
+              <w:t xml:space="preserve">Entre archéologie et écologie, une Préhistoire de tous les milieux. Mélanges offerts à Pierre Pétrequin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 18, Presses Universitaires de Franche Comté, pp.67-78, 2014, Annales Littéraires de l’Université de Franche-Comté</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05278252v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05278498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Economie de la chasse du cerf sur les sites lacustres de Chalain et de Clairvaux (Jura, France) au Néolithique final</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Les offrandes alimentaires dans les sépultures du Néolithique danubien da la Plaine du Rhin supérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Rose-Marie Arbogast; A. Greffier-Richard. </w:t>
+              <w:t xml:space="preserve">Philipp Lefranc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entre archéologie et écologie, une Préhistoire de tous les milieux. Mélanges offerts à Pierre Pétrequin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 18, Presses Universitaires de Franche Comté, pp.67-78, 2014, Annales Littéraires de l’Université de Franche-Comté</w:t>
+              <w:t xml:space="preserve">Données récentes sur les pratiques funéraires néolithiques de la Plaine du Rhin supérieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, British Archaeological Reports, pp.67-71, 2014, International Series 2633</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05278498v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05278252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La faune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Chaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Jacob; C. Falcquet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Onnens-Praz Berthoud (canton de Vaud, Suisse) Contexte, environnement et occupations du Mésolithique au début du Néolithique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 152, pp.73-78, 2014, Cahiers d’Archéologie Romande</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05323762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapter 8. Alsace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penny Bickle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Alexander Bentley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Fibiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hamilton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Penny Bickle; Alasdair Whittle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The first farmers of central Europe: diversity in LBK lifeways</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.291-342, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05277426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mobilier funéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guirec Querré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Salanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Verron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. Billard; M. Guillon; G. Verron. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sépultures collectives du Néolithique récent-final de Val-de-Reuil et Porte-Joie (Eure – France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 123, ERAUL pp.225-273, 2011, Etudes et Recherches Archéologiques de l’Université de Liège</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01313769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sépulture collective de Val-de-Reuil &amp;quot;Les Varennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Piena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Sunder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sépultures collectives du Néolithique récent-final de Val-de-Reuil et de Porte-Joie (Eure, France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, XXX, pp.101-113, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00590937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'apport des études de faune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sépultures collectives du Néolithique récent-final de Val-de-Reuil et de Porte-Joie (Eure, France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, XXX, pp.339-341, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00590936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les restes de faune (mammifères, oiseaux, poissons, amphibiens et reptiles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bailon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Leuge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sépultures collectives du Néolithique récent-final de Val-de-Reuil et de Porte-Joie (Eure, France),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, XXX, pp.184-197, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00590934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhumations, dépôts d'animaux et perles en cuivre sur le site Néolithique récent de Colmar &amp;quot;Aérodrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Chenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10 000 ans d'histoire ! 10 ans de fouilles archéologiques en Alsace.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions des Musées de la ville de Strasbourg, pp.43-45, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00595386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vestiges de faune associés au site et structrures d'enceinte du site rubané de Herxheim (Rhénanie-Palatinat, Allemagne.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Krisen, Kulturwandel-Kontinuitäten. Zum Ende der Bandkeamik in Mitteleuropa. Beiträge der Internationalen Tagung in Herxheim bei Landau (Pfalz) vom 17-17.06-07</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Verlag Marie Leidorf GmbH. Rahden/westf, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00593529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sites d'Entzheim/In der Klamm et de Geispolsheim/Schwobenfeld (Bas-Rhin) : les occupations du Néolithique moyen et récent</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">La grande faune : aspects économiques, culturels et techniques de la relation Homme-Animal.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-D. Vigne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Internéo, 7</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, xxx, pp.87-102, 2008</w:t>
+              <w:t xml:space="preserve">Archéologie de la France. Le Néolithique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Picard, Paris, pp.88-103, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00595396v1</w:t>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00595394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grande faune : aspects économiques, culturels et techniques de la relation Homme-Animal.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Les sites d'Entzheim/In der Klamm et de Geispolsheim/Schwobenfeld (Bas-Rhin) : les occupations du Néolithique moyen et récent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Croutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leprovost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bouquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Schneider-Schwien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie de la France. Le Néolithique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions Picard, Paris, pp.88-103, 2008</w:t>
+              <w:t xml:space="preserve">Internéo, 7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, xxx, pp.87-102, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00595394v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00595396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grande faune : aspects économiques, culturels et techniques de la relation Homme-Animal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Denis Vigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J. Tarrête; C.-T. Le Roux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de la France. Le Néolithique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Picard, pp.88-103, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00363646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La traction animale au Néolithique: diversité des documents, diversité des approches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel van Willigen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Premiers chariots, premiers araires : La diffusion de la traction animale en Europe pendant les IVe et IIIe millénaires avant notre ère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Editions, Paris, pp.11-20, 2006, Monographie du CRA ; 29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00503163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premiers agriculteurs néolithiques et crises à effet-retard : Chalain et Clairvaux (Jura) du XXXIIIe au XXVIIIe siècle avant J.-C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Magny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">T. Muxart et al. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des milieux et des hommes : fragments d’histoires croisées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.57-61, 2003, collection environnement</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01309302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13778,454 +13912,454 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sites palafittiques de Chalain et Clairvaux. (Jura, France) : un eldorado bioarchéologique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03499929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’insoupçonnable richesse des vestiges organiques lacustres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Néolithique – les villages de Chalain et Clairvaux, patrimoine de l’Humanité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03507980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête dans les réserves : les Cétacés oubliés de Strasbourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Meister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chevillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESPÈCES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.24-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03027001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ostéothèque du Musée zoologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05320564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ostéothèque du Musée zoologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05327080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ostéothèque du Musée zoologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05327079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14235,921 +14369,996 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain size reduction in dogs was already established at least by the Late Neolithic of western Europe, 5,000 years ago</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile-Morgane Hays</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Veneziano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colline Brassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05450113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of Polycerate Mutants Reveals the Evolutionary Co-option of HOXD1 to Determine the Number and Topology of Horns in Bovidae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Hintermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Cornette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (7)</w:t>
+        <w:t xml:space="preserve">Rapport (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BioArcheoDat : Sociétés, biodiversité, environnement : données et résultats de l’archéozoologie et de l’archéobotanique sur le territoire de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] GDR Bioarcheodat. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03653630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ostéothèque du Musée zoologique de Strasbourg. Dix ans d’activités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Université de Strasbourg. 2021, pp.69-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05308941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GDR BIOARCHEODAT, RAPPORT D’ACTIVITES 2018-2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CNRS INEE. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03497491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berstett, Langenberg, A355 - contournement ouest de Strasbourg site 5.6 ; occupations du Néolithique récent, de l’âge du Bronze et du second âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Féliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Chenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gebhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Jodry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap GE. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02892803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obernai (Bas-Rhin). Parc d'activités économiques intercommunal : 6000 ans d'Histoire au pied du Mont Sainte-Odile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Féliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Alberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Grazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2017, 7 volumes, 1841 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01767175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d’activités du Projet Collectif de Recherches «Ostéothèque pour l’Archéozoologie » Musée Zoologique de Strasbourg : rapport 2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Putelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-D. Wandhammer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Université de Strasbourg. 2013, pp.23-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05323765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d’activités du Projet Collectif de Recherches «Ostéothèque pour l’Archéozoologie » Musée Zoologique de Strasbourg : rapport 2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Putelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-D. Wandhammer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Université de Strasbourg. 2012, pp.19-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HOLTZHEIM, &amp;quot;ZAE. Phase 3. Altmatt&amp;quot;, Alsace, Bas-Rhin (67)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Arbogast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Antea Archéologie; SRA Alsace. 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId441"/>
+      <w:footerReference w:type="default" r:id="rId445"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15296,51 +15505,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343876v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin G Daly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria E Mullin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Hare" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ine Halpin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Mattiangeli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adn2094" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05326661v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronwen Kennedy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Gerdau-Radonic" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny Bickle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Craig" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew von Tersch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12966" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735204v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Jim&#233;nez-Manch&#243;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M Mart&#237;nez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Estebaranz-S&#225;nchez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marie Arbogast" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104716" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735250v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allowen Evin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meister" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08912963.2024.2359466" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04758981v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind E Gillis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Kendall" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roffet-Salque" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Zanon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Anders" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02553-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735324v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096957v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Harbers" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Neaux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garb&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2023.108100" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843742v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Evershed" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Davey Smith" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Timpson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Diekmann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-022-05010-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784704v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colline Brassard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian B&#259;l&#259;&#351;escu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.0147" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164832v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hintermann" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Deloche" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cornette" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab021" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258236v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeunesse" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358356v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lefranc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehanne Affolter" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chenal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jodry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.2235" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-RF7H6014-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198672v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind Gillis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana &#381;ivaljevi&#263;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Berthon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Kova&#269;ikov&#225;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-87674-1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02955757v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Casanova" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Denaire" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2020.105215" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026998v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Korzow Richter" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ludes" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Wagner" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carita" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/jcms.196" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322137v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Frantz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Haile" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Scheu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Ge&#246;rg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1901169116" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343551v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;liu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.1512" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186110v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Schnitzler" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Granado" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Putelat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e G. Drucker" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0189278" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01903172v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ollivier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tresset" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent a F Frantz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2018.0286" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550086v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Granado" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schnitzler" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Drucker" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0199945" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186130v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Guthmann" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Vostrovsk&#225;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2017.0905" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186121v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rodriguez-Botigu&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiya Song" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyamalika Gopalan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda L Pendleton" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms16082" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550083v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bogaard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ebersbach" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. A. Fraser" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Knipper" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/GER.2016.39068" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186211v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709384v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-016-0168-3" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186221v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diyendo Massilani" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Guimaraes" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Andrew Bennett" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Tokarska" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-016-0317-7" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258528v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Richard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Roth-Zehner" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Massa" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842873v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Elias" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasha Hourani" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sachau-Carcel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Badawi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186250v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Richard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Massa" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.7754" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05255787v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guthmann" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323763v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05254664v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy K. Styring" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca A. Fraser" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Halstead" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valasia Isaakidou" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2014.11.009" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05261135v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mauvilly" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Doppler" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260781v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05261145v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B&#228;r" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Blumer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. K&#252;ndig" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05254899v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schaefer" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. H. E. Heaton" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00438243.2013.820649" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259535v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fraser" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. H.-E. Heaton" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wallace" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148336v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gillis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Piningre" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyne Debue" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Vigne" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.2377" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LMDXL1SQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00914004v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Petit" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hughes" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0075110" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485844v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Tarr&#234;te" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Krier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Puiss&#233;gur" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2012.2496" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05255797v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hildbrand" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Merkl" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05249123v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alexander Bentley" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Fibiger" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoff M. Nowell" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher W. Dale" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1113710109" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757412v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Hilbrand" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Merkl" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2012.14203" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778344v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lorin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2012.2494" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260060v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tarrete" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Puissegur" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664681v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bo&#235;s" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Billoin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590904v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590543v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2010.2471" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00446157v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Boulestin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Zeeb-Lanz" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Haack" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0003598X00099282" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-7Z5JDQ9F-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320353v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ceiridwen J. Edwards" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Bollongino" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Chamberlain" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00285474v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00126342v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Meunier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sid&#233;ra" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2003.12837" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175262v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chancerel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Desloges" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407107v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mar&#233;chal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie P&#233;trequin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;trequin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.1998.2397" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369840v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy San Juan" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dron" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Bortuzzo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Coutard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.1997.2152" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414410v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.1989.2270" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00459005v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice M&#233;niel" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04798728v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chemineau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Sierra" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Gutierrez" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pignaut" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04798806v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Garb&#233;" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273938v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Laurillou" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Dufraisse" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903817v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Chevallier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Thomson" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modwene Poulmarc'H" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03537510v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Boroneant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Radu" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499984v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;&#225;rka V&#225;le&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026999v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/E50Q-WY87" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362172v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barrat" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03768078v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samba Soussoko" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02785540v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02785547v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365054v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Oross" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Dombor&#243;czki" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550084v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Perrin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195081v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blaise" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Helmer" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerita Schaeffer" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195068v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Pionnier-Capitan" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisandre Bedault" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00593526v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00568686v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zeeb-Lanz" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Haack" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Haidle" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00611627v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Landolt" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Croutsch" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leprovost" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bouquin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05379456v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pignaut Pierre" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bourguignon" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826087v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;&#225;rka Grando-V&#225;le&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02295757v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/ra15-les-enceintes-neolithiques-a-pseudo-fosse/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276732v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-inrap.archives-ouvertes.fr/hal-02295757" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550089v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric S&#233;ara" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276232v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Greffier-Richard" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276062v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lepetz" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00503162v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel van Willigen" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Bailly" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00091202v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Horard Herbin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00091187v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lepetz" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Herv&#233; Yvinec" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00091242v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355909v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fiorillo" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04570917v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Fabre" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Rollinger" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Blondel" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Woelfli" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177496v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Clavel" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laroulandie" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prehistoire.org/515_p_57724/cpf29.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950765v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Vigne" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles St&#233;panoff" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02979199v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sstinrap.hypotheses.org/category/seminaire/bioarcheologie-minimums-methodologiques-referentiels-communs-nouvelles-approches" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/e50q-wy87" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03010222v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sstinrap.hypotheses.org/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/d92z-zn15" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171449v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02785545v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955186v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.garci.2018.01.0154" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02785542v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02785549v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/10.2307/j.ctvh1dgtm" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530911v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833105v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeeb-Lanz Andrea" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bauer" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Coupey" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572903v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pufc/23022" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02785538v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277805v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bostyn" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Clavel" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hamon" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kuhar" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278195v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Jammet-Reynal" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petrequin" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Petrequin" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sheridan" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278252v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278498v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323762v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaix" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277426v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hamilton" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313769v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billard" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirec Querr&#233;" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Salanova" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Verron" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590937v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Billard" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guillon" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Piena" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sunder" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590936v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590934v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bailon" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leuge" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00595386v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00593529v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00595396v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schneider-Schwien" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00595394v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00363646v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00503163v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309302v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Magny" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03499929v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507980v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027001v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chevillon" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05320564v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05327080v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05327079v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450113v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile-Morgane Hays" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Veneziano" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Michaud" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426679v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cornette" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653630v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05308941v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03497491v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892803v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gebhardt" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01767175v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adam" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Alberti" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Grazi" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323765v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Putelat" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-D. Wandhammer" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05291193v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560967v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Dufraisse" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Emmanuel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fiorillo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marie Arbogast" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-026-09773-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343876v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin G Daly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria E Mullin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Hare" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ine Halpin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Mattiangeli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adn2094" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05326661v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronwen Kennedy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Gerdau-Radonic" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny Bickle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Craig" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew von Tersch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12966" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735250v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Jim&#233;nez-Manch&#243;n" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allowen Evin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meister" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08912963.2024.2359466" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735204v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M Mart&#237;nez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Estebaranz-S&#225;nchez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104716" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04758981v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind E Gillis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Kendall" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roffet-Salque" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Zanon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Anders" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02553-y" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096957v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Harbers" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Neaux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garb&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2023.108100" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735324v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843742v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Evershed" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Davey Smith" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Timpson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Diekmann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-022-05010-7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784704v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colline Brassard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian B&#259;l&#259;&#351;escu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.0147" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164832v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hintermann" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Deloche" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cornette" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab021" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358356v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lefranc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehanne Affolter" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chenal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jodry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.2235" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-RF7H6014-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258236v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeunesse" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198672v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind Gillis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana &#381;ivaljevi&#263;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Berthon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Kova&#269;ikov&#225;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-87674-1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02955757v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Casanova" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Denaire" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2020.105215" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026998v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Korzow Richter" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ludes" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Wagner" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carita" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/jcms.196" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322137v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Frantz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Haile" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Scheu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Ge&#246;rg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1901169116" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343551v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;liu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.1512" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186110v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Schnitzler" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Granado" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Putelat" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e G. Drucker" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0189278" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01903172v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ollivier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tresset" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent a F Frantz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2018.0286" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550086v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Granado" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schnitzler" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Drucker" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0199945" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186130v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Guthmann" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Vostrovsk&#225;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2017.0905" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186121v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rodriguez-Botigu&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiya Song" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyamalika Gopalan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda L Pendleton" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms16082" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186211v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550083v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bogaard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ebersbach" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. A. Fraser" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Knipper" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/GER.2016.39068" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709384v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-016-0168-3" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258528v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Richard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Roth-Zehner" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Massa" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186221v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diyendo Massilani" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Guimaraes" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Andrew Bennett" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Tokarska" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-016-0317-7" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842873v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Elias" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasha Hourani" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sachau-Carcel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Badawi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05255787v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guthmann" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186250v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Richard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Massa" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.7754" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323763v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05254664v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy K. Styring" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca A. Fraser" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Halstead" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valasia Isaakidou" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2014.11.009" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05261135v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mauvilly" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Doppler" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260781v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05261145v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B&#228;r" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Blumer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. K&#252;ndig" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148336v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gillis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Piningre" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyne Debue" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Vigne" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.2377" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LMDXL1SQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259535v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fraser" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. H.-E. Heaton" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wallace" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05254899v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schaefer" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. H. E. Heaton" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00438243.2013.820649" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00914004v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Petit" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hughes" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0075110" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05255797v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hildbrand" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Merkl" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05249123v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alexander Bentley" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Fibiger" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoff M. Nowell" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher W. Dale" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1113710109" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485844v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Tarr&#234;te" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Krier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Puiss&#233;gur" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2012.2496" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757412v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Hilbrand" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Merkl" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2012.14203" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778344v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lorin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2012.2494" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260060v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tarrete" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Puissegur" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664681v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bo&#235;s" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Billoin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590904v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590543v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2010.2471" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00446157v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Boulestin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Zeeb-Lanz" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Haack" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0003598X00099282" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-7Z5JDQ9F-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320353v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ceiridwen J. Edwards" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Bollongino" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Chamberlain" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00285474v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00126342v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Meunier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sid&#233;ra" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2003.12837" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175262v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chancerel" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Desloges" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407107v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mar&#233;chal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie P&#233;trequin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;trequin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.1998.2397" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369840v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy San Juan" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dron" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Bortuzzo" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Coutard" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.1997.2152" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414410v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.1989.2270" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00459005v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice M&#233;niel" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04798728v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chemineau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Sierra" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Gutierrez" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pignaut" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04798806v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Garb&#233;" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273938v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Laurillou" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903817v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Chevallier" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Thomson" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modwene Poulmarc'H" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499984v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;&#225;rka V&#225;le&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03537510v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Boroneant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Radu" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026999v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/E50Q-WY87" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03768078v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samba Soussoko" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362172v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barrat" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02785540v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365054v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Oross" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Dombor&#243;czki" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02785547v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550084v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Perrin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195081v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blaise" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Helmer" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerita Schaeffer" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195068v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Pionnier-Capitan" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisandre Bedault" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00593526v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00611627v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Landolt" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Croutsch" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leprovost" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bouquin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00568686v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zeeb-Lanz" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Haack" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Haidle" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05379456v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pignaut Pierre" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bourguignon" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826087v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;&#225;rka Grando-V&#225;le&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02295757v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/ra15-les-enceintes-neolithiques-a-pseudo-fosse/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550089v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric S&#233;ara" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276732v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-inrap.archives-ouvertes.fr/hal-02295757" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276232v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Greffier-Richard" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276062v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lepetz" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00503162v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel van Willigen" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Bailly" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00091202v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Horard Herbin" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00091187v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lepetz" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Herv&#233; Yvinec" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00091242v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355909v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04570917v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Fabre" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Rollinger" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Blondel" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Woelfli" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177496v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Clavel" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laroulandie" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prehistoire.org/515_p_57724/cpf29.html" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950765v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Vigne" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles St&#233;panoff" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02979199v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sstinrap.hypotheses.org/category/seminaire/bioarcheologie-minimums-methodologiques-referentiels-communs-nouvelles-approches" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/e50q-wy87" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03010222v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sstinrap.hypotheses.org/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/d92z-zn15" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02785545v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171449v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955186v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.garci.2018.01.0154" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02785542v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02785549v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/10.2307/j.ctvh1dgtm" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530911v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833105v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeeb-Lanz Andrea" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bauer" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Coupey" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02785538v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572903v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pufc/23022" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277805v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bostyn" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Clavel" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hamon" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kuhar" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278195v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Jammet-Reynal" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petrequin" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Petrequin" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sheridan" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278498v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278252v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323762v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaix" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277426v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hamilton" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313769v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billard" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirec Querr&#233;" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Salanova" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Verron" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590937v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Billard" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guillon" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Piena" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sunder" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590936v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590934v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bailon" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leuge" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00595386v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00593529v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00595394v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00595396v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schneider-Schwien" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00363646v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00503163v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309302v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Magny" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03499929v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507980v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027001v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chevillon" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05320564v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05327080v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05327079v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450113v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile-Morgane Hays" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Veneziano" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Michaud" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426679v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cornette" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653630v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05308941v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03497491v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892803v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gebhardt" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01767175v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adam" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Alberti" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Grazi" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323765v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Putelat" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-D. Wandhammer" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05291193v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558062v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>