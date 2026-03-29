--- v0 (2026-03-03)
+++ v1 (2026-03-29)
@@ -923,1385 +923,1385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03959708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Autour du culte de la Mère des dieux dans la vallée du Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Vivarais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, CXXV-1 (829, mars 2022), pp.91-117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03899555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La propagation des maladies entre l’Europe et l’Asie dans l’Antiquité : le cas de l’Empire romain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Rossignol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d’histoire. Revue d’histoire critique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 151, pp.47-60. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/chrhc.17469⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/chrhc.17469⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">halshs-03590453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mémoires de Trajan, mémoires d’Hadrien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des études anciennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 124 (1), p. 213-219</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, CXXV-1 (829, mars 2022), pp.91-117</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794944v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les inscriptions funéraires romaines à Montélimar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue drômoise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 581, pp.44-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03832238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’armée romaine, en quête d’honneur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inflexions. Civils et militaires : pouvoir dire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 48 (3), pp.45-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/infle.048.0045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’armée romaine, en quête d’honneur</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03543232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction au dossier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Dana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antiquités Africaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Mobilité, garnisons et nouveautés en épigraphie militaire : les unités auxiliaires et l’Afrique romaine, 56, pp.275-284. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/antafr.2933⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03528448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Matrones et la voie. Notes sur les inscriptions du Montgenèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2019 (52), pp.219-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/ran.2019.1992⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03528387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Michel d'Annoville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue archéologique/Bulletin de la SFAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03891676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un nouveau procurateur ducénaire anonyme à Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Hairy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tyche, Beiträge zur alten Geschichte Papyrologie und Epigraphik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03598478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu’est-ce qu’un allié pour Rome ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Rossignol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inflexions. Civils et militaires : pouvoir dire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, N° 48 (3), pp.45-52. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/infle.048.0045⟩</w:t>
+              <w:t xml:space="preserve">, 2019, N° 41 (2), pp.19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/infle.041.0019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 581, pp.44-53</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03543229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les inscriptions de Diana mentionnant Caius Maesius Picatianus et les fastes de la Numidie dans les années 160</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Centre Gustave Glotz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2018 (29), pp.105-130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Introduction au dossier</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03959749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collaboration et collusions ? Réflexions sur les rapports entre chevaliers et sénateurs des Julio-Claudiens aux Antonins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Centre Gustave Glotz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2018 (XXIX), pp.161-185</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03818702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Découvertes épigraphiques récentes à Vaison-la-Romaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...28 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/antafr.2933⟩</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lavergne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société nationale des Antiquaires de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2015 (1), pp.339-348. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bsnaf.2018.12469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les Matrones et la voie. Notes sur les inscriptions du Montgenèvre</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04635125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ordinem Alexandriae dedit. Une note sur Aetrius Ferox et Antonin le Pieux (CIL XI, 5693-5694, Tuficum)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Picus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 38, pp.45-54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03958734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David J. Breeze, The Roman Army</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 25, pp.277-278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/anabases.6118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03603582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique épigraphique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Rossignol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 2019 (52), pp.219-230. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/ran.2019.1992⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 2015 (48), pp.253-278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/ran.2015.1917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...83 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01515281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chroniques épigraphiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49 (1), pp.373-408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/ran.2016.1943⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...652 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03543240v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-01515281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les élites de Narbonnaise de leur cité jusqu’au coeur du pouvoir romain : études de cas et contexte historique. Introduction</w:t>
               </w:r>
@@ -3908,165 +3908,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03813544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Titius Lustricus et Calestrius Tiro en Achaïe, notes sur l'administration provinciale sous Trajan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Traiano : Optimus Princeps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L. Zerbini, Sep 2017, Ferrara, Italie. pp.213-229</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03532495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Notes sur les Voconces en contexte alpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Rossignol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I Romani nelle Alpi. Storia, epigrafia e archeologia di una presenza.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Lausanne, Suisse. pp.203-230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03528353v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-03532495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles unités auxiliaires et troupes de renforts dans les guerres du règne de Marc Aurèle</w:t>
               </w:r>
@@ -6048,730 +6048,730 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03528332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">À la recherche des crises de mortalité animale et humaine en Gaule du Nord durant l'Antiquité Annexe 2 - Chapitre 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelise Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallia Rustica 2 : Conditions environnementales de l’exploitation des espaces ruraux en Gaule du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.17-21, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02878400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Épigraphie en révolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Rossignol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Altera pars laboris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 24, Edizioni Ca' Foscari, 2019, Antichistica, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30687/978-88-6969-374-8/016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03530813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rituels invisibles : les cérémonies auliques autour de Marc Aurèle (121-180)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rituels et cérémonies de cour, de l’Empire romain à l’âge baroque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.143-160, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.septentrion.20858⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03528305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A la recherche des crises de mortalité animale et humaine en Gaule du Nord durant l'Antiquité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.30687/978-88-6969-374-8/016⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Annelise Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Reddé M. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallia Rustica 2, Les campagnes du nord-est de la Gaule, de l'âge du fer à l'Antiquité tardive, t. 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ausonius, Mémoire 50, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02058199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions environnementales de l'exploitation des espaces ruraux en Gaule du Nord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelise Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Petit</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Camizuli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, pp.17-21, 2019</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fajon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michel Reddé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallia Rustica 2. Les campagnes du nord-est de la Gaule, de la fin de l'âge du Fer à l'Antiquité tardive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 50 (2), Ausonius, pp.31-82, 2018, Mémoires, 978-2356132062</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02058164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'empire à l'avènement de Claude et la politique de conquête</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Chausson; Geneviève Galliano. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Claude : Lyon, 10 avant J.-C. - Rome, 54 après J.-C. : un empereur au destin singulier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lienart; Musée des Beaux-Arts de Lyon, pp.186-191, 2018, 978-2-35906-255-7</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...87 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03959666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limitem restitueret, praedam militibus daret : l’Empire romain en difficulté face aux défis de la prédation, des derniers Antonins à la Tétrarchie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pillages, tributs, captifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions de la Sorbonne, pp.27-51, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.psorbonne.39931⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...116 lines deleted...]
-              <w:t xml:space="preserve">, 50 (2), Ausonius, pp.31-82, 2018, Mémoires, 978-2356132062</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03528313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colonia Claudia Savaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Chausson; Geneviève Galliano. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Claude : Lyon, 10 avant J.-C. - Rome, 54 après J.-C. : un empereur au destin singulier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lienart; Musée des Beaux-Arts de Lyon, pp.226-227, 2018, 978-2-35906-255-7 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...145 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03959686v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">halshs-03528313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'armée : les légions et les troupes auxiliaires sous Claude</w:t>
               </w:r>
@@ -7896,51 +7896,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6C411415"/>
+    <w:nsid w:val="E38F2DBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8127,51 +8127,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/rossignol-benoit" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-2619-7010" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/084742429" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/197897341" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357585591" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457291v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rossignol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.2316-9141.rh.2025.227337" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778993v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729497v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726995v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710559v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bonfand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Djaoui" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04121916v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Doray" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lefebvre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michel d'Annoville" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mignon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727004v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959708v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lavergne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2020.2013" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03590453v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chrhc.17469" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03899555v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794944v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03543232v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/infle.048.0045" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03832238v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528448v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dana" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/antafr.2933" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528387v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2019.1992" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891676v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03598478v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hairy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03543229v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/infle.041.0019" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959749v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dupuis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03818702v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03958734v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635125v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bsnaf.2018.12469" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03603582v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.6118" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03543240v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2016.1943" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515281v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2015.1917" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528460v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2016.1922" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515362v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515329v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515357v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.141.0079" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515332v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03603583v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.5152" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515352v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03603584v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.4709" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515348v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2013.1806" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00872453v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00661307v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2010.1718" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00585189v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00565588v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Durost" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420874v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2007.1648" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03543233v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-No&#235;l Lambert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.932" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00137198v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00232064v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389756v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Le Borgn&#8217;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rharm.2000.4962" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706938v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03868560v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03813544v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528353v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03532495v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515311v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515342v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00798585v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00798583v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00424504v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00125556v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00125356v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00278333v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521076v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844662v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chausson" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Hostein" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966658v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959768v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovannella Cresci Marrone" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966662v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528442v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079542v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525749v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243664v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198815v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746288v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796963v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796960v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796967v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03778977v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03778990v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03778995v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528332v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03530813v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30687/978-88-6969-374-8/016" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878400v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petit" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528305v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.20858" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058199v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058164v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernigaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Camizuli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fajon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959666v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959686v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528313v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.39931" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959677v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515286v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00222948v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515355v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ausonius.14992" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00872452v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00872451v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691570v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00471786v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00563434v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00436078v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.124476." TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575547v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/xv4n" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706903v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198717v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/rossignol-benoit" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-2619-7010" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/084742429" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/197897341" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357585591" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457291v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rossignol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.2316-9141.rh.2025.227337" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778993v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729497v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726995v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710559v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bonfand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Djaoui" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04121916v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Doray" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lefebvre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michel d'Annoville" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mignon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727004v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959708v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lavergne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2020.2013" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03899555v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03590453v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chrhc.17469" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794944v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03832238v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03543232v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/infle.048.0045" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528448v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dana" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/antafr.2933" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528387v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2019.1992" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891676v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03598478v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hairy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03543229v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/infle.041.0019" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959749v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dupuis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03818702v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635125v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bsnaf.2018.12469" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03958734v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03603582v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.6118" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515281v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2015.1917" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03543240v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2016.1943" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528460v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2016.1922" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515362v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515329v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515357v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.141.0079" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515332v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03603583v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.5152" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515352v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03603584v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.4709" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515348v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2013.1806" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00872453v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00661307v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2010.1718" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00585189v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00565588v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Durost" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420874v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2007.1648" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03543233v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-No&#235;l Lambert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.932" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00137198v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00232064v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389756v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Le Borgn&#8217;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rharm.2000.4962" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706938v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03868560v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03813544v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03532495v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528353v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515311v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515342v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00798585v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00798583v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00424504v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00125556v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00125356v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00278333v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521076v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844662v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chausson" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Hostein" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966658v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959768v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovannella Cresci Marrone" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966662v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528442v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079542v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525749v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243664v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198815v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746288v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796963v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796960v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796967v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03778977v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03778990v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03778995v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528332v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878400v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petit" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03530813v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30687/978-88-6969-374-8/016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528305v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.20858" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058199v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058164v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernigaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Camizuli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fajon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959666v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528313v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.39931" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959686v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959677v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515286v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00222948v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515355v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ausonius.14992" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00872452v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00872451v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691570v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00471786v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00563434v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00436078v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.124476." TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575547v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/xv4n" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706903v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198717v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>