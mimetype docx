--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Roxane L. Bartoletti </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Docteure en Psychologie, spécialisée en cognitive,Post-doctorante en Psychologie Cognitive au Laboratoire APSY de Nîmes Université,Chercheuse associée au LAPCOS à Université Côte d'Azur</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My research interests are centered on multisensory perceptions and their impact on how humans interact with others and their environment.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Odors, music, and objective and subjective performances:</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current research interests.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> I have explored the effects of personalized and imposed multisensory environments on the executive (working memory update, cognitive flexibility, and inhibition of the predominant response) and perceived performances of young and older adults. Odors and music are distinct sensory stimuli that can be diffused to create specific atmospheres, but the scientific literature on how people use sensory stimuli to shape their daily experiences is scarce (Kiss & Linnell, 2023). I conducted two studies to understand how people of various ages use music and odors in everyday life, and for concentration. Then, I focused on the perceived favorability of music and odors to concentrate on a highly demanding cognitive task. I conducted a study to understand how affective characteristics (pleasantness, familiarity, and arousal) build the perceived favorability of a sensory stimulus to concentrate on a cognitive task. Moreover, I wanted to know if affective characteristics correspondences of different types of sensory stimuli could enhance the perceived favorability of a multisensory environment when realizing a cognitive task. Finally, I conducted an experiment to investigate the effects of personalized or imposed, favorable or unfavorable music and odors, diffused separately or together, on executive and perceived performances of young and older adults. On this topic, three papers are in preparation, and one is under review.</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> I aim to study how olfactory perception can shape the pleasantness and congruency of multisensory experiences.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anosmia, hyposmia and autobiographic memories:</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current research interests.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Olfaction is a sense particularly linked to memory, executive functions and emotions, and this relationship has been observed numerous times at both cerebral and behavioral levels (Challakere Ramaswamy & Schofield, 2022; Zelano et al., 2016). Yet, to our knowledge, never has the link between olfactory, memetic, executive, and emotional capacities been studied via autobiographical memory, central in the creation of our identity, goals, and motivations (Conway & Jobson, 2012). I aim to study the impact of olfactory sense functionality on autobiographical, executive, and emotional memory skills. The main objective is to meet the expectations of anosmic and presbyopic patients by precisely characterizing the repercussions of anosmia and aging on overall cognitive functioning (memory, executive functioning) and emotion.</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> With the help of Dr Jane Plailly (CRNL, Université de Lyon) and Pr Auriane Gros (CoBTeK laboratory, Université Côte D'Azur) we developed a research project about this topic. Stay tuned!</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Somatosensation, bodily perception, and self-recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">:</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current research interests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. I aim to study how the feeling of embodiment arises from the congruency of multisensory information. Passionate about bodily perceptions and how experimental illusions are the ideal gateway to study them, I conducted a study to understand how proprioception and tactile perceptions contribute to the construction of the embodiment feeling. I used the Rubber Hand Illusion paradigm and changed the posture of the fingers to create multisensory congruency and incongruency, the data obtained challenged internal body models and resonated with probabilistic multisensory integration theory. On this topic, one paper has been published in 2023 in Multisensory Research.</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> A better understanding of how somatosensory stimuli interact between them could help the clinical population by developing therapies, treatments, and prostheses.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Predictions, uncertainty in sensory experiences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">:</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current research interests.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Anticipation and uncertainty shape the pleasantness and vividness of several sensory experiences. I studied the neurocognition and physiology of the musical thrill, but without having the chance to conduct empirical studies. Scientific literature tells us that musical thrills can be partly explained by the importance of the prediction made of musical notes' continuity, but also arise from the surprise evoked by wrong expectations (Cheung et al., 2019). I am interested in how the brain processes and matches sensory expectations and perceived stimuli, and why some of the sensory perceptions are felt as pleasant or unpleasant. I am convinced that a better understanding of the role of predictions and uncertainty in uni or multisensory experiences is crucial for clinical populations (amputations, strokes, etc.).</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Studying the role of predictions and uncertainty can be led in all sensory fields. I would like to work on the cognitive neurosciences of somatosensation and how predictions can shape tactile experiences.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From speaking up to shutting down: The cognitive costs of non-instrumental voice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement F.A. Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Milhabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Denis-Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Steiner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 262, pp.106163. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2025.106163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05443833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrative cognitive model for multisensory design: benefits and risks of AI-personalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcomp.2025.1652537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are trait self-control and self-control resources mediators of relations between executive functions and health behaviors?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux de Chanaleilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Cheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïna Chalabaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Sport and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.102410. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psychsport.2023.102410⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visuo-Tactile Congruence Leads to Stronger Illusion Than Visuo-Proprioceptive Congruence: a Quantitative and Qualitative Approach to Explore the Rubber Hand Illusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Denis-Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séraphin Boulvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvane Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multisensory Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36 (6), pp.477-525. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/22134808-bja10101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can odors help us to focus? A multisensory and personalized approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Denis-Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Symposium on Olfaction and Taste (ISOT2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What does your favorite work environment smell like? The influence of age on daily habits related to odors and concentration in adults, and on the perceived olfactory characteristics of stimuli.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria-Anne Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Denis-Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement F. A. Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Odeuropa Smell Culture Fair</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How could background music and odors optimize young and older adults' cognitive performances?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Denis-Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of Smells and Music on Young and Older Adults Cognitive Performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inauguration of The NeuroMod Institute for Modeling in Neuroscience and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Nice, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes des influences de musiques et d'odeurs sur les performances exécutives et les ressentis de performances d'adultes jeunes et âgé·e·s : Vers une approche personnalisée des environnements uni et multisensoriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bartoletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Université Côte d'Azur, 2024. Français. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2024COAZ2014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04652376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déficits individuels induits par des situations répétées d’échec : implications pour les « chômeurs » et leur stigmatisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement F. A. Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Milhabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIPTLF2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22e congrès de l’Association internationale de psychologie du travail de langue française, 2023, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes de l’influence d’environnements olfacto-auditifs sur les fonctions exécutives d’adultes jeunes et âgés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Arômes Parfums</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Chimie de Nice, 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déficits individuels induits par des situations répétées d'échec : implication pour les &amp;quot;chômeurs&amp;quot; et leur stigmatisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement F. A. Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Milhabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22e congrès de l’Association Internationale de Psychologie du Travail de Langue Française (AIPTLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale de Psychologie du Travail de Langue Française (AIPTLF), Jul 2023, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of music and smells on young and older adults' executive functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion annuelle du GDR O3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR O3, 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnements olfacto-auditifs et vieillissement démographique, quels enjeux pour les adultes jeunes et âgés d'aujourd'hui et de demain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Jeunes Chercheurs, Création-Recherche en Olfaction : pratiques et métiers en mutations. Acte 1. Sommes-nous manipulés par les senteurs ou est-ce nous qui les manipulons ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LARA-SEPPIA, 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Croisons les doigts ! » : augmentation de la saillance des informations proprioceptives dans le paradigme de la RHI.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvane Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Jeunes Chercheurs, session "Corps &amp; Espace".</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LPNC, 2021, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ODOJAZZ : quand les parfums se mêlent à la musique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Corveleyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine du Son de l’UNESCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Semaine du Son de l’UNESCO, 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact des traces tactiles et proprioceptives dans la construction de l'image du corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60ème Congrès de la Société Française de Psychologie à Poitiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFP, 2019, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId49"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Roxane L. Bartoletti </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Docteure en Psychologie, spécialisée en psychologie cognitive,Post-doctorante en Psychologie Cognitive au Laboratoire APSY de Nîmes Université,Chercheuse associée au LAPCOS à Université Côte d'Azur</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My research focuses on multisensory perceptions and their impact on human interaction with others and their environment.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multisensory Perceptions, Music, and Objective and Subjective Performance:</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">My current research interests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> explore the effects of personalized and imposed multisensory environments on executive (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">i.e.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, working memory update, cognitive flexibility, and response inhibition) and perceived performance in young and older adults. Odors and music are distinct sensory stimuli that can be used to create specific atmospheres, but scientific literature on how people use sensory stimuli to shape daily experiences is scarce (Kiss & Linnell, 2023). I conducted two studies to understand how people of different ages use music and odors in daily life and for concentration. Then, I examined the perceived favorability of music and odors for focusing on a demanding cognitive task. A study was conducted to understand how affective characteristics (pleasantness, familiarity, and arousal) build the perceived favorability of a sensory stimulus for cognitive focus. I also aimed to determine if affective characteristics of different sensory stimuli could enhance the perceived favorability of a multisensory environment for cognitive tasks. Finally, an experiment was conducted to investigate the effects of personalized or imposed, favorable or unfavorable music and odors, delivered separately or together, on executive and perceived performance in young and older adults. Three papers are currently in preparation, and one is under review.</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> I aim to investigate how olfactory perception influences the pleasantness and congruence of multisensory experiences.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anosmia, hyposmia and autobiographic memories:</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">My current research interest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> lies in how olfaction, a sense strongly linked to memory and emotions, impacts autobiographical, executive, and emotional memory skills (Challakere Ramaswamy & Schofield, 2022; Greco-Vuilloud et al., 2026). Notably, this relationship has been observed at both brain and behavioral levels. However, the link between olfactory, memory, executive, and emotional capacities through autobiographical memory, which is central to identity, goals, and motivation (Conway & Jobson, 2012), remains understudied. My goal is to study how olfactory function impacts overall cognitive functioning (memory and executive function) and emotion in anosmic and presbyopic patients.</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> In collaboration with Dr. Jane Plailly (CRNL, Université de Lyon) and Pr. Auriane Gros (CoBTeK laboratory, Université Côte d'Azur), we developed a research project addressing this topic. Stay tuned for updates!</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Somatosensation, bodily perception, and self-recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">:</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">My research interest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> focuses on how the sense of embodiment arises from the congruence of multisensory information. I am passionate about bodily perceptions and the use of experimental illusions to study them. I conducted a study using the Rubber Hand Illusion, manipulating finger postures to create multisensory congruence and incongruence. The findings challenged internal body models and aligned with the theory of probabilistic multisensory integration. One paper on this topic was published in 2023 in Multisensory Research.</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Understanding how somatosensory stimuli interact could aid clinical populations by developing therapies, treatments, and prosthetics.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Predictions, uncertainty in sensory experiences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">:Anticipation and uncertainty shape the pleasantness and vividness of various sensory experiences. I've explored the neurocognition of musical thrills without conducting empirical studies. Research suggests that musical thrills arise partly from the anticipation of musical continuity and from the surprise of mispredicted notes (Cheung et al., 2019). I am interested in how the brain processes and matches sensory predictions with perceived stimuli, and why some sensory experiences are perceived as pleasant or unpleasant. I believe that understanding the role of predictions and uncertainty in uni- or multisensory experiences is crucial for clinical populations (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e.g.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, amputees, stroke survivors).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From speaking up to shutting down: The cognitive costs of non-instrumental voice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement F.A. Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Milhabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Denis-Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Steiner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 262, pp.106163. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2025.106163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05443833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrative cognitive model for multisensory design: benefits and risks of AI-personalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcomp.2025.1652537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are trait self-control and self-control resources mediators of relations between executive functions and health behaviors?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux de Chanaleilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Cheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïna Chalabaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Sport and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.102410. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psychsport.2023.102410⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visuo-Tactile Congruence Leads to Stronger Illusion Than Visuo-Proprioceptive Congruence: a Quantitative and Qualitative Approach to Explore the Rubber Hand Illusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Denis-Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séraphin Boulvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvane Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multisensory Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36 (6), pp.477-525. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/22134808-bja10101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can odors help us to focus? A multisensory and personalized approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Denis-Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Symposium on Olfaction and Taste (ISOT2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What does your favorite work environment smell like? The influence of age on daily habits related to odors and concentration in adults, and on the perceived olfactory characteristics of stimuli.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria-Anne Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Denis-Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement F. A. Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Odeuropa Smell Culture Fair</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How could background music and odors optimize young and older adults' cognitive performances?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Denis-Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of Smells and Music on Young and Older Adults Cognitive Performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inauguration of The NeuroMod Institute for Modeling in Neuroscience and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Nice, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes des influences de musiques et d'odeurs sur les performances exécutives et les ressentis de performances d'adultes jeunes et âgé·e·s : Vers une approche personnalisée des environnements uni et multisensoriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Bartoletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Université Côte d'Azur, 2024. Français. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2024COAZ2014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04652376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déficits individuels induits par des situations répétées d'échec : implication pour les &amp;quot;chômeurs&amp;quot; et leur stigmatisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement F. A. Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Milhabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22e congrès de l’Association Internationale de Psychologie du Travail de Langue Française (AIPTLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale de Psychologie du Travail de Langue Française (AIPTLF), Jul 2023, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déficits individuels induits par des situations répétées d’échec : implications pour les « chômeurs » et leur stigmatisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement F. A. Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Milhabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIPTLF2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22e congrès de l’Association internationale de psychologie du travail de langue française, 2023, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes de l’influence d’environnements olfacto-auditifs sur les fonctions exécutives d’adultes jeunes et âgés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Arômes Parfums</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Chimie de Nice, 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of music and smells on young and older adults' executive functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion annuelle du GDR O3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR O3, 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnements olfacto-auditifs et vieillissement démographique, quels enjeux pour les adultes jeunes et âgés d'aujourd'hui et de demain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Jeunes Chercheurs, Création-Recherche en Olfaction : pratiques et métiers en mutations. Acte 1. Sommes-nous manipulés par les senteurs ou est-ce nous qui les manipulons ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LARA-SEPPIA, 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Croisons les doigts ! » : augmentation de la saillance des informations proprioceptives dans le paradigme de la RHI.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvane Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Jeunes Chercheurs, session "Corps &amp; Espace".</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LPNC, 2021, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ODOJAZZ : quand les parfums se mêlent à la musique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Adrian-Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Antonczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Corveleyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk D Steiner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine du Son de l’UNESCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Semaine du Son de l’UNESCO, 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact des traces tactiles et proprioceptives dans la construction de l'image du corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane L. Bartoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Corveleyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60ème Congrès de la Société Française de Psychologie à Poitiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFP, 2019, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId49"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443833v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement F.A. Andrieu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bartoletti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Milhabet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Denis-No&#235;l" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Steiner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2025.106163" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321132v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Corveleyn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcomp.2025.1652537" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04061618v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux de Chanaleilles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2023.102410" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697460v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;raphin Boulvert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lopez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvane Faure" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134808-bja10101" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697487v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane L. Bartoletti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Adrian-Scotto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Antonczak" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk D Steiner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697497v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria-Anne Michel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement F. A. Andrieu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697499v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-03322723v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04652376v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024COAZ2014" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697468v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697464v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Corveleyn" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174085v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697469v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697472v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697473v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697478v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697483v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443833v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement F.A. Andrieu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bartoletti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Milhabet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Denis-No&#235;l" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Steiner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2025.106163" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321132v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Corveleyn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcomp.2025.1652537" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04061618v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux de Chanaleilles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2023.102410" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697460v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;raphin Boulvert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lopez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvane Faure" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134808-bja10101" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697487v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane L. Bartoletti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Adrian-Scotto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Antonczak" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk D Steiner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697497v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria-Anne Michel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement F. A. Andrieu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697499v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-03322723v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04652376v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024COAZ2014" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174085v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697468v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697464v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Corveleyn" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697469v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697472v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697473v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697478v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697483v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>