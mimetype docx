--- v0 (2026-03-03)
+++ v1 (2026-03-28)
@@ -340,169 +340,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02482732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gens de couleur dans trois vaudevilles du XIXe siècle, ouvrage de Lise Schreier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nineteenth-Century French Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.vol 46.3-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03229769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fabrique et réception du « théâtre populaire » dans la première moitié du XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de l'Association internationale des études françaises (CAIEF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 70, pp.247-261</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02482720v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03229769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugène Scribe. Un maître de la scène théâtrale et lyrique au XIXe siècle, ouvrage d'Olivier Bara et Jean-Claude Yon (dir.)</w:t>
               </w:r>
@@ -1794,164 +1794,164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04331330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">René-Charles Guilbert de Pixerécourt, Mélodrames, tome V : 1811-1814</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Roxane Martin. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, vol. 1, 633p., 2021, 978-2-406-10554-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03229694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le mélodrame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Les Belles Lettres, 73, 2021, 9782913718227</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04620439v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-03229694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René-Charles Guilbert de Pixerécourt, Mélodrames, tome V : 1811-1814</w:t>
               </w:r>
@@ -2754,547 +2754,547 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nineteenth-Century Melodrama, Vaudeville and Entertainment. The Vitality and Richness of a Marginalized Theatre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christian Biet and Clare Finburgh. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A New History of Theatre in France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge University Press, pp.206-224, 2024, 9781108908566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/9781108908566⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03602348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Suicide ou le Vieux Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Roxane Martin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélodrames, tome VI : 1815-1818</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.391-620, 2024, 978-2-406-15875-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04620393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La place de la musique dans la genèse du projet mélodramatique : analyse des manuscrits de Guilbert de Pixerécourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Olivier Bara; Patrick Taïeb. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La musique de scène dans le théâtre parlé, des Lumières au Romantisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.111-130, 2024, 978-2-36781-428-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02482919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le Suicide ou le Vieux Sergent</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Monastère abandonné ou la Malédiction paternelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roxane Martin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélodrames, tome VI : 1815-1818</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Classiques Garnier, pp.391-620, 2024, 978-2-406-15875-2</w:t>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.621-835, 2024, 978-2-406-15875-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...102 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04620403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flaubert à l'épreuve de l'image scénique : les décors du Château des cœurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Juliette Azoulai; Philippe Dufour; Gisèle Séginger. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flaubert en images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, pp.353-371, 2024, 9791037038593</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04617781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le Monastère abandonné ou la Malédiction paternelle</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la virago à l'héroïne sentimentale : les représentations de la femme dans le mélodrame (1800-1830)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christine Rodriguez. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le coeur et ses raisons dans l'opéra français au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04620470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Belvédère ou la Vallée de l'Etna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roxane Martin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélodrames, tome VI : 1815-1818</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Classiques Garnier, pp.621-835, 2024, 978-2-406-15875-2</w:t>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.1131-1252, 2024, 978-2-406-15875-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04620412v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04620470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Offenbach à la Comédie-Française</w:t>
               </w:r>
@@ -6435,51 +6435,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229736v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Martin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11244-0.p.0047" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03599230v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.11254" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482732v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482720v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229769v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229761v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229738v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896779v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482814v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.031.0017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482723v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482686v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466673v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482757v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482777v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482842v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482809v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03589169v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896735v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482885v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482887v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaouche Sabine" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620372v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-Charles Guilbert de Pixer&#233;court" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15877-6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04331330v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14367-3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620439v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229694v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/melodrames-tome-v-volume-i-1811-1814-etablissement-du-texte-en.html?displaymode=full" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229704v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/melodrames-tome-v-volume-ii-1811-1814-en.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229731v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Flaubert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le S&#233;ginger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufour" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gallimard.fr/Catalogue/GALLIMARD/Bibliotheque-de-la-Pleiade/OEuvres-completes136" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482876v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Nordera" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482853v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06598-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229723v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482858v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482865v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01617074v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620427v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-2116-7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466683v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482871v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482919v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620393v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602348v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108908566" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04617781v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620403v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620412v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620470v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896780v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actes-sud.fr/catalogue/arts/offenbach-musicien-europeen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03589158v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara T. Cooper" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962866v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/litteratures-francaises-comparee-et-langue/e-theatrum-mundi/une-oeuvre-en-dialogue" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/TXLA5206" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03589136v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03589128v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/melodrames-tome-v-volume-i-1811-1814.html#" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03201714v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pacinieditore.it/prodotto/teatro-didascalie-vaudeville-beckett/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03589145v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Cheyne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896782v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publis-shs.univ-rouen.fr/ceredi/index.php?id=1062" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466711v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482713v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07448-9.p.0065" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482929v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896770v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896744v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Morrison" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/melodrames-tome-iv-1809-1810.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482807v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482703v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06866-2.p.0099" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896753v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896759v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622162v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896760v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896765v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896762v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482801v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466694v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482739v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466699v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482752v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03584835v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vannina Olivesi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Barducci Nordera" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/11277-book-08535342-9782745353429.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482766v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466652v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482804v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466716v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482742v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466720v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466725v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466654v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466646v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896788v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229749v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229736v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Martin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11244-0.p.0047" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03599230v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.11254" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482732v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229769v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482720v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229761v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229738v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896779v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482814v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.031.0017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482723v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482686v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466673v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482757v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482777v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482842v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482809v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03589169v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896735v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482885v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482887v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaouche Sabine" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620372v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-Charles Guilbert de Pixer&#233;court" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15877-6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04331330v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14367-3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229694v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/melodrames-tome-v-volume-i-1811-1814-etablissement-du-texte-en.html?displaymode=full" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620439v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229704v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/melodrames-tome-v-volume-ii-1811-1814-en.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229731v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Flaubert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le S&#233;ginger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufour" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gallimard.fr/Catalogue/GALLIMARD/Bibliotheque-de-la-Pleiade/OEuvres-completes136" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482876v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Nordera" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482853v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06598-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229723v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482858v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482865v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01617074v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620427v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-2116-7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466683v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482871v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602348v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108908566" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620393v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482919v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620403v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04617781v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620470v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04620412v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896780v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actes-sud.fr/catalogue/arts/offenbach-musicien-europeen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03589158v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara T. Cooper" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962866v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/litteratures-francaises-comparee-et-langue/e-theatrum-mundi/une-oeuvre-en-dialogue" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/TXLA5206" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03589136v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03589128v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/melodrames-tome-v-volume-i-1811-1814.html#" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03201714v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pacinieditore.it/prodotto/teatro-didascalie-vaudeville-beckett/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03589145v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Cheyne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896782v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publis-shs.univ-rouen.fr/ceredi/index.php?id=1062" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466711v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482713v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07448-9.p.0065" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482929v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896770v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896744v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Morrison" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/melodrames-tome-iv-1809-1810.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482807v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482703v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06866-2.p.0099" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896753v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896759v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622162v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896760v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896765v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896762v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482801v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466694v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482739v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466699v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482752v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03584835v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vannina Olivesi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Barducci Nordera" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/11277-book-08535342-9782745353429.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482766v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466652v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482804v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466716v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02482742v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466720v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466725v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466654v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04466646v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896788v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229749v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>