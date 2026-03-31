--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1382,312 +1382,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05500929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approach to build a complete digital report of the cathedral (after fire) with the aioli 3d annotation platform</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A semantically enriched multimodal imaging approach dedicated to conservation and restoration studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Pamart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Roussel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emile Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Colombini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato Saleri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Web3D technologies for the Notre-Dame de Paris by Violette Abergel and Livio de Luca</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th Intl. Workshop 3D-ARCH “3D Virtual Reconstruction and Visualization of Complex Architectures”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Mantua, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLVI-2-W1-2022-415-2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05517327v1</w:t>
+                <w:t xml:space="preserve">hal-03618081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A semantically enriched multimodal imaging approach dedicated to conservation and restoration studies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une plateforme d’annotation sémantique 3D, Annotation sémantique de la cathédrale notre-dame de paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Intl. Workshop 3D-ARCH “3D Virtual Reconstruction and Visualization of Complex Architectures”</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lundis numériques de l’INHA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INHA, Oct 2022, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLVI-2-W1-2022-415-2022⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03618081v1</w:t>
+                <w:t xml:space="preserve">hal-05517260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une plateforme d’annotation sémantique 3D, Annotation sémantique de la cathédrale notre-dame de paris</w:t>
+                <w:t xml:space="preserve">Approach to build a complete digital report of the cathedral (after fire) with the aioli 3d annotation platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Roussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lundis numériques de l’INHA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INHA, Oct 2022, Marseille, France</w:t>
+              <w:t xml:space="preserve">Workshop Web3D technologies for the Notre-Dame de Paris by Violette Abergel and Livio de Luca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Web3D 2022, Nov 2022, Evry-Courcouronnes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05517260v1</w:t>
+                <w:t xml:space="preserve">hal-05517327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Workshop digital technologies in the scientific action for the restoration of Notre-Dame de Paris</w:t>
               </w:r>
@@ -2783,51 +2783,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="826CC970"/>
+    <w:nsid w:val="EDB5C434"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3014,51 +3014,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/roxane-roussel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-7241-9396" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrsformation.cnrs.fr/releve-numerique-2d-3d-appliquees-aux-monuments-et-sites-patrimoniaux?axe=178" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298745v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arese" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Roussel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-M-9-2025-49-2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450384v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guillem" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Comte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pamart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/heritage8110476" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300526v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane N&#233;roulidis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miled Rousset" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2023.09.016" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517360v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272937v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/dh.20253126" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420632v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772583v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Manuel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146083v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-M-2-2023-1359-2023" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500929v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517327v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618081v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Hubert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Colombini" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Saleri" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVI-2-W1-2022-415-2022" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517260v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517339v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Malavergne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517281v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517309v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559084v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bagn&#233;ris" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bromblet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLII-2-W15-1039-2019" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500859v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Penagos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lafarge" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576563v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Blettery" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Br&#233;dif" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Christophe" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576841v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576633v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Callieri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cao" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826931v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/roxane-roussel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-7241-9396" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrsformation.cnrs.fr/releve-numerique-2d-3d-appliquees-aux-monuments-et-sites-patrimoniaux?axe=178" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298745v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arese" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Roussel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-M-9-2025-49-2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450384v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guillem" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Comte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pamart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/heritage8110476" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300526v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane N&#233;roulidis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miled Rousset" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2023.09.016" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517360v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272937v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/dh.20253126" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420632v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772583v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Manuel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146083v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-M-2-2023-1359-2023" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500929v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618081v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Hubert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Colombini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Saleri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVI-2-W1-2022-415-2022" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517260v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517327v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517339v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Malavergne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517281v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517309v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559084v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bagn&#233;ris" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bromblet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLII-2-W15-1039-2019" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500859v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Penagos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lafarge" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576563v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Blettery" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Br&#233;dif" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Christophe" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576841v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576633v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Callieri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cao" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826931v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>