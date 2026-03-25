--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -661,345 +661,345 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03485758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internal wave-eddy interactions, turbulence and mixing during the 2023 BioSWOT-MED cruise</w:t>
+                <w:t xml:space="preserve">Integrating SWOT with autonomous platforms: the case of the BioSWOT-Med biogeochemical front</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Rolland</w:t>
+                <w:t xml:space="preserve">Riccardo Martellucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Bouruet-Aubertot</w:t>
+                <w:t xml:space="preserve">Marco Bellacicco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannis Cuypers</w:t>
+                <w:t xml:space="preserve">Milena Menna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elvira Pulido-Villena</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anthony Bosse</w:t>
+                <w:t xml:space="preserve">Maristella Berta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Joel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EGU, Apr 2024, Vienne, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-17494⟩</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-17256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04725901v1</w:t>
+                <w:t xml:space="preserve">insu-04725904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent progress in the study of fine-scale physical-biological coupling in the Mediterranean Sea.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Francesco d'Ovidio</w:t>
+                <w:t xml:space="preserve">Internal wave-eddy interactions, turbulence and mixing during the 2023 BioSWOT-MED cruise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Bouruet-Aubertot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannis Cuypers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvira Pulido-Villena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EGU, Apr 2024, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-17494⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-7133⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03375405v1</w:t>
+                <w:t xml:space="preserve">insu-04725901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new approch for measuring oceanic vertical velocities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Fuda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1021,749 +1021,883 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea M. Doglioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Petrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Grégori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, On Line, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03396001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of fine-scale dynamics and their coupling with biogeochemistry - FUMSECK cruise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recent progress in the study of fine-scale physical-biological coupling in the Mediterranean Sea.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Tzortzis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea M. Doglioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Barrillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Petrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Melilotus Thyssen</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco d'Ovidio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-7199⟩</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-7133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03375185v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle approche pour mesurer la composante verticale des courants océaniques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of fine-scale dynamics and their coupling with biogeochemistry - FUMSECK cruise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Barrillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Comby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Fuda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Caroline Comby</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Petrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melilotus Thyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Drones &amp; Capteurs embarqués 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-7199⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03575152v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights for direct in situ measurement of oceanic vertical velocities in fine-scale studies.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une nouvelle approche pour mesurer la composante verticale des courants océaniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Fuda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Barrillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nagib Bhairy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Branger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Comby</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Roxane Tzortzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Drones &amp; Capteurs embarqués 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Drones &amp; Cap', Sep 2021, Saint-Pierre-d’Oléron, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03377993v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03575152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining remote sensing and in situ observations to study the physical-biological coupling at fine scale: recent Mediterranean campaigns and outlook</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New insights for direct in situ measurement of oceanic vertical velocities in fine-scale studies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Comby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Barrillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Fuda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea M. Doglioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Barrillon</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Tzortzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-7356⟩</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, online, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-4632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962520v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03377993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Lagrangian strategy for in situ sampling the physical-biological coupling at fine scale : the PROTEVSMED-SWOT 2018 cruise</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combining remote sensing and in situ observations to study the physical-biological coupling at fine scale: recent Mediterranean campaigns and outlook</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea M. Doglioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Grégori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco d'Ovidio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Petrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Barrillon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Francesco d'Ovidio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, EGU, May 2020, On line, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-7356⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Lagrangian strategy for in situ sampling the physical-biological coupling at fine scale : the PROTEVSMED-SWOT 2018 cruise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Tzortzis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea M. Doglioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Barrillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Petrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco d'Ovidio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, May 2020, On-line, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-7357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02968298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1773,165 +1907,165 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FUMSECK cruise report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Barrillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagib Bhairy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Comby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] MIO-Mediterranean Institute of Oceanography, Aix-Marseille Université. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03007230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId51"/>
+      <w:footerReference w:type="default" r:id="rId58"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2078,51 +2212,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03948246v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barrillon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Fuchs" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petrenko" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Comby" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bosse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-141-2023" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190237v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Tzortzis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea M. Doglioli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Messi&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-3491-2023" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03746757v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fuda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JTECH-D-21-0180.1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03485758v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Ovidio" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-6455-2021" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04725901v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Rolland" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bouruet-Aubertot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Cuypers" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Pulido-Villena" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17494" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375405v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-7133" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03396001v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gr&#233;gori" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375185v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melilotus Thyssen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-7199" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575152v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagib Bhairy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Branger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377993v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-4632" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962520v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-7356" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02968298v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-7357" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007230v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Bataille" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Coulon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03948246v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barrillon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Fuchs" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petrenko" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Comby" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bosse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-141-2023" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190237v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Tzortzis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea M. Doglioli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Messi&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-3491-2023" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03746757v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fuda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JTECH-D-21-0180.1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03485758v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Ovidio" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-6455-2021" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04725904v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Martellucci" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bellacicco" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Menna" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maristella Berta" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Joel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17256" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04725901v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Rolland" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bouruet-Aubertot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Cuypers" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Pulido-Villena" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17494" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03396001v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gr&#233;gori" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375405v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-7133" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375185v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melilotus Thyssen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-7199" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575152v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagib Bhairy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Branger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377993v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-4632" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962520v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-7356" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02968298v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-7357" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007230v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Bataille" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Coulon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>