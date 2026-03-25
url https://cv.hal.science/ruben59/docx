--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -217,2188 +217,3687 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques inconstitutionnelles françaises à la lumière de l'histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Giornale di Storia costituzionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 50 (2), pp.55-65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05394498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teaching constitutional history in France: challenges and prospects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Galaad Defontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Constitutional History - Giornale di Storia Costituzionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 47, pp.13-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teaching constitutional history in France: challenges and prospects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Galaad Delafontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Constitutional History - Giornale di Storia Costituzionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 47 (1), pp.13-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04935039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constitution, histoire et mémoire. Rapport introductif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelly Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (2022), pp.57 - 69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/aijc.2023.3071⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La responsabilité du chef de l’État</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Constitutional History - Giornale di Storia Costituzionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (28), pp.43 - 49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maintien de l'ordre et intégration politique en Bretagne : l'Ille-et-Vilaine sous le Second Empire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue historique de droit français et étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 76, pp.235 - 254</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'an III et l'héritage du Comité de Salut Public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue historique de droit français et étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 75, pp.93 - 107</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La résistance à l'oppression en 1793</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue historique de droit français et étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 72, pp.235 - 247</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de droit romain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue historique de droit français et étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 70, pp.125 - 142</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les expériences étrangères et la première constitution française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Burdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pouvoirs - Revue française d’études constitutionnelles et politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1989, 50, pp.97 - 112</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01009591v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de droit romain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue historique de droit français et étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1988, 66, pp.117 - 132</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les rivages de la mer : droit romain et glossateurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue historique de droit français et étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1987, 65, pp.23 - 44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vin : attitudes du droit romain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1987, pp.17 - 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esclavage et enseignement du droit : les Institutes de Gaius</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Index : Quaderni camerti di studi romanistici</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1987, 15, pp.51 - 61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit romain et réalités sociales de la sexualité servile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dialogues d'histoire ancienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1986, 12, pp.371 - 387</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les esclaves privilégiés à travers le Digeste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Index : Quaderni camerti di studi romanistici</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1985, 13, pp.477 - 490</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude sur la composition du Conseil impérial d'Antonin le Pieux à Commode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Index : Quaderni camerti di studi romanistici</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1983, 12, pp.315 - 348</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit de l'esclavage sous le Haut-Empire romain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Boulvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aufstieg und Niedergang der römischen Welt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1982, II (14), pp.98 - 182</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les réalités de l'esclavage d'après le Digeste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Index : Quaderni camerti di studi romanistici</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1980, 9, pp.174 - 179</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricerche sulla schiavitù attraverso il discorso dei giuristi nel Digesto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Index : Quaderni camerti di studi romanistici</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1978, 8, pp.280 - 288</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Administration et Constitution: France, Italie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Larcier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Liber Amicorum Maryse Baudrez. Le voyage d’Italie. Etudes de droit français, italien et comparé (sous la direction de Thierry Di Manno et Jean-Jacques Pardini)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Larcier-Intersentia, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05394533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Responsibility of the national executive Power in Germany from the point of view of local territories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Gaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claus Dieter Classen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Vilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Tusseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regional Accountability and executive Power in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.14-19, 2024, 9781032251004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04680233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The point of view of a local elected official</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Viola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Tusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regional accountability and executive power in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.31-34, 2024, 9781003281559</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04526248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding responsibility through the issue of the environment – towards a bilateral conception of responsibility?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Bozzo-Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Tusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regional Accountability and Executive Power in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, 2024, 9781032251004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04259624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comparative Executive Power in Europe: Perspectives on Accountability from Law, History and Political Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, In press, 9781032250977</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04144040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Assemblées révolutionnaires »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in D. Connil, P. Jensel-Monge, A. De Montis, Dictionnaire encyclopédique du Parlement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, collection Etudes parlementaires, Bruylant, p. 115-117, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04575660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que reste-t-il de la Constitution de 1958 ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Le Cercle des constitutionnalistes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les 60 ans de la Constitution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dalloz, pp.63 - 69, 2018, 9782247187621</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03224326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution and Gestalt of the French State</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Auby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sabino Cassese; Armin Von Bogdandy; Peter Huber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Max Planck Handbooks in European Public Law</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, pp.165 - 195, 2017, 9780198726401</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03224342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'européanisation des politiques éducatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Grégoire Bigot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes à la mémoire du professeur François Burdeau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LexisNexis, 2008, 9782711010165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03574009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comité national français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Braud; Guillaume Piketty; Claire Andrieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Charles de Gaulle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Robert Laffont, 2006, 9782221102800</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sieyès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jacques Krynen; Patrick Arabeyre; Jean-Louis Halpérin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire historique des juristes français : XIIe-XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de France, 2006, 9782130564959</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barnave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Patrick Arabeyre; Jean-Louis Halpérin; Jacques Krynen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire historique des juristes français : XIIe-XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de France, 2006, 9782130564959</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rétablissement de la légalité républicaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Braud; Guillaume Piketty; Claire Andrieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Charles de Gaulle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Robert Laffont, 2006, 9782221102800</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mounier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jacques Krynen; Patrick Arabeyre; Jean-Louis Halpérin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire historique des juristes français : XIIe-XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de France, 2006, 9782130564959</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirabeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Patrick Arabeyre; Jacques Krynen; Jean-Louis Halpérin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire historique des juristes français : XIIe-XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de France, 2006, 9782130564959</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comité français de libération nationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Braud; Guillaume Piketty; Claire Andrieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Charles de Gaulle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Robert Laffont, 2006, 9782221102800</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Référendum du 21 octobre 1945</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Braud; Louis Assier Andrieu; Guillaume Piketty. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Charles de Gaulle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Robert Laffont, 2006, 9782221102800</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manifeste de Brazzaville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Braud; Guillaume Piketty; Claire Andrieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire De Gaulle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Robert Laffont, 2006, 9782221102800</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gouvernement provisoire de la République française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Braud; Guillaume Piketty; Claire Andrieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Charles de Gaulle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Robert Laffont, 2006, 9782221102800</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Débat constitutionnel 1945</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Braud; Guillaume Piketty; Claire Andrieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Charles de Gaulle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Robert Laffont, 2006, 9782221102800</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consilium principis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean Leclant. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire de l'Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de France, 2005, 9782130550181</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Latin junien</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pécule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean Leclant. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire de l'Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de France, 2005, 9782130550181</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Esclavage</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latin junien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean Leclant. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire de l'Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de France, 2005, 9782130550181</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Pécule</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esclavage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean Leclant. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire de l'Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de France, 2005, 9782130550181</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mythe de l'esclavage antique chez Linguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'influence de l'Antiquité sur la pensée politique européenne, XVI-XXème siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires Aix-Marseille Université, pp.261 - 269, 1996, 9782731401158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signes médiévaux de survie de l'esclavage antique : le témoignage des pénitentiels (VIe-XIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie-Madeleine Mactoux; Évelyne Geny. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges Pierre Lévêque. 5, Anthropologie et société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Belles Lettres, pp.261 - 287, 1991, 9782251604299</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les carrières des juristes acteurs de la Révolution de 1789 à 1815</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marcel Morabito; Marcel Morabito. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Révolution et les juristes à Rennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Economica, pp.1 - 91, 1989, 9782717816976</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratique de la vente mobilière en Provence à la fin du Moyen Age : le témoignage des notaires de Barjols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges en l'honneur de Jean-Pierre Béguet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Toulon, pp.479 - 499, 1985, 2000199446533</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2408,2525 +3907,1026 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire constitutionnelle de la France de 1789 à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LGDJ. Lextenso, pp.570, 2025, 978-2-275-14390-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05236429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regional Accountability and Executive Power in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Tusseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Routledge, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04935071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regional Accountability and Executive Power in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Tusseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marcel Morabito; Guillaume Tusseau. Routledge, 1, pp.316, 2024, 9781032251004. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4324/9781003281559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04521300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Executive Power in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Tusseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Routledge, pp.288, 2023, 9781032250977</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04144013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire constitutionnelle de la France : de 1789 à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L.G.D.J. Lextenso, pp.558, 2018, Domat droit public, 9782275054841</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03222374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche et innovation : quelles stratégies politiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses de Sciences Po, pp.152, 2014, Nouveaux débats, 9782724614701</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01052611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire constitutionnelle de la France : de 1789 à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Librairie générale de droit et de jurisprudence, pp.550, 2014, Précis Domat, 9782275041582</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01520322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire constitutionnelle de la France de 1789 à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions Montchrestien, pp.548, 2012, Précis Domat, 9782707617538</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03415434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire constitutionnelle de la France (1789 à 1958)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions Montchrestien, pp.431, 2010, Domat droit public, 9782707616869</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03415582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire constitutionnelle de la France : 1789-1958</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions Montchrestien, pp.431, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03570400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Culture et politique du droit administratif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabino Cassese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dalloz, pp.189, 2008, 9782247070398</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03415845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il comando negato. Rivoluzione francese e potere esecutivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Piero Lacaita Editore, pp.224, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le chef de l'Etat en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions Montchrestien, pp.160, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Révolution et les juristes à Rennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marcel Morabito. Editions Economica, pp.217, 1989</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les réalités de l'esclavage d'après le 'Digeste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Les Belles Lettres, pp.367, 1981, 9782251602547</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01025208v2</w:t>
-              </w:r>
-[...1497 lines deleted...]
-                <w:t xml:space="preserve">hal-03585323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5071,51 +5071,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constitution, histoire et mémoire : rapport introductif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Morabito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5706,51 +5706,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1557408B"/>
+    <w:nsid w:val="594418BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5937,51 +5937,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394533v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Morabito" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680233v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gaillet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Dieter Classen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Vilain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tusseau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526248v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Viola" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259624v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Bozzo-Rey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04144040v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575660v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03224326v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03224342v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Auby" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03574009v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585345v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585327v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585313v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585348v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585321v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585315v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585346v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585297v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585296v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585295v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585343v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585332v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585325v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585320v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585308v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585328v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585333v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585306v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585314v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05236429v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04935071v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04521300v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003281559" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04144013v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03222374v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01052611v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01520322v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03415434v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03415582v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03570400v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03415845v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabino Cassese" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585301v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585319v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585310v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01025208v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394498v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04935039v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galaad Delafontaine" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04923671v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galaad Defontaine" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04923703v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Picard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aijc.2023.3071" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03460624v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585331v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585316v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585334v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585302v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01009591v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Burdeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585324v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585318v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Charbonnel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585336v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585312v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585317v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585304v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585330v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585335v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Boulvert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585305v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585323v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001087v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Vidal Naquet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Monge" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04226086v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585341v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585311v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585322v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585326v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585329v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03417485v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Dupuy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394498v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Morabito" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04923671v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galaad Defontaine" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04935039v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galaad Delafontaine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04923703v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Picard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aijc.2023.3071" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03460624v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585331v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585316v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585334v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585302v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01009591v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Burdeau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585324v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585318v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Charbonnel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585336v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585312v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585317v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585304v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585330v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585335v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Boulvert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585305v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585323v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394533v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680233v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gaillet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Dieter Classen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Vilain" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tusseau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526248v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Viola" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259624v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Bozzo-Rey" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04144040v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575660v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03224326v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03224342v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Auby" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03574009v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585345v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585327v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585313v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585348v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585321v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585315v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585346v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585297v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585296v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585295v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585343v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585332v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585308v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585325v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585320v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585328v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585333v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585306v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585314v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05236429v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04935071v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04521300v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003281559" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04144013v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03222374v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01052611v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01520322v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03415434v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03415582v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03570400v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03415845v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabino Cassese" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585301v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585319v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585310v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01025208v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001087v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Vidal Naquet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Monge" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04226086v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585341v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585311v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585322v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585326v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03585329v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03417485v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Dupuy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>