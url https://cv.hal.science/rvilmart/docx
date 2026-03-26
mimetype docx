--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -548,239 +548,239 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical experiments using block-diagonalization technique for solving Poisson’s equation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Axel Tahmasebimoradi</w:t>
+                <w:t xml:space="preserve">Minimality in Finite-Dimensional ZW-Calculi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc de Visme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Vilmart</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rim Kaddah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Engineering Sciences &amp; Technologies for Industry &amp; Services (QUEST)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer Science Logic (CSL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Amsterdam, Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.CSL.2025.49⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05269586v1</w:t>
+                <w:t xml:space="preserve">hal-04496193v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimality in Finite-Dimensional ZW-Calculi</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc de Visme</w:t>
+                <w:t xml:space="preserve">Numerical experiments using block-diagonalization technique for solving Poisson’s equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chetra Mang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sunheang Ty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Tahmasebimoradi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Vilmart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Kaddah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Science Logic (CSL)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Quantum Engineering Sciences &amp; Technologies for Industry &amp; Services (QUEST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Saclay, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04496193v2</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05269586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum Circuit Completeness: Extensions and Simplifications</w:t>
               </w:r>
@@ -2666,64 +2666,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resource-Efficient Synthesis of Sparse Quantum States</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Vilmart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sunheang Ty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chetra Mang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2842,90 +2842,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Double-Logarithmic Depth Block-Encodings of Simple Finite Difference Method's Matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sunheang Ty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Vilmart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Tahmasebimoradi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chetra Mang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3215,51 +3215,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654190v4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostia Chardonnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Visme" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valiron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Vilmart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-21(2:13)2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496100v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/LMCS-20(1:20)2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04082921v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Carette" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jeandel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Perdrix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3464693" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400081v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/LMCS-16(2:11)2020" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269586v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetra Mang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunheang Ty" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Tahmasebimoradi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Kaddah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496193v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CSL.2025.49" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016498v3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Delorme" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CSL.2024.20" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002282v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Moutot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2023.120" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654438v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CSL.2023.36" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001823v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Hoffreumon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Larroque" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LICS56636.2023.10175712" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606226v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleks Kissinger" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John van de Wetering" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.TQC.2022.5" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154573v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2021.30" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277262v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2021.89" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02651473v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-71995-1_27" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03272411v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963426v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LICS.2019.8785765" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791791v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LICS.2019.8785754" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025720v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2019.108" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716501v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3209108.3209139" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762264v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.287.18" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529623v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3209108.3209131" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445948v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445707v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quanlong Wang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04479879v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chareton" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bardin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Ho Lee" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Handbook-of-Formal-Analysis-and-Verification-in-Cryptography/Akleylek-Dundua/p/book/9780367546656" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003090052-7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210973v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447300v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725154v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02395443v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LORR0130" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654190v4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostia Chardonnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Visme" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valiron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Vilmart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-21(2:13)2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496100v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/LMCS-20(1:20)2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04082921v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Carette" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jeandel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Perdrix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3464693" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400081v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/LMCS-16(2:11)2020" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496193v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CSL.2025.49" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269586v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetra Mang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunheang Ty" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Tahmasebimoradi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Kaddah" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016498v3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Delorme" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CSL.2024.20" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002282v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Moutot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2023.120" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654438v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CSL.2023.36" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001823v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Hoffreumon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Larroque" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LICS56636.2023.10175712" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606226v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleks Kissinger" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John van de Wetering" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.TQC.2022.5" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154573v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2021.30" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277262v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2021.89" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02651473v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-71995-1_27" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03272411v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963426v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LICS.2019.8785765" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791791v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LICS.2019.8785754" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025720v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2019.108" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716501v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3209108.3209139" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762264v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.287.18" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529623v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3209108.3209131" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445948v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445707v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quanlong Wang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04479879v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chareton" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bardin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Ho Lee" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Handbook-of-Formal-Analysis-and-Verification-in-Cryptography/Akleylek-Dundua/p/book/9780367546656" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003090052-7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210973v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447300v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725154v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02395443v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LORR0130" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>