--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -759,403 +759,403 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05080110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building a Database of Simulated Driver Behaviors Using the SUMO Simulator</w:t>
+                <w:t xml:space="preserve">A Systematic Approach for Automotive Privacy Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sebastian Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Syed-Winkler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armando Miguel Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Badreddine Chah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Bkakria</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdeljalil Abbas-Turki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IntelliSys 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Amsterdam, Netherlands. pp.536-555, </w:t>
+              <w:t xml:space="preserve">Computer Science in Cars Symposium (CSCS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Darmstadt, Germany. pp.1-12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-66428-1_34⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3631204.3631863⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04667456v1</w:t>
+                <w:t xml:space="preserve">hal-04871974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resilience assessment of multi-layered cyber-physical systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Building a Database of Simulated Driver Behaviors Using the SUMO Simulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badreddine Chah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Dagnas</w:t>
+                <w:t xml:space="preserve">Alexandre Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Barbeau</w:t>
+                <w:t xml:space="preserve">Yazan Mualla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Bkakria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joaquin Garcia‐alfaro</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abdeljalil Abbas-Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP Networking 2024 - IOCRCI</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IntelliSys 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Amsterdam, Netherlands. pp.536-555, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-66428-1_34⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04559568v2</w:t>
+                <w:t xml:space="preserve">hal-04667456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Systematic Approach for Automotive Privacy Management</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Resilience assessment of multi-layered cyber-physical systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Syed-Winkler</w:t>
+                <w:t xml:space="preserve">Romain Dagnas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armando Miguel Garcia</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michel Barbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquin Garcia‐alfaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reda Yaich</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Science in Cars Symposium (CSCS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IFIP Networking 2024 - IOCRCI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Thessaloniki, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04871974v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04559568v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Better Fit Reinforcement Learning for Pentesting: A New Hierarchical Approach</w:t>
               </w:r>
@@ -1260,312 +1260,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04689007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustness Assessment of Biometric Authenticators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">H3PC: Enhanced Security and Privacy-Preserving Platoon Construction Based on Fully Homomorphic Encryption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badreddine Chah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Dagnas</w:t>
+                <w:t xml:space="preserve">Alexandre Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Bkakria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdeljalil Abbas-Turki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reda Yaich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 22nd International Conference on Trust, Security and Privacy in Computing and Communications (TrustCom)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Exeter, United Kingdom</w:t>
+              <w:t xml:space="preserve">26th IEEE International Conference on Intelligent Transportation Systems ITSC 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Javier Del Ser; Eleni Vlahogianni, Sep 2023, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04225919v2</w:t>
+                <w:t xml:space="preserve">hal-04272381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H3PC: Enhanced Security and Privacy-Preserving Platoon Construction Based on Fully Homomorphic Encryption</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Lombard</w:t>
+                <w:t xml:space="preserve">Robustness Assessment of Biometric Authenticators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dagnas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Bkakria</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdeljalil Abbas-Turki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reda Yaich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th IEEE International Conference on Intelligent Transportation Systems ITSC 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Javier Del Ser; Eleni Vlahogianni, Sep 2023, Bilbao, Spain</w:t>
+              <w:t xml:space="preserve">IEEE 22nd International Conference on Trust, Security and Privacy in Computing and Communications (TrustCom)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Exeter, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04272381v1</w:t>
+                <w:t xml:space="preserve">hal-04225919v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the quantitative resilience analysis of cyber-physical systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dagnas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Barbeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquin Garcia‐alfaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reda Yaich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1960,51 +1960,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risks and security of internet and systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquin Garcia‐alfaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Leneutre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2109,90 +2109,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methodological resilience assessment of smart cyber infrastructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dagnas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Barbeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquin Garcia‐alfaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reda Yaich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2373,229 +2373,229 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comprehensive Survey of Privacy-Preserving Decision Trees Based on Homomorphic Encryption</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anis Bkakria</w:t>
+                <w:t xml:space="preserve">Graph analytics for cyber-physical system resilience quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dagnas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Barbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquin Garcia‐alfaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reda Yaich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05257121v1</w:t>
+                <w:t xml:space="preserve">hal-05339150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph analytics for cyber-physical system resilience quantification</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Joaquin Garcia‐alfaro</w:t>
+                <w:t xml:space="preserve">A Comprehensive Survey of Privacy-Preserving Decision Trees Based on Homomorphic Encryption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Hadji Mamadou Dia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Arabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Bkakria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reda Yaich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05339150v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05257121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Deep Reinforcement Learning Through Adversarial Attacks and Training : A Survey</w:t>
               </w:r>
@@ -2971,51 +2971,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394699v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assem Sohaib Bensalah" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Marir" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Yaich" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sedik Chebout" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj-cs.3358" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871983v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Merzouk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Neal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Delas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Boulahia-Cuppens" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10207-024-00903-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150011v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Beurier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cuppens" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96590-6_19" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333195v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia El Hadji" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Arabi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Bkakria" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080110v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Balondrade" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Sicard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fouquiau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Giraud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667456v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Chah" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lombard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazan Mualla" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeljalil Abbas-Turki" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-66428-1_34" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559568v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dagnas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barbeau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Garcia&#8208;alfaro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871974v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Pape" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Syed-Winkler" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Miguel Garcia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3631204.3631863" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689007v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Faillon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bout" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Francq" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Cuppens-Boulahia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225919v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272381v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083180v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Boutin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking57963.2023.10186355" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252649v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3600160.3605090" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787515v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Belfadel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Boyer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Letailleur" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Petiot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Reda Yaich" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596088v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI.2016.0119" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628457v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Leneutre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Cuppens" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-68887-5" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656303v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550356v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-68887-5_4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05257121v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadji Mamadou Dia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339150v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521876v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Schott" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Hajri" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elies Gherbi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01084095v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013EMSE0717" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394699v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assem Sohaib Bensalah" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Marir" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Yaich" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sedik Chebout" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj-cs.3358" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871983v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Merzouk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Neal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Delas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Boulahia-Cuppens" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10207-024-00903-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150011v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Beurier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cuppens" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-96590-6_19" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333195v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia El Hadji" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Arabi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Bkakria" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080110v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Balondrade" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Sicard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fouquiau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Giraud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871974v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Pape" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Syed-Winkler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Miguel Garcia" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Chah" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3631204.3631863" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667456v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lombard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazan Mualla" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeljalil Abbas-Turki" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-66428-1_34" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559568v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dagnas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barbeau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Garcia&#8208;alfaro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689007v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Faillon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bout" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Francq" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Cuppens-Boulahia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272381v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225919v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083180v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Boutin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking57963.2023.10186355" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252649v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3600160.3605090" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787515v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Belfadel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Boyer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Letailleur" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Petiot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Reda Yaich" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596088v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI.2016.0119" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628457v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Leneutre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Cuppens" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-68887-5" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656303v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550356v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-68887-5_4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339150v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05257121v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadji Mamadou Dia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521876v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Schott" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Hajri" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elies Gherbi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01084095v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013EMSE0717" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>