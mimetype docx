--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -1304,539 +1304,539 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02338964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apathy Classification by Exploiting Task Relatedness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S L Happy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antitza Dantcheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhijit Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois F Bremond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radia Zeghari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FG 2020 - 15th IEEE International Conference on Automatic Face and Gesture Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Buenos Aires / Virtual, Argentina</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02969841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterizing the State of Apathy with Facial Expression and Motion Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S L Happy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antitza Dantcheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhijit Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radia Zeghari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FG 2019 - 14th IEEE International Conference on Automatic Face and Gesture Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02379341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Automatic Detection of Apathy using Acoustic Markers extracted from Free Emotional Speech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicklas Linz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xenia Klinge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Tröger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Alexandersson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radia Zeghari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2ND WORKSHOP ON AI FOR AGING, REHABILITATION AND INDEPENDENT ASSISTED LIVING (ARIAL) @IJCAI'18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Stockholm Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01850436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment peut-on impliquer les nTIC dans l’évaluation objective de l’apathie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radia Zeghari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neurosciences [q-bio.NC]. Université Côte d'Azur, 2020. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2020COAZ6039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03167726v1</w:t>
-              </w:r>
-[...405 lines deleted...]
-                <w:t xml:space="preserve">hal-01850436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1973,261 +1973,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02174565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Multidimensional Assessment of Apathy in Neurocognitive Disorders</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TIMES ARE CHANGING: ASSESSMENT OF APATHY USING NEW TECHNOLOGIES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radia Zeghari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeria Manera</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandra König</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAIC 2019 - Alzheimer's Association International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Los Angeles, United States. 15 (7), pp.569, 2019, </w:t>
+              <w:t xml:space="preserve">Alzheimer’s Association International Conference 2019 - AAIC2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Los Angeles, United States. 15 (7), pp.P161-P162, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jalz.2019.06.4514⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jalz.2019.06.4331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02339152v1</w:t>
+                <w:t xml:space="preserve">hal-02568400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TIMES ARE CHANGING: ASSESSMENT OF APATHY USING NEW TECHNOLOGIES</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Towards a Multidimensional Assessment of Apathy in Neurocognitive Disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radia Zeghari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeria Manera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Lorenzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra König</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer’s Association International Conference 2019 - AAIC2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Los Angeles, United States. 15 (7), pp.P161-P162, 2019, </w:t>
+              <w:t xml:space="preserve">AAIC 2019 - Alzheimer's Association International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Los Angeles, United States. 15 (7), pp.569, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jalz.2019.06.4331⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jalz.2019.06.4514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02568400v1</w:t>
+                <w:t xml:space="preserve">hal-02339152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId71"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2382,51 +2382,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305108v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Manera" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Partos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beauchet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Benoit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dupetit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.invent.2023.100660" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968301v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radia Zeghari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Guerchouche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tran-Duc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bremond" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Langel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics12040925" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477227v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra K&#246;nig" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Mallick" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Tr&#246;ger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicklas Linz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1192/j.eurpsy.2021.2236" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477302v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tran Duc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F Bremond" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pascale Lemoine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18116108" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550459v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Duc Tran" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-047083" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568397v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Fabre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-191282" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339088v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Abrahams" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Ag&#252;era-Ortiz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bremond" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud David" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jagp.2019.07.014" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568372v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florindo Stella" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#250;lia Cunha Loureiro" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Ag&#252;era&#8208;ortiz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gps.5125" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338964v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Klinge" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-181033" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03167726v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020COAZ6039" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02969841v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S L Happy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antitza Dantcheva" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhijit Das" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F Bremond" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02379341v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01850436v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Alexandersson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02174565v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Antelmi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Ayache" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Lorenzi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339152v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2019.06.4514" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568400v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2019.06.4331" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305108v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Manera" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Partos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beauchet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Benoit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dupetit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.invent.2023.100660" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968301v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radia Zeghari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Guerchouche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tran-Duc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bremond" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Langel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics12040925" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477227v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra K&#246;nig" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Mallick" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Tr&#246;ger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicklas Linz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1192/j.eurpsy.2021.2236" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477302v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tran Duc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F Bremond" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pascale Lemoine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18116108" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550459v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Duc Tran" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-047083" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568397v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Fabre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-191282" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339088v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Abrahams" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Ag&#252;era-Ortiz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bremond" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud David" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jagp.2019.07.014" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568372v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florindo Stella" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#250;lia Cunha Loureiro" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Ag&#252;era&#8208;ortiz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gps.5125" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338964v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Klinge" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-181033" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02969841v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S L Happy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antitza Dantcheva" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhijit Das" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F Bremond" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02379341v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01850436v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Alexandersson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03167726v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020COAZ6039" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02174565v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Antelmi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Ayache" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Lorenzi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568400v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2019.06.4331" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339152v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2019.06.4514" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>