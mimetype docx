--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sabine Guth </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">maîtresse de conférences ensa Nantes + Mauritiuschercheuse Ipraus, Cnrs/UMR 3329 AUSser, ensa Paris-Bellevilleprofesseure école Camondo</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sabine-guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5628-1804</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fonctions actuelles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maîtresse de conférences : ENSA Nantes + ENSA Nantes-Mauritius</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Champ disciplinaire : Villes et Territoires - Urbanisme et projet urbain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chercheure, Ipraus, CNRS/UMR 3329 AUSser, Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enseignante, Ecole Camondo, Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Exercice indépendant de la maîtrise d'oeuvre architecturale et urbaine - projets et études</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre fondatrice du collectif </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">compoSITE architectes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> et de l'association </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pli</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diplômes et formations</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le projet architectural et urbain, théories et dispositifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (1992)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Architecte DPLG (1990)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ILAUD - International Laboratory of Architecture and Urban Design (1987)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèmes de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'architecture de la ville.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le projet </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">urbano-architectural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> dans la transformation des villes et des territoires</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">... au prisme de différents thèmes et situations :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La densité et ses rapports avec les formes architecturales et urbaines.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La mobilité : architectures du transport, relations formes - flux.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'expérimentation dans le logement.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités administratives et scientifiques</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre élue de la Commission Pédagogique et Scientifique - Recherche (CPS-R), ENSA Nantes, depuis 2022.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ex membre élue du Conseil d'Administration (2015 - 2018) et de la Commission des Formations et de la Vie Etudiante (CFVE, 2018-2022), ENSA Nantes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de la commission </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévention des discriminations - Egalité hommes femmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSA Nantes, depuis 2018.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-coordinatrice du Domaine d'Etudes </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces critiques : architectures et urbanités à l'épreuve de la métropolisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSA Nantes, depuis 2017.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-coordination de l'axe </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport et Architecture du Territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ipraus (2002-2010)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement et responsabilités pédagogiques</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSA Nantes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cursus général :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Studio de projet Lignes de partage (L3 - semestre 5) - coordination.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignement thématique </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAA / autobiographies architecturales de nos assignations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (M1, M2).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Studio de projet court Matières urbaines* (M1, M2) - coordination (2018).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Encadrement de mémoires de stages master.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice d'études HMONP.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ville et Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : double cursus architecture - urbanisme, cohabilité avec la Faculté de droit - sciences po et l'IGARUN (Institut de géographie et d'aménagement) :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Atelier de projet d'urbanisme (M2)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Atelier intensif d'analyse urbaine prospective </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires hypothétiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (M1)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Cours magistral </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban design : une approche critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (M1).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSA Nantes-Mauritius, Ile Maurice</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordination du semestre 5, 3e année de Bachelor en architecture et urbanisme.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Studio de projet La ville des possibles (Bach3 - semestre 5) - coordination.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Cours d'histoire de l'urbanisme XIXe - XXe s. (Bach3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole Camondo, Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : ateliers La ville rêvée et Diagrammes* (Cycle d'initiation à l'espace).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSA Paris-Belleville :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> enseignante vacataire (2004-2009) puis maître-assistante associée (2009-2014).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSA Normandie :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> enseignante vacataire (2004-2006).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSA Strasbourg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : enseignante vacataire (1995-1998).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACTIVITES SCIENTIFIQUES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">COORDINATION DE PROGRAMMES DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">EMOC / MCC. **Le grand Pari de l’agglomération parisienne, c</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">onsultation Internationale R&D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">coordination de l'équipe Ipraus associée à A. Grumbach & Ass.,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 2008-2009.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">PREDIT - DRAST / MEDAD. *</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architectures du transport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, programme de recherches concertées mené par l'IPRAUS : c*o-coordination avec A. Grillet-Aubert, 2002-2006.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">PARTICIPATION A DES PROGRAMMES DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BATEX</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, PUCA, 2009-2013. La Cité Manifeste à Mulhouse, avec J.-M. Léger et F.-X. Trivière.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Futur de l'Habitat</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, PUCA, 2002-2008. Les Jardins de la Pirotterie, Rezé,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Loire Atlantique, avec F.-X. Trivière.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programme de recherche concerté </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architectures du transport</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> PREDIT - DRAST - MEDAD, 2002-2006. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobilité et projet</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, avec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> A. Grillet-Aubert et C. Tiry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maîtrise de l’étalement urbain et de la place de l’automobile dans les déplacements : une revue de la littérature centrée sur les formes urbaines et la mobilité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Organisation de deux séminaires et d’un colloque.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Echelles et temporalités des projets urbains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004-2006. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets urbains, espaces partagés. La négociation au coeur du renouvellement des relations territoires-réseaux à l’échelle métropolitaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, avec Ph. Revault (coord.), G. Soulet, P. Bouché, R. Tabouret, V. Ziegler.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monitoring Europan</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> PUCA, 2003. Réalisations Europan-France.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programme National de Recherche, d’Expérimentation et d’Innovation dans les Transports terrestres PREDIT / METATTM, 2001. Transports et architecture du territoire,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> avec P. Clément et A. Grillet-Aubert.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Densité, CNRS / Pir-villes, 1995. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La densité dans ses rapports aux formes architecturale et urbaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, avec P. Clément.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORGANISATION DE RENCONTRES, SEMINAIRES, COLLOQUES</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engagements écologiques de l'architecture</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, octobre - décembre 2022, ENSA Nantes.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habiter / Expérimenter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, rencontre dans le cadre de l’exposition </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living color</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Galerie Loire, ensa Nantes, 14 avril 2017.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropoles d’Asie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Séminaires publics annuels, Ipraus-EnsaPB, 2011 - 2013.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands territoires à l’épreuve de la mobilité durable,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> colloque, ensa Paris-Belleville, 30 octobre 2009.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architectures du transport : territoires en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, colloque, Ipraus - PREDIT, Grande Arche de la Défense, 3-4 mai 2004.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Deux cycles de séminaires dans le cadre des programmes </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architectures du transport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">et</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transports et Transports et architecture du territoire, Ipraus-PREDIT, ensa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Paris-Belleville, 2001 - 2009.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORGANISATION D'EXPOSITIONS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La ville des possibles / Anvers : photographies de Mark Lyon et projets de La ville des possibles, Ecole des Beaux Arts, Nantes, avec M. Bazantay, 2019.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living color. Les Jardins de la Pirotterie, Rezé : photographies de Mark Lyon, Galerie Loire, ensa Nantes, 23 mars - 14 avril 2017.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architectures de la ville asiatique : structures et mutations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ensa Paris-Belleville, 13 juin - 24 juillet 2013. Co-conception, avec S. Jalais, N. Lancret et C. Ross.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">EXPERTISES</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Europan 9, GIP-EPAU / MEEDDAT, 2007.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Europan 8, GIP-EPAU / MEEDDAT, 2005</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Monitoring réalisations Europan France, PUCA, 2002-2003.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cité Manifeste, dix ans après</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Leger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Trivière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMC Le Moniteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 227</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de l’ouvrage de Claude Prelorenzo et Dominique Rouillard (dirs.), &amp;quot;La métropole des infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de la recherche architecturale / Les Cahiers de la recherche architecturale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, La critique en temps et en lieux, 24/25, pp.216-218</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héritier d'un tronçon d'autoroute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urbanisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Dossier : Europan 9 : écologie des lieux urbains, 360, pp.57-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport, densités et formes urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettre de l'Ipraus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Architectures du transport, 13, pp.4-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03232067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport et architecture du territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grillet-Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre de l'Ipraus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Mise en perspective, 12, pp.12-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03232082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La densité dans tous ses états</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre de l'Ipraus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Confrontations de cultures spatiales, patrimoine architectural et urbain en Asie, 11, pp.14-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03232276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les avatars d'un rapport densité / formes urbaines à Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de l'IPRAUS : architecture, urbanistique, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Paris, formes urbaines et architectures, 1, pp.125-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03232414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Densité : évolution du concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Courrier du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Villes - Sommet des villes / Habitat II, Istanbul, 82, pp.204-206</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03242284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">4ème table ronde du cycle &amp;quot;Habiter pour exister, l'architecte, un citoyen militant et engagé&amp;quot;: entre préservation et occupation, l'exemple de la ZAD Notre-Dame-des-Landes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Paquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Allioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habiter pour exister L’architecte, un citoyen militant et engagé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil de l'Ordre des Architectes des Pays de la Loire (CROAPL), May 2023, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lignes de partage : une expérience pédagogique d'architecture littorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Moreira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIST2023 - Apprendre des territoires / Enseigner les territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Nov 2023, Aubervilliers, Campus Condorcet, centre des Colloques, France. pp.339-342</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lignes de partage : une expérience pédagogique d’architecture littorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Moreira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e colloque international Apprendre des territoires. Enseigner les territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège international des sciences territoriales, Nov 2023, Aubervilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04339002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture des situations de projet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Co-concevoir en architecture. Formes de collaboration et hybridations des savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LéaV, Oct 2020, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borderline. Le projet comme posture critique et recherche en action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche &amp; projet : productions spécifiques et apports croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Lille, France. pp.95-102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03259182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mobilité en projet : un outil de référence au service de la ville durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du Réseau Thématique Pluridisciplinaire Villes durables du CNRS, "Recherches pour une architecture de la ville durable"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, Mar 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03259184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Jardins de la Pirotterie à Rezé (Loire-Atlantique) : une offre en terme d'ambiances diversifiées dans l'habitat individuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Trivière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire une ambiance / Creating an atmosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Grenoble, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LOTISSEMENT AVEC ARCHITECTES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Trivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Créaphis éditions, pp.233, 2015, 978-2-35428-087-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déplacements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grillet-Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions Recherches</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Questionnements, 978-2-86222-054-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport et architecture du territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grillet-Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions Recherches</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Questionnements, 978-2-86222-043-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un urbanisme de contact : apprendre à Doulon-Gohards (École nationale supérieure d’architecture de Nantes/ Université de Nantes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Margùc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roberta Borghi et Stéphanie de Courtois. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les écoles d'architecture et de paysage dans leur territoire : Actes des journées d’études du 3 e séminaire « Ville, territoire, paysage » (organisé les 13 et 14 juin 2019), LéaV / ENSA Versailles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publication du LéaV</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.210-212, 2022, 978-2-9578793-0-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borderline. Le projet architectural comme posture critique et recherche en action.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche &amp; projet : productions spécifiques et apports croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions de l'Ecole nationale supérieure d'architecture et de paysage de Lille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.95-102, 2018, Les dossiers du Lacth</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03213885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’architecte et l’urbanisme de boulevard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysages du mouvement: architectures des villes et des territoires XVIIIe-XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.263-280, 2016, Les Cahiers de l'IPRAUS architecture, urbanistique, société, 978-2-86222-091-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobility (systems of)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Défense: a dictionary architecture, politics, history, territory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Parenthèses, pp.184-189, 2013, 978-2-86364-963-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité (systèmes de)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Parenthèses, pp.311-315, 2012, 978-2-86364-265-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité (pratiques de)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Parenthèses, pp.305-310, 2012, 978-2-86364-265-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les espaces de la mobilité : paysages, urbanité, identité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seine Métropole: Paris Rouen Le Havre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archibooks + Sautereau éditeur, pp.154-155, 2009, 978-2-35733-065-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux intégrateurs du territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seine Métropole: Paris Rouen Le Havre. Le diagnostic prospectif de l'agglomération parisienne.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archibooks + Sautereau éditeur, pp.122-131, 2009, 978-2-35733-065-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité et projet d’aménagement.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Tabouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Revault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volker Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Échelles et temporalités des projets urbains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Jean-Michel Place, pp.27-40, 2007, 978-2-85893-920-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une journée, une année, 3 opus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tibo Labat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Goujon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PORLWI // TANA ON LINE : La ville des possibles, école d'architecture de Nantes-Mauritius</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Margùc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ENSA Nantes-Mauritius. 2020, pp.227</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hambourg et en large</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Duclovel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ligner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ENSA Nantes. 2020, pp.329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anvers et contre tout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chérif Hanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Lyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gert Renders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ENSA Nantes. 2019, pp.357</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tirer des bords! Antananarivo of[f] Mauritius</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Hanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Ruhaumolly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ENSA Nantes-Mauritius. 2019, pp.186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dé-bruxellisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Hanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ENSA Nantes. 2018, pp.118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire front, Angers of[f] Venise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ENSA Nantes; Agence d'urbanisme de la région angevine. 2017, pp.84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cité-Manifeste à Mulhouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Trivière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] P10.25 - 1000218, PUCA - Plan Urbanisme Construction Architecture / IPRAUS. 2013, pp.393</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l'opération Les Jardins de la Pirotterie, Rezé, Loire-Atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Trivière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] PUCA 883, PUCA, programme "Futur de l'habitat / IPRAUS - UMR AUSser. 2007, pp.345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahier de références Mobilité et projet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grillet-Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Tiry-Ono</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] DAS 06MT034, PREDIT - Programme National de Recherche, d’Expérimentation et d’Innovation dans les Transports terrestres, DRAST - Ministère de l’Ecologie, du Développement et de l'Aménagemenent Durable, IPRAUS - UMR AUSser. 2007, pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loco-motifs. Les espaces du déplacement dans les projets Europan 8 – France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Europan-France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture du transport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grillet-Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Bowie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mangin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Décision de subvention 01 MT 50, METATTM. 2006, pp.4 volumes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projets urbains, espaces partagés. La négociation au coeur du renouvellement des relations territoires-réseaux à l’échelle métropolitaine. (Territoires des tangentielles SNCF en Ile-de-France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Revault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Tabouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] BC03000478 (F03-24), IPRAUS / PUCA, METL. 2006, pp.155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la conception d'une méthode &amp;quot;Monitoring des réalisations Europan&amp;quot; & Analyse des usages de deux réalisations Europan-France : Reims, rue du Mont d’Arène (arch. Atelier 3 et G. Le Penhuel) et Plérin-sur-Mer (arch. CITARchitecture)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut Français d'Architecture (IFA); Europan-France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03259110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transports et architecture du territoire. Etat des lieux et perspectives de recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grillet-Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPRAUS - UMR AUSSER. 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La densité dans tous ses états (Projet de définition)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerise Emmanuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 99 V 0716, IPRAUS - UMR AUSSER; Ministère de l'Education Nationale, de la Recherche et de la Technologie. 2000, pp.64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03259172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture et projet (de l')urbain à l'aune de trois concepts opératoires dans la fabrique récente de la ville : la densité, la mobilité, le logement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Architecture, aménagement de l'espace. Université Paris-Est, 2024. Français. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2024PESC2011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04962073v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId93"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sabine Guth </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">maîtresse de conférences ensa Nantes + Mauritiuschercheuse Ipraus, Cnrs/UMR 3329 AUSser, ensa Paris-Bellevilleprofesseure école Camondo</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sabine-guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5628-1804</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fonctions actuelles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maîtresse de conférences : ENSA Nantes + ENSA Nantes-Mauritius</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Champ disciplinaire : Villes et Territoires - Urbanisme et projet urbain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chercheure, Ipraus, CNRS/UMR 3329 AUSser, Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enseignante, Ecole Camondo, Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Exercice indépendant de la maîtrise d'oeuvre architecturale et urbaine - projets et études</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre fondatrice du collectif </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">compoSITE architectes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> et de l'association </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pli</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diplômes et formations</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le projet architectural et urbain, théories et dispositifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (1992)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Architecte DPLG (1990)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ILAUD - International Laboratory of Architecture and Urban Design (1987)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèmes de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'architecture de la ville.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le projet </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">urbano-architectural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> dans la transformation des villes et des territoires</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">... au prisme de différents thèmes et situations :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La densité et ses rapports avec les formes architecturales et urbaines.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La mobilité : architectures du transport, relations formes - flux.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'expérimentation dans le logement.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités administratives et scientifiques</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre élue de la Commission Pédagogique et Scientifique - Recherche (CPS-R), ENSA Nantes, depuis 2022.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ex membre élue du Conseil d'Administration (2015 - 2018) et de la Commission des Formations et de la Vie Etudiante (CFVE, 2018-2022), ENSA Nantes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de la commission </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévention des discriminations - Egalité hommes femmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSA Nantes, depuis 2018.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-coordinatrice du Domaine d'Etudes </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces critiques : architectures et urbanités à l'épreuve de la métropolisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSA Nantes, depuis 2017.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-coordination de l'axe </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport et Architecture du Territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ipraus (2002-2010)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement et responsabilités pédagogiques</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSA Nantes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cursus général :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Studio de projet Lignes de partage (L3 - semestre 5) - coordination.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignement thématique </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAA / autobiographies architecturales de nos assignations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (M1, M2).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Studio de projet court Matières urbaines* (M1, M2) - coordination (2018).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Encadrement de mémoires de stages master.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice d'études HMONP.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ville et Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : double cursus architecture - urbanisme, cohabilité avec la Faculté de droit - sciences po et l'IGARUN (Institut de géographie et d'aménagement) :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Atelier de projet d'urbanisme (M2)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Atelier intensif d'analyse urbaine prospective </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires hypothétiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (M1)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Cours magistral </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban design : une approche critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (M1).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSA Nantes-Mauritius, Ile Maurice</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordination du semestre 5, 3e année de Bachelor en architecture et urbanisme.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Studio de projet La ville des possibles (Bach3 - semestre 5) - coordination.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Cours d'histoire de l'urbanisme XIXe - XXe s. (Bach3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole Camondo, Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : ateliers La ville rêvée et Diagrammes* (Cycle d'initiation à l'espace).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSA Paris-Belleville :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> enseignante vacataire (2004-2009) puis maître-assistante associée (2009-2014).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSA Normandie :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> enseignante vacataire (2004-2006).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSA Strasbourg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : enseignante vacataire (1995-1998).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACTIVITES SCIENTIFIQUES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">COORDINATION DE PROGRAMMES DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">EMOC / MCC. **Le grand Pari de l’agglomération parisienne, c</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">onsultation Internationale R&D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">coordination de l'équipe Ipraus associée à A. Grumbach & Ass.,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 2008-2009.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">PREDIT - DRAST / MEDAD. *</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architectures du transport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, programme de recherches concertées mené par l'IPRAUS : c*o-coordination avec A. Grillet-Aubert, 2002-2006.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">PARTICIPATION A DES PROGRAMMES DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BATEX</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, PUCA, 2009-2013. La Cité Manifeste à Mulhouse, avec J.-M. Léger et F.-X. Trivière.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Futur de l'Habitat</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, PUCA, 2002-2008. Les Jardins de la Pirotterie, Rezé,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Loire Atlantique, avec F.-X. Trivière.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programme de recherche concerté </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architectures du transport</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> PREDIT - DRAST - MEDAD, 2002-2006. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobilité et projet</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, avec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> A. Grillet-Aubert et C. Tiry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maîtrise de l’étalement urbain et de la place de l’automobile dans les déplacements : une revue de la littérature centrée sur les formes urbaines et la mobilité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Organisation de deux séminaires et d’un colloque.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Echelles et temporalités des projets urbains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004-2006. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets urbains, espaces partagés. La négociation au coeur du renouvellement des relations territoires-réseaux à l’échelle métropolitaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, avec Ph. Revault (coord.), G. Soulet, P. Bouché, R. Tabouret, V. Ziegler.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monitoring Europan</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> PUCA, 2003. Réalisations Europan-France.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programme National de Recherche, d’Expérimentation et d’Innovation dans les Transports terrestres PREDIT / METATTM, 2001. Transports et architecture du territoire,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> avec P. Clément et A. Grillet-Aubert.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Densité, CNRS / Pir-villes, 1995. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La densité dans ses rapports aux formes architecturale et urbaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, avec P. Clément.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORGANISATION DE RENCONTRES, SEMINAIRES, COLLOQUES</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engagements écologiques de l'architecture</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, octobre - décembre 2022, ENSA Nantes.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habiter / Expérimenter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, rencontre dans le cadre de l’exposition </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living color</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Galerie Loire, ensa Nantes, 14 avril 2017.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropoles d’Asie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Séminaires publics annuels, Ipraus-EnsaPB, 2011 - 2013.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands territoires à l’épreuve de la mobilité durable,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> colloque, ensa Paris-Belleville, 30 octobre 2009.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architectures du transport : territoires en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, colloque, Ipraus - PREDIT, Grande Arche de la Défense, 3-4 mai 2004.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Deux cycles de séminaires dans le cadre des programmes </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architectures du transport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">et</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transports et Transports et architecture du territoire, Ipraus-PREDIT, ensa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Paris-Belleville, 2001 - 2009.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORGANISATION D'EXPOSITIONS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La ville des possibles / Anvers : photographies de Mark Lyon et projets de La ville des possibles, Ecole des Beaux Arts, Nantes, avec M. Bazantay, 2019.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living color. Les Jardins de la Pirotterie, Rezé : photographies de Mark Lyon, Galerie Loire, ensa Nantes, 23 mars - 14 avril 2017.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architectures de la ville asiatique : structures et mutations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ensa Paris-Belleville, 13 juin - 24 juillet 2013. Co-conception, avec S. Jalais, N. Lancret et C. Ross.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">EXPERTISES</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Europan 9, GIP-EPAU / MEEDDAT, 2007.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Europan 8, GIP-EPAU / MEEDDAT, 2005</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Monitoring réalisations Europan France, PUCA, 2002-2003.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cité Manifeste, dix ans après</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Leger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Trivière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMC Le Moniteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 227</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de l’ouvrage de Claude Prelorenzo et Dominique Rouillard (dirs.), &amp;quot;La métropole des infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de la recherche architecturale / Les Cahiers de la recherche architecturale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, La critique en temps et en lieux, 24/25, pp.216-218</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héritier d'un tronçon d'autoroute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urbanisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Dossier : Europan 9 : écologie des lieux urbains, 360, pp.57-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport, densités et formes urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettre de l'Ipraus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Architectures du transport, 13, pp.4-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03232067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport et architecture du territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grillet-Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre de l'Ipraus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Mise en perspective, 12, pp.12-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03232082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La densité dans tous ses états</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre de l'Ipraus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Confrontations de cultures spatiales, patrimoine architectural et urbain en Asie, 11, pp.14-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03232276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les avatars d'un rapport densité / formes urbaines à Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de l'IPRAUS : architecture, urbanistique, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Paris, formes urbaines et architectures, 1, pp.125-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03232414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Densité : évolution du concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Courrier du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Villes - Sommet des villes / Habitat II, Istanbul, 82, pp.204-206</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03242284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">4ème table ronde du cycle &amp;quot;Habiter pour exister, l'architecte, un citoyen militant et engagé&amp;quot;: entre préservation et occupation, l'exemple de la ZAD Notre-Dame-des-Landes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Paquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Allioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habiter pour exister L’architecte, un citoyen militant et engagé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil de l'Ordre des Architectes des Pays de la Loire (CROAPL), May 2023, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lignes de partage : une expérience pédagogique d'architecture littorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Moreira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIST2023 - Apprendre des territoires / Enseigner les territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Nov 2023, Aubervilliers, Campus Condorcet, centre des Colloques, France. pp.339-342</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lignes de partage : une expérience pédagogique d’architecture littorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Moreira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e colloque international Apprendre des territoires. Enseigner les territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège international des sciences territoriales, Nov 2023, Aubervilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04339002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture des situations de projet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Co-concevoir en architecture. Formes de collaboration et hybridations des savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LéaV, Oct 2020, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borderline. Le projet comme posture critique et recherche en action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche &amp; projet : productions spécifiques et apports croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Lille, France. pp.95-102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03259182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mobilité en projet : un outil de référence au service de la ville durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du Réseau Thématique Pluridisciplinaire Villes durables du CNRS, "Recherches pour une architecture de la ville durable"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, Mar 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03259184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Jardins de la Pirotterie à Rezé (Loire-Atlantique) : une offre en terme d'ambiances diversifiées dans l'habitat individuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Trivière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire une ambiance / Creating an atmosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Grenoble, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LOTISSEMENT AVEC ARCHITECTES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Trivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Créaphis éditions, pp.233, 2015, 978-2-35428-087-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déplacements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grillet-Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions Recherches</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Questionnements, 978-2-86222-054-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport et architecture du territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grillet-Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions Recherches</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Questionnements, 978-2-86222-043-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un urbanisme de contact : apprendre à Doulon-Gohards (École nationale supérieure d’architecture de Nantes/ Université de Nantes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Margùc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roberta Borghi et Stéphanie de Courtois. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les écoles d'architecture et de paysage dans leur territoire : Actes des journées d’études du 3 e séminaire « Ville, territoire, paysage » (organisé les 13 et 14 juin 2019), LéaV / ENSA Versailles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publication du LéaV</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.210-212, 2022, 978-2-9578793-0-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borderline. Le projet architectural comme posture critique et recherche en action.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche &amp; projet : productions spécifiques et apports croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions de l'Ecole nationale supérieure d'architecture et de paysage de Lille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.95-102, 2018, Les dossiers du Lacth</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03213885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’architecte et l’urbanisme de boulevard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysages du mouvement: architectures des villes et des territoires XVIIIe-XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.263-280, 2016, Les Cahiers de l'IPRAUS architecture, urbanistique, société, 978-2-86222-091-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobility (systems of)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Défense: a dictionary architecture, politics, history, territory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Parenthèses, pp.184-189, 2013, 978-2-86364-963-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité (systèmes de)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Parenthèses, pp.311-315, 2012, 978-2-86364-265-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité (pratiques de)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Parenthèses, pp.305-310, 2012, 978-2-86364-265-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les espaces de la mobilité : paysages, urbanité, identité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seine Métropole: Paris Rouen Le Havre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archibooks + Sautereau éditeur, pp.154-155, 2009, 978-2-35733-065-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux intégrateurs du territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seine Métropole: Paris Rouen Le Havre. Le diagnostic prospectif de l'agglomération parisienne.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archibooks + Sautereau éditeur, pp.122-131, 2009, 978-2-35733-065-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité et projet d’aménagement.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Tabouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Revault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volker Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Échelles et temporalités des projets urbains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Jean-Michel Place, pp.27-40, 2007, 978-2-85893-920-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une journée, une année, 3 opus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tibo Labat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Goujon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PORLWI // TANA ON LINE : La ville des possibles, école d'architecture de Nantes-Mauritius</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Margùc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ENSA Nantes-Mauritius. 2020, pp.227</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hambourg et en large</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Duclovel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ligner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ENSA Nantes. 2020, pp.329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anvers et contre tout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chérif Hanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Lyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gert Renders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ENSA Nantes. 2019, pp.357</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tirer des bords! Antananarivo of[f] Mauritius</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Hanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Ruhaumolly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ENSA Nantes-Mauritius. 2019, pp.186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dé-bruxellisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Hanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ENSA Nantes. 2018, pp.118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire front, Angers of[f] Venise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ENSA Nantes; Agence d'urbanisme de la région angevine. 2017, pp.84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cité-Manifeste à Mulhouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Trivière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] P10.25 - 1000218, PUCA - Plan Urbanisme Construction Architecture / IPRAUS. 2013, pp.393</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahier de références Mobilité et projet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grillet-Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Tiry-Ono</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] DAS 06MT034, PREDIT - Programme National de Recherche, d’Expérimentation et d’Innovation dans les Transports terrestres, DRAST - Ministère de l’Ecologie, du Développement et de l'Aménagemenent Durable, IPRAUS - UMR AUSser. 2007, pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l'opération Les Jardins de la Pirotterie, Rezé, Loire-Atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Trivière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] PUCA 883, PUCA, programme "Futur de l'habitat / IPRAUS - UMR AUSser. 2007, pp.345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loco-motifs. Les espaces du déplacement dans les projets Europan 8 – France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Europan-France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture du transport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grillet-Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Bowie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mangin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Décision de subvention 01 MT 50, METATTM. 2006, pp.4 volumes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projets urbains, espaces partagés. La négociation au coeur du renouvellement des relations territoires-réseaux à l’échelle métropolitaine. (Territoires des tangentielles SNCF en Ile-de-France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Revault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Tabouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] BC03000478 (F03-24), IPRAUS / PUCA, METL. 2006, pp.155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la conception d'une méthode &amp;quot;Monitoring des réalisations Europan&amp;quot; & Analyse des usages de deux réalisations Europan-France : Reims, rue du Mont d’Arène (arch. Atelier 3 et G. Le Penhuel) et Plérin-sur-Mer (arch. CITARchitecture)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut Français d'Architecture (IFA); Europan-France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03259110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transports et architecture du territoire. Etat des lieux et perspectives de recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grillet-Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPRAUS - UMR AUSSER. 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La densité dans tous ses états (Projet de définition)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerise Emmanuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 99 V 0716, IPRAUS - UMR AUSSER; Ministère de l'Education Nationale, de la Recherche et de la Technologie. 2000, pp.64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03259172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture et projet (de l')urbain à l'aune de trois concepts opératoires dans la fabrique récente de la ville : la densité, la mobilité, le logement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Guth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Architecture, aménagement de l'espace. Université Paris-Est, 2024. Français. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2024PESC2011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04962073v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId93"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3CEDCE8E"/>
+    <w:nsid w:val="638939FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="97BCFE84"/>
+    <w:nsid w:val="2C255A0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="6185BE7A"/>
+    <w:nsid w:val="67C88348"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -551,51 +551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="0A34CAB0"/>
+    <w:nsid w:val="DC13278D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -699,51 +699,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="45FDFF81"/>
+    <w:nsid w:val="9E446390"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -847,51 +847,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="5DA9048E"/>
+    <w:nsid w:val="AEC4EBC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -995,51 +995,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="67D5601E"/>
+    <w:nsid w:val="DC23B326"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1143,51 +1143,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="153D962A"/>
+    <w:nsid w:val="6F1BF5B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1291,51 +1291,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="AC109DEC"/>
+    <w:nsid w:val="C66B75C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1546,51 +1546,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sabine-guth" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5628-1804" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231025v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Leger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Guth" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Trivi&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231133v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231284v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232067v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232082v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grillet-Aubert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232276v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pacot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232414v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242284v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Clement" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935891v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ouvrard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paquot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Allioux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426213v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Moreira" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339002v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253194v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259182v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rousseau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259184v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254592v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212419v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Lyon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212698v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-recherches.com/fiche.php?id=15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212705v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850234v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Marg&#249;c" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.versailles.archi.fr/sites/default/files/media/2022-01/article_18.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213885v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recherche.lille.archi.fr" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214065v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214128v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214102v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214118v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214488v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214489v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214483v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Tabouret" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Revault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouch&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Ziegler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850235v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibo Labat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Goujon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252933v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252970v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Boyer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Duclovel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ligner" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253046v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif Hanna" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Renders" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253018v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Hanna" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Ruhaumolly" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253088v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253155v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253611v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel L&#233;ger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254293v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254589v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Tiry-Ono" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247192v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254546v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Bowie" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mangin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255840v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Soulet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouche" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259110v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877051v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259172v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Grosjean" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerise Emmanuel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04962073v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024PESC2011" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sabine-guth" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5628-1804" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231025v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Leger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Guth" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Trivi&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231133v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231284v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232067v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232082v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grillet-Aubert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232276v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pacot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232414v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242284v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Clement" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935891v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ouvrard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paquot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Allioux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426213v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Moreira" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339002v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253194v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259182v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rousseau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259184v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254592v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212419v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Lyon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212698v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-recherches.com/fiche.php?id=15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212705v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850234v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Marg&#249;c" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.versailles.archi.fr/sites/default/files/media/2022-01/article_18.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213885v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recherche.lille.archi.fr" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214065v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214128v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214102v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214118v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214488v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214489v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214483v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Tabouret" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Revault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouch&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Ziegler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850235v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibo Labat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Goujon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252933v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252970v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Boyer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Duclovel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ligner" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253046v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif Hanna" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Renders" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253018v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Hanna" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Ruhaumolly" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253088v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253155v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253611v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel L&#233;ger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254589v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Tiry-Ono" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254293v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247192v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254546v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Bowie" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mangin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255840v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Soulet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouche" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259110v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877051v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259172v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Grosjean" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerise Emmanuel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04962073v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024PESC2011" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>