--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -234,174 +234,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Logic programming-based Minimal Cut Sets reveal consortium-level therapeutic targets for chronic wound infections</w:t>
+                <w:t xml:space="preserve">Modelling energy metabolism dysregulations in neuromuscular diseases: A case study of calpainopathy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Mahout</w:t>
+                <w:t xml:space="preserve">Camille Siharath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ross Carlson</w:t>
+                <w:t xml:space="preserve">Olivier Biondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Systems Biology and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41540-024-00360-6⟩</w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (24), pp.e40918. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e40918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04610153v1</w:t>
+                <w:t xml:space="preserve">hal-04845028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic modelling links Warburg effect to collagen formation, angiogenesis and inflammation in the tumoral stroma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mahout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -409,233 +396,246 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Attal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashraf Bakkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 19 (12), pp.e0313962. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0313962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04873696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling energy metabolism dysregulations in neuromuscular diseases: A case study of calpainopathy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Logic programming-based Minimal Cut Sets reveal consortium-level therapeutic targets for chronic wound infections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mahout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Siharath</w:t>
+                <w:t xml:space="preserve">Ross Carlson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Biondi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Laurent Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 10 (24), pp.e40918. </w:t>
+              <w:t xml:space="preserve">npj Systems Biology and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (1), pp.34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e40918⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41540-024-00360-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04845028v1</w:t>
+                <w:t xml:space="preserve">hal-04610153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Special Issue on “Frontiers in Connecting Steady-State and Dynamic Approaches for Modelling Cell Metabolic Behavior”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Jolicoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -825,51 +825,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Jolicoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (1), pp.878. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -897,248 +897,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cancer and Alzheimer’s disease: intracellular pH scales the metabolic disorders</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jorgelindo da Veiga Moreira</w:t>
+                <w:t xml:space="preserve">Answer Set Programming for Computing Constraints-Based Elementary Flux Modes: Application to Escherichia coli Core Metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mahout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ross Carlson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogerontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21 (6), pp.683-694. </w:t>
+              <w:t xml:space="preserve">Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (12), pp.1649. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10522-020-09888-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/pr8121649⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02968151v1</w:t>
+                <w:t xml:space="preserve">hal-03209519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Answer Set Programming for Computing Constraints-Based Elementary Flux Modes: Application to Escherichia coli Core Metabolism</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sabine Peres</w:t>
+                <w:t xml:space="preserve">Cancer and Alzheimer’s disease: intracellular pH scales the metabolic disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine S. Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Jolicoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorgelindo da Veiga Moreira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Processes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 8 (12), pp.1649. </w:t>
+              <w:t xml:space="preserve">Biogerontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (6), pp.683-694. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pr8121649⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10522-020-09888-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03209519v1</w:t>
+                <w:t xml:space="preserve">hal-02968151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A kinetic metabolic study of lipid production in Chlorella protothecoides under heterotrophic condition</w:t>
               </w:r>
@@ -1382,265 +1382,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02392935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamic constraints for identifying elementary flux modes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identifying Biomarkers of Wharton’s Jelly Mesenchymal Stromal Cells Using a Dynamic Metabolic Model: The Cell Passage Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Laflaquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chandarong Choey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingkui Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Society Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1042/BST20170260⟩</w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo8010018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01802074v1</w:t>
+                <w:t xml:space="preserve">hal-01784012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying Biomarkers of Wharton’s Jelly Mesenchymal Stromal Cells Using a Dynamic Metabolic Model: The Cell Passage Effect</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabrielle Leclercq</w:t>
+                <w:t xml:space="preserve">Thermodynamic constraints for identifying elementary flux modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chandarong Choey</w:t>
+                <w:t xml:space="preserve">Stefan Schuster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jingkui Chen</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Dague</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (1), pp.18. </w:t>
+              <w:t xml:space="preserve">Biochemical Society Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 46 (3), pp.641-647. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/metabo8010018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1042/BST20170260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01784012v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01802074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How important is thermodynamics for identifying elementary flux modes?</w:t>
               </w:r>
@@ -1665,64 +1665,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Jolicœur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Schuster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 12 (2), pp.e0171440. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1782,51 +1782,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinhe Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayssa Kasbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jingkui Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2252,311 +2252,311 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01709661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ACoM: A classification method for elementary flux modes based on motif finding</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of the variability of human normal urine by 2D-GE reveals a &amp;quot;public&amp;quot; and a &amp;quot;private&amp;quot; proteome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Salvetat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Randa Ben Ameur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sommerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioSystems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 75 (1), pp.70 - 80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2011.06.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00629161v1</w:t>
+                <w:t xml:space="preserve">hal-02652376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the variability of human normal urine by 2D-GE reveals a &amp;quot;public&amp;quot; and a &amp;quot;private&amp;quot; proteome</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ACoM: A classification method for elementary flux modes based on motif finding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Sommerer</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Francois Vallee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie M. Beurton-Aimar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Mazat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteomics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">BioSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 103 (3), pp.410-419</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02652376v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00629161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computing biological functions using BioΨ, a formal description of biological processes based on elementary bricks of actions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liza Felicori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2681,51 +2681,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liza Felicori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camila Dias-Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanaâ El Atia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2776,77 +2776,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new method for 2D gel spot alignment: application to the analysis of large sample sets in clinical proteomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Salvetat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2906,51 +2906,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure et modélisation des réseaux métaboliques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Mazat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Nazaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3122,51 +3122,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of Computational Tree Logic to Biological Regulatory Networks: Example from Pseudomonas Aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comet Jean-Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3258,64 +3258,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computing Thermodynamically Consistent Elementary Flux Modes with Answer Set Programming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Crisci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mahout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CMSB 2024 - 22nd International Conference Computational Methods in Systems Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Pise, Italy. pp.80-88, </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3349,51 +3349,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid modelling to Solve Optimal Concentrations of Metabolites and Enzymes in Constraint-based modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOSTEC 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2023, Lisbon (Portugal), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3418,64 +3418,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minimal Cut Sets of a Consortium Model of P. aeruginosa and S. aureus Reveal New Cross-Feeding Interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mahout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolic Pathway Analysis 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Séoul [en ligne], South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3494,221 +3494,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mod ́elisation m ́etabolique pour identifier de nouvelles strat ́egies de contrˆole des organismes vivants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Geometric programming to Solve Optimal Concentrations of Metabolites and Enzymes in Constraint-based modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fromion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meetochondrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Lège-Cap-Ferret, France</w:t>
+              <w:t xml:space="preserve">International Conference on System Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03903355v1</w:t>
+                <w:t xml:space="preserve">hal-03903360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric programming to Solve Optimal Concentrations of Metabolites and Enzymes in Constraint-based modelling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Mod ́elisation m ́etabolique pour identifier de nouvelles strat ́egies de contrˆole des organismes vivants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Fromion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on System Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">Meetochondrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Lège-Cap-Ferret, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03903360v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03903355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid metabolic modeling to identify new control strategies of living organisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hybrid models and methods in systems medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3733,77 +3733,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Answer set programming to compute constraint elementary flux modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mahout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolic Pathway Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Knoxville, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3828,77 +3828,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Answer set programming to compute constraint elementary flux modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mahout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Methods in System Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3917,226 +3917,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03903363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using a hybrid approach to model central carbon metabolism across the cell cycle</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sabine Pérès</w:t>
+                <w:t xml:space="preserve">Modulating mitochondria horsepower for biotechnological applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorgelindo da Veiga Moreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine S. Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Hybrid Systems Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Metabolic Pathway Analysis 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Riga, Latvia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791386v1</w:t>
+                <w:t xml:space="preserve">hal-03230443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulating mitochondria horsepower for biotechnological applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sabine S. Peres</w:t>
+                <w:t xml:space="preserve">Using a hybrid approach to model central carbon metabolism across the cell cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Pérès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolic Pathway Analysis 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Workshop on Hybrid Systems Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Prague, Czech Republic. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-28042-0_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03230443v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02791386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic view of tumor growth: a kinetic model to screen potential therapeutic targets</w:t>
               </w:r>
@@ -4230,51 +4230,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Colombie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Razanne Issa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Mazat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Nazaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4329,77 +4329,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computing EFMs consistent with equilibrium constants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Jolicœur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Schuster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolic Pathway Analysis MPA 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Bozeman, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4418,726 +4418,726 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01676892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentation systémique multi-échelle des processus biologiques de la bactérie</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Fromion</w:t>
+                <w:t xml:space="preserve">Human-Scale Metabolic Network of Central Carbon Metabolism: application to serine metabolism from glutamine in Cancer Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Beauvoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Colombie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Razanne Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Mazat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Nazaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC201: 27es Journées francophones d'Ingénierie des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">advances in Systems and Synthetic Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Evry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741418v1</w:t>
+                <w:t xml:space="preserve">hal-01709760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimality of Metabolic Flux Modes under Boolean Regulation Constraints</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Représentation systémique multi-échelle des processus biologiques de la bactérie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent J. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Froidevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Goelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morterol Martin</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vincent V. Fromion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Workshop on Constraint-Based Methods for Bioinformatics WCB’16</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">IC2016 - Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01483433v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01442727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentation systémique multi-échelle des processus biologiques de la bactérie</w:t>
+                <w:t xml:space="preserve">Minimality of Metabolic Flux Modes under Boolean Regulation Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent J. Henry</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Morterol Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Simon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC2016 - Ingénierie des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">12th International Workshop on Constraint-Based Methods for Bioinformatics WCB’16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01442727v1</w:t>
+                <w:t xml:space="preserve">hal-01483433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human-Scale Metabolic Network of Central Carbon Metabolism: application to serine metabolism from glutamine in Cancer Cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christine Nazaret</w:t>
+                <w:t xml:space="preserve">Représentation systémique multi-échelle des processus biologiques de la bactérie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Froidevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Goelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fromion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">advances in Systems and Synthetic Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Evry, France</w:t>
+              <w:t xml:space="preserve">IC201: 27es Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01709760v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic study of a metabolic network</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SAT-Based Metabolics Pathways Analysis without Compilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morterol Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">advances in Systems and Synthetic Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Evry, France. 173 p</w:t>
+              <w:t xml:space="preserve">CMSB 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01108859v1</w:t>
+                <w:t xml:space="preserve">hal-01108840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SAT-Based Metabolics Pathways Analysis without Compilation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Systematic study of a metabolic network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand P Beauvoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Colombié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Mazat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Nazaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Pérès</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CMSB 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">advances in Systems and Synthetic Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Evry, France. 173 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01108840v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01108859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of metabolic networks using elementary flux modes</w:t>
               </w:r>
@@ -5612,51 +5612,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamic Approaches in Flux Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine S. Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fromion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolic Flux Analysis in Eukaryotic Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Humana, pp.359-367, 2020, Methods in Molecular Biology, </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5992,51 +5992,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05396349v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fages" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-01436-8" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610153v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mahout" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Carlson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Peres" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41540-024-00360-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873696v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schwartz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Attal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Bakkar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0313962" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845028v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Siharath" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Biondi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e40918" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903344v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Jolicoeur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr10081612" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592743v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Moulin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tournier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine S. Peres" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr9101701" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209507v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorgelindo da Veiga Moreira" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79577-4" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968151v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10522-020-09888-6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209519v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr8121649" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02531282v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojie Ren" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Desch&#234;nes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jean Tremblay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Jolic&#339;ur" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-019-1163-4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392935v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minoo Hamraz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Abolhassani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H Schwartz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-39109-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802074v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schuster" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dague" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BST20170260" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784012v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Laflaqui&#232;re" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Leclercq" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandarong Choey" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingkui Chen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo8010018" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709642v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0171440" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709638v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinhe Zhao" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayssa Kasbi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.26393" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417967v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bigan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo6040033" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158514v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Steyaert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Paulev&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12976-015-0005-2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709661v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza L. Felicori" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Molina" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0076143" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629161v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Vallee" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Beurton-Aimar" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Mazat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652376v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Molina" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salvetat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randa Ben Ameur" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommerer" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2011.06.031" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M16VQNZ8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814816v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Felicori" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rialle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jobard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btq169" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814810v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Dias-Lopes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana&#226; El Atia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btq409" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814821v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Granier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-9-460" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282723v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Nazaret" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665625v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bouhet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Le Dorze" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Fairbrother" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle P. Oswald" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814744v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Comet Jean-Paul" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-36481-1_5" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707880v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Crisci" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71671-3_7" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036239v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392553v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903355v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903360v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dinh" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fromion" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903353v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903367v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903363v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791386v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28042-0_9" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230443v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802079v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709748v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Beauvoit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colombie" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razanne Issa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676892v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741418v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Henry" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ferr&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Froidevaux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goelzer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483433v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morterol Martin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442727v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent J. Henry" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Fromion" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709760v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01108859v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand P Beauvoit" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colombi&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01108840v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00946692v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753839v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fleury" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise M. F. Gautier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larmande" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. de Lamotte" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752562v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753301v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968157v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0159-4_17" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593957v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lampin-Maillet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ferrier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05396349v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fages" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-01436-8" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845028v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Siharath" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Biondi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Peres" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e40918" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873696v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mahout" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schwartz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Attal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Bakkar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0313962" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610153v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Carlson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41540-024-00360-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903344v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Jolicoeur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr10081612" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592743v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Moulin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tournier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine S. Peres" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr9101701" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209507v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorgelindo da Veiga Moreira" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79577-4" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209519v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr8121649" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968151v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10522-020-09888-6" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02531282v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojie Ren" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Desch&#234;nes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jean Tremblay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Jolic&#339;ur" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-019-1163-4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392935v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minoo Hamraz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Abolhassani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H Schwartz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-39109-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784012v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Laflaqui&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Leclercq" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandarong Choey" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingkui Chen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo8010018" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802074v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schuster" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dague" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BST20170260" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709642v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0171440" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709638v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinhe Zhao" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayssa Kasbi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.26393" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417967v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bigan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo6040033" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158514v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Steyaert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Paulev&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12976-015-0005-2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709661v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza L. Felicori" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Molina" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0076143" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652376v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Molina" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salvetat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randa Ben Ameur" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommerer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2011.06.031" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M16VQNZ8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629161v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Vallee" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Beurton-Aimar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Mazat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814816v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Felicori" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rialle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jobard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btq169" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814810v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Dias-Lopes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana&#226; El Atia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btq409" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814821v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Granier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-9-460" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282723v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Nazaret" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665625v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bouhet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Le Dorze" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Fairbrother" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle P. Oswald" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814744v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Comet Jean-Paul" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-36481-1_5" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707880v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Crisci" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71671-3_7" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036239v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392553v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903360v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dinh" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fromion" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903355v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903353v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903367v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903363v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230443v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791386v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28042-0_9" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802079v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709748v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Beauvoit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colombie" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razanne Issa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676892v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709760v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442727v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent J. Henry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ferr&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Froidevaux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goelzer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Fromion" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483433v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morterol Martin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741418v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Henry" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01108840v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01108859v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand P Beauvoit" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colombi&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00946692v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753839v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fleury" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise M. F. Gautier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larmande" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. de Lamotte" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752562v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753301v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968157v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0159-4_17" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593957v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lampin-Maillet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ferrier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>