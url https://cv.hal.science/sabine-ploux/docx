--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que disent les cahiers de doléances du travail?</w:t>
+                <w:t xml:space="preserve">Que disent les cahiers de doléances du travail ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Della Sudda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Pengam</w:t>
@@ -162,55 +162,55 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Vic Ozouf-Marignier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Printemps des Humanités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Campus Condorcet; Tartakowsky, Danielle; Fraix, Valentin; Espitalier, Louise; Zalio, Pierre-Paul, Mar 2026, Aubervilliers, France</w:t>
+              <w:t xml:space="preserve">Festival Printemps des Humanités "pourquoi travailler ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Campus Condorcet; Danielle Tartakowsky; Valentin Fraix; Louise Espitalier; Pierre-Paul Zalio, Mar 2026, Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05531680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -493,424 +493,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00951700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une méthode de détection et de traitement automatique de la métaphore</w:t>
+                <w:t xml:space="preserve">Differentiating semantic categories in ERPs during acquisition of novel words</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Oliveira</w:t>
+                <w:t xml:space="preserve">Raphaël Fargier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Paulignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Reboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana A Nazir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Passeurs de mots, passeurs d'espoir. Actes des 8èmes Journées scientifiques du Réseau LTT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Lisbonne, Portugal. pp.1-11</w:t>
+              <w:t xml:space="preserve">Neurobiology of Language Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Annapolis, Maryland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00934733v1</w:t>
+                <w:t xml:space="preserve">hal-00931212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using topic salience and connotational drifts to detect candidates to semantic change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Armelle Boussidan</w:t>
+                <w:t xml:space="preserve">Vers une méthode de détection et de traitement automatique de la métaphore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWCS '11 Proceedings of the Ninth International Conference on Computational Semantics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2011, oxford, United Kingdom. http://dl.acm.org/citation.cfm?id=2002669.2002703</w:t>
+              <w:t xml:space="preserve">Passeurs de mots, passeurs d'espoir. Actes des 8èmes Journées scientifiques du Réseau LTT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Lisbonne, Portugal. pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00627804v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00934733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Topic Salience and Connotational Drifts to Detect Candidates to Semantic Change</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Using topic salience and connotational drifts to detect candidates to semantic change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Boussidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ninth International Conference on Computational Semantics (IWCS 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2011, Oxford, United Kingdom</w:t>
+              <w:t xml:space="preserve">IWCS '11 Proceedings of the Ninth International Conference on Computational Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, oxford, United Kingdom. http://dl.acm.org/citation.cfm?id=2002669.2002703</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00930021v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00627804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiating semantic categories in ERPs during acquisition of novel words</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Fargier</w:t>
+                <w:t xml:space="preserve">Using Topic Salience and Connotational Drifts to Detect Candidates to Semantic Change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Boussidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tatjana A Nazir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Language Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Annapolis, Maryland, United States</w:t>
+              <w:t xml:space="preserve">Ninth International Conference on Computational Semantics (IWCS 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00931212v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00930021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Topic Salience and Connotational Drifts to Detect Candidates to Semantic Change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Boussidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -961,51 +961,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Semantic Atlas: an Interactive Model of Lexical Representation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Boussidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyungsuk Ji</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1043,51 +1043,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une méthode de détection et de traitement automatique de la métaphore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1512,1397 +1512,1410 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02430301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction de la notion de proximité : le thème de l’éolien dans les Cahiers citoyens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Jolivet</w:t>
+                <w:t xml:space="preserve">L’immigration dans les Cahiers de doléances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dominguès</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GéoProximitéS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Représentations de la proximité, 4</w:t>
+              <w:t xml:space="preserve">Plein Droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Migrations, pourquoi tant de discours ?, 145, https://www.gisti.org/spip.php?article7555</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04872242v1</w:t>
+                <w:t xml:space="preserve">hal-05546499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mots du Grand Débat national : les réseaux lexicaux des contributions déposées sur trois plateformes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Construction de la notion de proximité : le thème de l’éolien dans les Cahiers citoyens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dominguès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matilde Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Leu Ploux-Chillès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanités numériques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GéoProximitéS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Représentations de la proximité, 4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03511103v1</w:t>
+                <w:t xml:space="preserve">hal-04872242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph-Based Bilingual Word Embedding for Statistical Machine Translation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les mots du Grand Débat national : les réseaux lexicaux des contributions déposées sur trois plateformes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Genay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leu Ploux-Chillès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Asian and Low-Resource Language Information Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3203078⟩</w:t>
+              <w:t xml:space="preserve">Humanités numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/revuehn.2655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02436688v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03511103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiating Semantic Categories during the Acquisition of Novel Words: Correspondence Analysis Applied to Event-related Potentials.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Fargier</w:t>
+                <w:t xml:space="preserve">Graph-Based Bilingual Word Embedding for Statistical Machine Translation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui R. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hai Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yves Paulignan</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bao-Liang Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masao Utiyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/jocn_a_00669⟩</w:t>
+              <w:t xml:space="preserve">ACM Transactions on Asian and Low-Resource Language Information Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17 (4), pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3203078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01067944v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02436688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a Neurolexicology: A Method for Exploring the Organization of the Mental Lexicon by Analyzing Electrophysiological Signals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differentiating Semantic Categories during the Acquisition of Novel Words: Correspondence Analysis Applied to Event-related Potentials.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Fargier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cheylus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Reboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Paulignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Mental Lexicon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1075/ml.7.2.wit⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/jocn_a_00669⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00806541v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01067944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repérage automatique de la néologie sémantique en corpus à travers des représentations cartographiques évolutives : vers une méthode de visualisation graphique dynamique de la diachronie de la néologie</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Toward a Neurolexicology: A Method for Exploring the Organization of the Mental Lexicon by Analyzing Electrophysiological Signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Dabic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Paulignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cheylus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana A Nazir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Lexicologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Mental Lexicon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (2), pp.210-236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/ml.7.2.wit⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00934820v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrichir automatiquement des dictionnaires électroniques de synonymes et de traduction : une application du modèle d'appariement multilingue des Atlas sémantiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Repérage automatique de la néologie sémantique en corpus à travers des représentations cartographiques évolutives : vers une méthode de visualisation graphique dynamique de la diachronie de la néologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Boussidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Renon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lupone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de lexicologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 25, pp.109-125</w:t>
+              <w:t xml:space="preserve">Cahiers de Lexicologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.1-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00933543v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00934820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing the cognitive relevance of a geometric model on a word association task: a comparison of humans, ACOM, and LSA.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enrichir automatiquement des dictionnaires électroniques de synonymes et de traduction : une application du modèle d'appariement multilingue des Atlas sémantiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavior Research Methods</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue de lexicologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 25, pp.109-125</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00655210v1</w:t>
+                <w:t xml:space="preserve">hal-00933543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du corpus au dictionnaire. Réalisation automatique d'un outil de gestion de l'information multilingue</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Jacquemin</w:t>
+                <w:t xml:space="preserve">Testing the cognitive relevance of a geometric model on a word association task: a comparison of humans, ACOM, and LSA.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyngsuk Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyunseung Choo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Linguistique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Behavior Research Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 40 (4), pp.926-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3758/BRM.40.4.926⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00355962v2</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00655210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Model for Matching Semantic Maps between Languages (French/ English, English / French )</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Du corpus au dictionnaire. Réalisation automatique d'un outil de gestion de l'information multilingue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hyungsuk Ji</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Linguistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 29 (2), pp.155-178</w:t>
+              <w:t xml:space="preserve">Cahiers de Linguistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 33 (1), pp.63-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00933321v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00355962v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prosodie et thématisation en français parlé</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Model for Matching Semantic Maps between Languages (French/ English, English / French )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bernard Victorri</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyungsuk Ji</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cahiers de praxématique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computational Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 29 (2), pp.155-178</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00138041v1</w:t>
+                <w:t xml:space="preserve">hal-00933321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction d'espaces sémantiques à l'aide de dictionnaires de synonymes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prosodie et thématisation en français parlé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lacheret-Dujour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Victorri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les cahiers de praxématique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Les opérations de thématisation en français, 30, pp.89-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/praxematique.2755⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00009433v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00138041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et traitement informatique de la synonymie</w:t>
+                <w:t xml:space="preserve">Construction d'espaces sémantiques à l'aide de dictionnaires de synonymes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Victorri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, XXI (1), pp.1-27</w:t>
+              <w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 39, pp.161-182</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00934862v1</w:t>
+                <w:t xml:space="preserve">halshs-00009433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation et Traitement Informatique de la Synonymie</w:t>
               </w:r>
@@ -2937,239 +2950,308 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1075/li.21.1.02plo⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04534043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation et traitement informatique de la synonymie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Ploux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, XXI (1), pp.1-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00934862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ISF, un thème largement abordé dans les Cahiers citoyens. Les Cahiers citoyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Chandora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dominguès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04872328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une étude géo-sémantique des réseaux lexicaux issus du corpus des Cahiers citoyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04872342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3179,201 +3261,201 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semantic Matter and Its States: Words, Meaning, and Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05093063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mots du Grand débat national : quelques résultats et réflexions préliminaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Genay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leu Ploux-Chillès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02441477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organization and Independence or Interdependence? Study of the Neurophysiological Dynamics of Syntactic and Semantic Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3382,368 +3464,368 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Deprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02436663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Random vector generation of a semantic space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Ploux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02436691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural Stability of Lexical Semantic Spaces: Nouns in Chinese and French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rui R. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhengfeng Zhong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hai Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Xin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02436680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La représentation de la sémantique des phrases dans le paradigme géométrique des Atlas sémantiques : Une étude sur les syntagmes de type V-N et N-ADJ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02966910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une étude pour le traitement informatique de la synonymie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02430342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3753,334 +3835,334 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lexical semantics and topological models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jacqueline Léon ; Sylvain Loiseau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">History of Quantitative Linguistics in France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RAM-Verlag, pp.221-232, 2016, 978-3-942303-48-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01433837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La modélisation en sémantique lexicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Catherine Garbay, Daniel Kayser. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Informatique et Sciences Cognitives : influences ou confluences ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cogniprisme, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00925764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles et sémantique lexicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Daniel Kayser et Catherines Garbay. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Informatique et sciences cognitives : influences ou confluence ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maison des sciences de l'homme, pp.1-18, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00934830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corpus spécialisé et ressource de spécialité. L'information forme le sens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maniez, François; Dury, Pascaline; Arlin, Nathalie; Rougemont, Claire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corpus et dictionnaires de langues de spécialité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Grenoble, pp.197-212, 2008, Travaux du CRTT</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00202570v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4090,105 +4172,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des dynamiques sensori-motrices au sens : recherche d’un cadre mathématique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences cognitives. Université Lyon2, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02430263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId98"/>
+      <w:footerReference w:type="default" r:id="rId99"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4335,51 +4417,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531680v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Della Sudda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pengam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Ploux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Vic Ozouf-Marignier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334503v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Guembour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Domingu&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312145v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jolivet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Monnier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951700v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Deprez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934733v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Oliveira" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627804v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Boussidan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930021v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931212v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fargier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Paulignan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Reboul" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana A Nazir" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933307v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933294v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyungsuk Ji" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932165v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933207v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Hyungsuk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Wehrli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05335675v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321973v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Paul Zalio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Oury" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430301v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872242v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511103v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Genay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leu Ploux-Chill&#232;s" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.2655" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436688v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui R. Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Zhao" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao-Liang Lu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masao Utiyama" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3203078" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067944v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cheylus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_00669" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806541v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dabic" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ml.7.2.wit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934820v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Renon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Franco" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lupone" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933543v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655210v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyngsuk Ji" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lemaire" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyunseung Choo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/BRM.40.4.926" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355962v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jacquemin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933321v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00138041v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacheret-Dujour" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Victorri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.2755" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00009433v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934862v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534043v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.21.1.02plo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872328v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Chandora" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872342v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093063v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441477v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436663v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436691v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Delpech" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436680v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengfeng Zhong" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Xin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966910v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430342v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433837v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925764v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934830v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202570v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02430263v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531680v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Della Sudda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pengam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Ploux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Vic Ozouf-Marignier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334503v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Guembour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Domingu&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312145v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jolivet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Monnier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951700v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Deprez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931212v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fargier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Paulignan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Reboul" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana A Nazir" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934733v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Oliveira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627804v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Boussidan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930021v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933307v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933294v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyungsuk Ji" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932165v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933207v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Hyungsuk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Wehrli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05335675v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321973v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Paul Zalio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Oury" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430301v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546499v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872242v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511103v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Genay" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leu Ploux-Chill&#232;s" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.2655" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436688v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui R. Wang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Zhao" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao-Liang Lu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masao Utiyama" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3203078" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067944v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cheylus" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_00669" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806541v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dabic" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ml.7.2.wit" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934820v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Renon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Franco" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lupone" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933543v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655210v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyngsuk Ji" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lemaire" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyunseung Choo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/BRM.40.4.926" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355962v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jacquemin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933321v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00138041v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacheret-Dujour" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Victorri" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.2755" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00009433v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534043v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.21.1.02plo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934862v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872328v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Chandora" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872342v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093063v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441477v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436663v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436691v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Delpech" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436680v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengfeng Zhong" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Xin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966910v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430342v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433837v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925764v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934830v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202570v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02430263v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>