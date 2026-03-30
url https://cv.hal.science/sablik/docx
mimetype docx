--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2159,222 +2159,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02380657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective S-adic symbolic dynamical systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Fernique</w:t>
+                <w:t xml:space="preserve">The Domino Problem for Self-similar Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastián Barbieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sablik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Conference on Computability in Europe, CiE 2016</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-40189-8_2⟩</w:t>
+              <w:t xml:space="preserve">12th Conference on Computability in Europe (CiE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Univ Paris 13; Univ Paris 7; Assoc Computabil Europe; Assoc Symbol Log; European Assoc Theoret Comp Sci, Jun 2016, Paris, France. pp.205-214, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-40189-8_21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01488988v1</w:t>
+                <w:t xml:space="preserve">hal-01489000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Domino Problem for Self-similar Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sebastián Barbieri</w:t>
+                <w:t xml:space="preserve">Effective S-adic symbolic dynamical systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Berthé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Fernique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sablik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Conference on Computability in Europe (CiE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Univ Paris 13; Univ Paris 7; Assoc Computabil Europe; Assoc Symbol Log; European Assoc Theoret Comp Sci, Jun 2016, Paris, France. pp.205-214, </w:t>
+              <w:t xml:space="preserve">12th Conference on Computability in Europe, CiE 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Univ Paris 13; Univ Paris 7; Assoc Computabil Europe; Assoc Symbol Log; European Assoc Theoret Comp Sci, Jun 2016, Paris, France. pp.13-23, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-40189-8_21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-40189-8_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01489000v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01488988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entry times in automata with simple defect dynamics</w:t>
               </w:r>
@@ -3553,51 +3553,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169498v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gayral" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sablik" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siamak Taati" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6544/addbb8" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307439v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n Barbieri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ville Salo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2024125" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632414v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne J. Esnay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2023001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203745v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayral L&#233;o" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/23-EJP917" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771115v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-023-10142-y" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870292v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Gangloff" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11854-021-0172-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970758v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2018.21" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01971315v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Marcovici" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/19-EJP297" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296964v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fernique" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2018.20" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274504v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hellouin de Menibus" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-017-1760-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970761v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Aubrun" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2016.11.033" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970755v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Cenac" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rovetta" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Varloot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201760203" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299001v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2016.46" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866094v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boyer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Delacourt" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Poupet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Theyssier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcss.2015.05.004" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298865v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275179v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10440-013-9808-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/hal-00451729v3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2011.02.019" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339354v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870359v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2008.02.052" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012629v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380657v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Esnay" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2020.26" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488988v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berth&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40189-8_2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489000v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40189-8_21" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299964v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314657v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299958v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-22321-1_22" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-V0759JJ2-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542356v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00359625v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175396v3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-69407-6" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273997v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186536v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905050v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Marsan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905033v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristobal Rojas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632429v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533129v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169498v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gayral" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sablik" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siamak Taati" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6544/addbb8" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307439v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n Barbieri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ville Salo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2024125" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632414v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne J. Esnay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2023001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203745v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayral L&#233;o" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/23-EJP917" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771115v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-023-10142-y" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870292v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Gangloff" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11854-021-0172-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970758v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2018.21" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01971315v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Marcovici" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/19-EJP297" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296964v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fernique" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2018.20" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274504v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hellouin de Menibus" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-017-1760-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970761v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Aubrun" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2016.11.033" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970755v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Cenac" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rovetta" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Varloot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201760203" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299001v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2016.46" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866094v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boyer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Delacourt" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Poupet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Theyssier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcss.2015.05.004" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298865v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275179v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10440-013-9808-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/hal-00451729v3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2011.02.019" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339354v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870359v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2008.02.052" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012629v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380657v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Esnay" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2020.26" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489000v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40189-8_21" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488988v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berth&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40189-8_2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299964v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314657v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299958v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-22321-1_22" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-V0759JJ2-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542356v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00359625v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175396v3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-69407-6" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273997v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186536v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905050v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Marsan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905033v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristobal Rojas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632429v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533129v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>