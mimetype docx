--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -181,8780 +181,9031 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (75)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (77)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the Impact of Wear on the Recordability of Linear Enamel Hypoplasia: A Quantitative Approach</w:t>
+                <w:t xml:space="preserve">Fixed and Fluid: The Two Faces of Gender Roles—A Combined Study of Activity Patterns and Burial Practices in the European Neolithic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamás Szeniczey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Polet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexandra Anders</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 188 (3), pp.e70145. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajpa.70145⟩</w:t>
+              <w:t xml:space="preserve">, 2026, 189 (2), pp.e70217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.70217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348072v1</w:t>
+                <w:t xml:space="preserve">hal-05549219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que deviennent nos corps morts ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing inter-observer reliability to support availability of osteometric measurement data from the Olivier collection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siam Knecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Charabidzé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solenn Bihan</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ébullition(s) : le cahier illustré de la recherche</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.59655/nb52122995494⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 38 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15sl6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05318894v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05549209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing Histotaphonomy: A Pilot Study Using Image Analysis for Quantitative Scoring of Bone Diagenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lolita Trenchat</w:t>
+                <w:t xml:space="preserve">Assessing the Impact of Wear on the Recordability of Linear Enamel Hypoplasia: A Quantitative Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vanderesse</w:t>
+                <w:t xml:space="preserve">Ijk van Hattum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Pubert</w:t>
+                <w:t xml:space="preserve">Caroline Laforest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Lefrais</w:t>
+                <w:t xml:space="preserve">Caroline Polet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katrien van de Vijver</w:t>
+                <w:t xml:space="preserve">Frédéric Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 35 (3), pp.e3404. </w:t>
+              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 188 (3), pp.e70145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/oa.3404⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.70145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05030224v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05348072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic fluoride poisoning during the Roman period in Cumae (Italy): a diagnostic approach to skeletal fluorosis in cremated human remains</w:t>
+                <w:t xml:space="preserve">Que deviennent nos corps morts ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliza Orellana-González</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Damien Charabidzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Duday</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Solenn Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/13pt5⟩</w:t>
+              <w:t xml:space="preserve">Ébullition(s) : le cahier illustré de la recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.59655/nb52122995494⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05060547v1</w:t>
+                <w:t xml:space="preserve">hal-05318894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population affinities in pre‐colonial West Africa: The case of the burial cave Iroungou (Gabon, 14th–15th century CE)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing Histotaphonomy: A Pilot Study Using Image Analysis for Quantitative Scoring of Bone Diagenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lolita Trenchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+                <w:t xml:space="preserve">Nicolas Vanderesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Villotte</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
+                <w:t xml:space="preserve">Eric Pubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Mora</w:t>
+                <w:t xml:space="preserve">Yannick Lefrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Espinasse</w:t>
+                <w:t xml:space="preserve">Katrien van de Vijver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 185 (2), pp.e24997. </w:t>
+              <w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35 (3), pp.e3404. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ajpa.24997⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/oa.3404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04759124v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05030224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well supplied in life, set aside in death: A multi‐isotope study of Justinian plague victims from Saint‐Doulchard (France, 7th–8th centuries AD)</w:t>
+                <w:t xml:space="preserve">Chronic fluoride poisoning during the Roman period in Cumae (Italy): a diagnostic approach to skeletal fluorosis in cremated human remains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zdeněk Vytlačil</w:t>
+                <w:t xml:space="preserve">Eliza Orellana-González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Durand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
+                <w:t xml:space="preserve">Henri Duday</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Lefrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Holleville</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylva Drtikolová Kaupová</w:t>
+                <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajpa.25002⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 37 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13pt5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04678190v1</w:t>
+                <w:t xml:space="preserve">hal-05060547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panorama de la communauté professionnelle en anthropologie biologique et archéo-anthropologie en France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Population affinities in pre‐colonial West Africa: The case of the burial cave Iroungou (Gabon, 14th–15th century CE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Marchal</w:t>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Munoz</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Cécile Buquet-Marcon</w:t>
+                <w:t xml:space="preserve">Loic Espinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/12sif⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 185 (2), pp.e24997. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.24997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04837873v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex estimation of the human os coxae in archeological contexts: An advocacy of using both Diagnose Sexuelle Probabiliste and Brůžek's morphoscopic method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 34 (5), pp.e3334. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/oa.3334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04758626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles données sur un assemblage ostéoarchéologique en lien avec la première pandémie de peste historique</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Panorama de la communauté professionnelle en anthropologie biologique et archéo-anthropologie en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Buquet-Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 36 (2), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.14262⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 36 (2), pp.14426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12sif⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05343380v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04837873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des approches histologiques et micro-tomographiques pour l’étude de la diagenèse osseuse</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Katrien van de Vijver</w:t>
+                <w:t xml:space="preserve">Well supplied in life, set aside in death: A multi‐isotope study of Justinian plague victims from Saint‐Doulchard (France, 7th–8th centuries AD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zdeněk Vytlačil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Holleville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylva Drtikolová Kaupová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.14092⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 185, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.25002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04668775v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04678190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First bioarchaeological evidence of the familial practice of embalming of infant and adult relatives in Early Modern France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Sachau-Carcel</w:t>
+                <w:t xml:space="preserve">Comparaison des approches histologiques et micro-tomographiques pour l’étude de la diagenèse osseuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lolita Trenchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vanderesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Lefrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrien van de Vijver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-78258-w⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Analyses invasives, micro-invasives et non-invasives des vestiges anthropobiologiques, 36 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.14092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04784100v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04668775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles données sur un assemblage ostéoarchéologique en lien avec la première pandémie de peste historique : la nécropole tardo-antique du &amp;quot;Clos des Cordeliers&amp;quot; à Sens (Yonne, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Nouvelles données sur un assemblage ostéoarchéologique en lien avec la première pandémie de peste historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Holleville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 36 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/12btj⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.14262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04768766v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05343380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A probable case of hypophosphatasia in St Bride’s Lower Churchyard (1770–1849, London, UK)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Nouvelles données sur un assemblage ostéoarchéologique en lien avec la première pandémie de peste historique : la nécropole tardo-antique du &amp;quot;Clos des Cordeliers&amp;quot; à Sens (Yonne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Holleville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2024.06.003⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12btj⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05031268v1</w:t>
+                <w:t xml:space="preserve">hal-04768766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A probable case of hypophosphatasia in St Bride's Lower Churchyard (1770-1849, London, UK)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First bioarchaeological evidence of the familial practice of embalming of infant and adult relatives in Early Modern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Couture</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Caroline Partiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryelle Bessou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tania Kausmally</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Penet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Sachau-Carcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2024.06.003⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.27075. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-78258-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04769183v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Société d’Anthropologie de Paris in action to address the impact of the Covid-19 epidemic on the bioanthropologists’ community</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A probable case of hypophosphatasia in St Bride’s Lower Churchyard (1770–1849, London, UK)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaëlle Goude</w:t>
+                <w:t xml:space="preserve">Pierre-Hadrien Decaup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Couture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Kausmally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.11940⟩</w:t>
+              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 46, pp.24-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2024.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04159498v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05031268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les corps malades examinés par l’anthropologie biologique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A probable case of hypophosphatasia in St Bride's Lower Churchyard (1770-1849, London, UK)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Hadrien Decaup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Couture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Gibert</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tania Kausmally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.11945⟩</w:t>
+              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 46, pp.24-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2024.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04205849v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04769183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une histoire plurimillénaire de la peste exhumée par les sciences archéologiques</w:t>
+                <w:t xml:space="preserve">The Société d’Anthropologie de Paris in action to address the impact of the Covid-19 epidemic on the bioanthropologists’ community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Buquet-Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Chamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Goude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.11940⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287864v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04159498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles données sur l’épidémiologie passée et actuelle de la spondylolyse lombo-sacrée et son association avec la spina bifida occulta</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les corps malades examinés par l’anthropologie biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Morgane Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Colleter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Savall</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 34 (2), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.10225⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 35 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.11945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03819906v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04205849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender la frontière entre vivants et morts par l’archéo-anthropologie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Une histoire plurimillénaire de la peste exhumée par les sciences archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 169, pp.46-51</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03682551v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels modes d'inhumation au temps des grandes mortalités médiévales et modernes ? Essai de typo-chronologie des structures d’enfouissement des victimes d’épidémies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nouvelles données sur l’épidémiologie passée et actuelle de la spondylolyse lombo-sacrée et son association avec la spina bifida occulta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Devos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphan Tzortzis</w:t>
+                <w:t xml:space="preserve">David Gandia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Réveillas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michel Signoli</w:t>
+                <w:t xml:space="preserve">Kathia Chaumoitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique du Centre de la France - Suppléments</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.10225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04113978v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03819906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual-source dual-energy CT-scan confirms the diagnosis of ancient hydatid cysts recovered from a Late Roman burial in Amiens, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Appréhender la frontière entre vivants et morts par l’archéo-anthropologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Buquet-Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eline Schotsmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gholamreza Mowlavi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
+                <w:t xml:space="preserve">Hemmamuthé Goudiaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Iranian Journal of Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18502/ijpa.v17i2.9536⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Entre vivants et morts : regards croisés sur une frontière relative et fluctuante, 34 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.9878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03819789v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03682551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ten millennia of hepatitis B virus evolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dual-source dual-energy CT-scan confirms the diagnosis of ancient hydatid cysts recovered from a Late Roman burial in Amiens, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gholamreza Mowlavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shapour Shirani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynab Askari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Kocher</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Maria Spyrou</w:t>
+                <w:t xml:space="preserve">Jean Dupouy-Camet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.abi5658⟩</w:t>
+              <w:t xml:space="preserve">Iranian Journal of Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (2), pp.194-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18502/ijpa.v17i2.9536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03820030v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03819789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commémorer les épidémies dans un monde changeant : mémorialisation de la peste et autres fléaux infectieux du Moyen Âge à nos jours</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quels modes d'inhumation au temps des grandes mortalités médiévales et modernes ? Essai de typo-chronologie des structures d’enfouissement des victimes d’épidémies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphan Tzortzis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Réveillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Signoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Espace Politique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue archéologique du Centre de la France - Suppléments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Rencontre autour des typo-chronologies des tombes à inhumations : Actes de la 11e Rencontre du Groupe d’Anthropologie et d’Archéologie Funéraire, 82, pp.427-438</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03169531v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre peste et famine : caractérisation d’une crise de mortalité par l’étude de trois sépultures multiples du site de Kutná Hora – Sedlec (République tchèque, XIVe siècle)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ten millennia of hepatitis B virus evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Kocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auxane De Lépinau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dominique Castex</w:t>
+                <w:t xml:space="preserve">Luka Papac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hana Brzobohatá</w:t>
+                <w:t xml:space="preserve">Rodrigo Barquera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Frolík</w:t>
+                <w:t xml:space="preserve">Felix Key</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filip Velímský</w:t>
+                <w:t xml:space="preserve">Maria Spyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 33 (2), </w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 374 (6564), pp.182-188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/bmsap.7664⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/science.abi5658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03359449v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03820030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sepulturas y cementerios. La arqueología de la peste negra</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mortuary behaviour and cultural practices in pre-colonial West Central Africa: new data from the Iroungou burial cave, Gabon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Espinasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Desperta Ferro: Arqueología e Historia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 95 (382), z32s06pe23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15184/aqy.2021.80⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03360297v1</w:t>
+                <w:t xml:space="preserve">hal-03359504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mortuary behaviour and cultural practices in pre-colonial West Central Africa: new data from the Iroungou burial cave, Gabon</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Sepulturas y cementerios. La arqueología de la peste negra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiquity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Desperta Ferro: Arqueología e Historia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35, pp.20-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15184/aqy.2021.80⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03359504v1</w:t>
+                <w:t xml:space="preserve">hal-03360297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building on 162 years of scientific publication, the Bulletins et Mémoires de la Société d’Anthropologie introduces unlimited free access to enter the world of open science</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Entre peste et famine : caractérisation d’une crise de mortalité par l’étude de trois sépultures multiples du site de Kutná Hora – Sedlec (République tchèque, XIVe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+                <w:t xml:space="preserve">Auxane De Lépinau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Bertrand</w:t>
+                <w:t xml:space="preserve">Hana Brzobohatá</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Bon</w:t>
+                <w:t xml:space="preserve">Jan Frolík</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filip Velímský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 33 (1), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.7438⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 33 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.7664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03232900v1</w:t>
+                <w:t xml:space="preserve">hal-03359449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple occurrence of premature polyarticular osteoarthritis in an early medieval Bohemian cemetery (Prague, Czech Republic)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Commémorer les épidémies dans un monde changeant : mémorialisation de la peste et autres fléaux infectieux du Moyen Âge à nos jours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2020.04.004⟩</w:t>
+              <w:t xml:space="preserve">L'Espace Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/espacepolitique.8598⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02921712v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03169531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex mortuary dynamics in the Upper Paleolithic of the decorated Grotte de Cussac, France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Building on 162 years of scientific publication, the Bulletins et Mémoires de la Société d’Anthropologie introduces unlimited free access to enter the world of open science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Irene Dori</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2005242117⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.7438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02921704v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03232900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un simple tas d'os ? Le fonctionnement complexe d'un ossuaire médiéval du cimetière paroissial de l'église Notre-Dame de Boulogne-sur-Mer (Pas-de-Calais)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multiple occurrence of premature polyarticular osteoarthritis in an early medieval Bohemian cemetery (Prague, Czech Republic)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylva Drtikolová Kaupová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Veleminsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Cvrček</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valér Džupa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Blamangin</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vítězslav Kuželka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie médiévale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/archeomed.30320⟩</w:t>
+              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30, pp.35-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2020.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03181002v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La deuxième pandémie de peste. Gestion sanitaire d’une crise pluriséculaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Complex mortuary dynamics in the Upper Paleolithic of the decorated Grotte de Cussac, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Trinkaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eline Schotsmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Courtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Dori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117 (26), pp.14851-14856. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2005242117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02921719v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New anthropological data from Cussac Cave (Gravettian, Dordogne, France): In situ and virtual analyses of Locus 3</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Un simple tas d'os ? Le fonctionnement complexe d'un ossuaire médiéval du cimetière paroissial de l'église Notre-Dame de Boulogne-sur-Mer (Pas-de-Calais)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blamangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archéologie médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 50, pp.135-156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeomed.30320⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crpv.2019.02.004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02118070v1</w:t>
+                <w:t xml:space="preserve">hal-03181002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogeography of the second plague pandemic revealed through analysis of historical Yersinia pestis genomes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La deuxième pandémie de peste. Gestion sanitaire d’une crise pluriséculaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03012757v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogeography of the second plague pandemic revealed through analysis of historical Yersinia pestis genomes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New anthropological data from Cussac Cave (Gravettian, Dordogne, France): In situ and virtual analyses of Locus 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Peignaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guyomarc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eline Schotsmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-12154-0⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crpv.2019.02.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02315966v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02118070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atteintes pathologiques du sujet de la tombe 23 de la nécropole de Vadenay</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Phylogeography of the second plague pandemic revealed through analysis of historical Yersinia pestis genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Spyrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rezeda Tukhbatova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiana Scheib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Nelson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société archéologique champenoise</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-12154-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03140705v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03012757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rich table but short life: Diffuse idiopathic skeletal hyperostosis in Danish astronomer Tycho Brahe (1546-1601) and its possible consequences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
+                <w:t xml:space="preserve">Phylogeography of the second plague pandemic revealed through analysis of historical Yersinia pestis genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Spyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petr Velemínský</w:t>
+                <w:t xml:space="preserve">Marcel Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niels Lynnerup</w:t>
+                <w:t xml:space="preserve">Rezeda Tukhbatova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylva Kaupova</w:t>
+                <w:t xml:space="preserve">Christiana Scheib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alizé Lacoste Jeanson</w:t>
+                <w:t xml:space="preserve">Elizabeth Nelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 13 (4), pp.e0195920. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0195920⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-12154-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02118068v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02315966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative approach using Yersinia pestis genomes to revisit the historical landscape of plague during the Medieval Period</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amine Namouchi</w:t>
+                <w:t xml:space="preserve">Rich table but short life: Diffuse idiopathic skeletal hyperostosis in Danish astronomer Tycho Brahe (1546-1601) and its possible consequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meriam Guellil</w:t>
+                <w:t xml:space="preserve">Petr Velemínský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oliver Kersten</w:t>
+                <w:t xml:space="preserve">Niels Lynnerup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Hänsch</w:t>
+                <w:t xml:space="preserve">Sylva Kaupova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudio Ottoni</w:t>
+                <w:t xml:space="preserve">Alizé Lacoste Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 115 (50), pp.E11790-E11797. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (4), pp.e0195920. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1812865115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0195920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02118066v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02118068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plague in diachronic and interdisciplinary perspective</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Atteintes pathologiques du sujet de la tombe 23 de la nécropole de Vadenay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christina O. Lee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Archaeologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 51, pp.16-18</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société archéologique champenoise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Chossenot M., Chossenot D., Delémont M. (éd.), La nécropole et les silos de Vadenay « L’Étau » (Marne), 111 (4), pp.100-105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03140723v1</w:t>
+                <w:t xml:space="preserve">hal-03140705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Données quantitatives en anthropologie biologique : regards croisés</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yann Ardagna</w:t>
+                <w:t xml:space="preserve">Integrative approach using Yersinia pestis genomes to revisit the historical landscape of plague during the Medieval Period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Namouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriam Guellil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Détroit</w:t>
+                <w:t xml:space="preserve">Oliver Kersten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Fort</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
+                <w:t xml:space="preserve">Stephanie Hänsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Ottoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13219-017-0191-z⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 115 (50), pp.E11790-E11797. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1812865115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03140748v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02118066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l’état sanitaire des populations du passé sur la mortalité en temps de peste : contribution à la paléoépidémiologie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Plague in diachronic and interdisciplinary perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Gutsmiedl-Schümann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina O. Lee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The European Archaeologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 51, pp.16-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13219-017-0189-6⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03140734v1</w:t>
+                <w:t xml:space="preserve">hal-03140723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sarcophages de plâtre d'Allonnes (Eure-et-Loir) : un enrichissement de la chronotypologie funéraire régionale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03140744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sarcophages de plâtre d’Allonnes (Eure-et-Loir) : un enrichissement de la chrono-typologie funéraire régionale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Données quantitatives en anthropologie biologique : regards croisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (3-4), pp.150-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13219-017-0191-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01773848v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normal growth, altered growth? Study of the relationship between harris lines and bone form within a post-medieval plague cemetery (Dendermonde, Belgium, 16th Century)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Influence de l’état sanitaire des populations du passé sur la mortalité en temps de peste : contribution à la paléoépidémiologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Human Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajhb.22885⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (3-4), pp.202-212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13219-017-0189-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03140712v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical Y. pestis Genomes Reveal the European Black Death as the Source of Ancient and Modern Plague Pandemics</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les sarcophages de plâtre d’Allonnes (Eure-et-Loir) : un enrichissement de la chrono-typologie funéraire régionale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Capron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Host and Microbe</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02118072v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01773848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demographic Patterns Distinctive of Epidemic Cemeteries in Archaeological Samples</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Normal growth, altered growth? Study of the relationship between harris lines and bone form within a post-medieval plague cemetery (Dendermonde, Belgium, 16th Century)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Boucherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Polet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 4 (4), pp.PoH-0015-2015. </w:t>
+              <w:t xml:space="preserve">American Journal of Human Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (1), pp.e22885. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/microbiolspec.PoH-0015-2015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ajhb.22885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03140760v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical Y. pestis genomes reveal the Black Death as source of ancient and modern plague pandemics</w:t>
+                <w:t xml:space="preserve">Historical Y. pestis Genomes Reveal the European Black Death as the Source of Ancient and Modern Plague Pandemics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Alexandra Spyrou</w:t>
+                <w:t xml:space="preserve">Maria a. Spyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rezeda I. Tukhbatova</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Rezeda i. Tukhbatova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Feldman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Drath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Host and Microbe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 19 (6), pp.874-881</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 19 (6), pp.874-881. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chom.2016.05.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01842544v1</w:t>
+                <w:t xml:space="preserve">hal-02118072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hauptastadt der Seuchen</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Demographic Patterns Distinctive of Epidemic Cemeteries in Archaeological Samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spektrum der Wissenschaft</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (4), pp.PoH-0015-2015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/microbiolspec.PoH-0015-2015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842945v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le caveau de l'église Saint-Pierre d'Epernon (Eure-et-Loir) et ses vestiges : protocole d'étude et premiers résultats</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Historical Y. pestis genomes reveal the Black Death as source of ancient and modern plague pandemics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Alexandra Spyrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rezeda I. Tukhbatova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Feldman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Drath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 53, http://racf.revues.org/2167</w:t>
+              <w:t xml:space="preserve">Cell Host and Microbe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 19 (6), pp.874-881</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03329388v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse des interventions archéologiques au prieuré de &amp;quot;La Madeleine-lez-Orléans</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Hauptastadt der Seuchen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Archéologique et Historique de l’Orléanais</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 169, pp.15-37</w:t>
+              <w:t xml:space="preserve">Spektrum der Wissenschaft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.63-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03329370v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing archaeological feature linked to Mortality increase</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le caveau de l'église Saint-Pierre d'Epernon (Eure-et-Loir) et ses vestiges : protocole d'étude et premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropologie (Brno)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 52 (3), pp.299-318</w:t>
+              <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 53, http://racf.revues.org/2167</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03329378v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réévaluation des arguments de simultanéité des dépôts de cadavres : l’exemple des sépultures plurielles de la catacombe des Saints Pierre-et-Marcellin (Rome)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Réveillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Sachau-Carcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaela Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (1), pp.88-97. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13219-013-0092-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Evidence of &amp;lt;em&amp;gt;Entamoeba histolytica&amp;lt;/em&amp;gt; Infections in Pre-Columbian and Colonial Cemeteries in the Caribbean</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Revealing archaeological feature linked to Mortality increase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Réveillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Souquet-Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Sachau-Carcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Parasitology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Anthropologie (Brno)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 52 (3), pp.299-318</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02502609v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palaeopathological diagnosis of spondyloarthropathies: Insights from the biomedical literature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthèse des interventions archéologiques au prieuré de &amp;quot;La Madeleine-lez-Orléans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Samsel</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mathias Cunault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rouquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jesset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de la Société Archéologique et Historique de l’Orléanais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 169, pp.15-37</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02266498v1</w:t>
+                <w:t xml:space="preserve">hal-03329370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Études paléopathologiques de cas d'une atteinte rachidienne rare : les vertèbres en papillon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Ardagna</w:t>
+                <w:t xml:space="preserve">Palaeopathological diagnosis of spondyloarthropathies: Insights from the biomedical literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Samsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Michel Baud</w:t>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13219-014-0095-4⟩</w:t>
+              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 7, pp.70-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2014.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01018896v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probable hepatic capillariasis and hydatidosis in an adolescent from the late Roman period buried in Amiens (France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">New Evidence of &amp;lt;em&amp;gt;Entamoeba histolytica&amp;lt;/em&amp;gt; Infections in Pre-Columbian and Colonial Cemeteries in the Caribbean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Le Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Romon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/parasite/2014010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 100 (5), pp.684-686. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1645/13-476.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842703v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02502609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Humerus varus in a subadult skeleton from the medieval graveyard of la Madeleine (Orléans, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Études paléopathologiques de cas d'une atteinte rachidienne rare : les vertèbres en papillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Verna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Duneufjardin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dominique Castex</w:t>
+                <w:t xml:space="preserve">Michel Panuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Baud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.72-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13219-014-0095-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03329318v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01018896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erosive polyarthropathy in a Late Roman skeleton from northern France : a new case of rheumatoid arthritis from the pre-Columbian old World ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Probable hepatic capillariasis and hydatidosis in an adolescent from the late Roman period buried in Amiens (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gholamreza Mowlavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dupouy-Camet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iraj Mobedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahsasadat Makki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21, pp.9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2014010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842785v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Funérailles en temps d'épidémie : croyances et réalité archéologique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Differential diagnosis of carpal and tarsal ankylosis on dry bones : Example from catacomb of Saints Peter and Marcellinus (Rome 1st-3rd century AD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Bessou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Giuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 132, pp.23-29</w:t>
+              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3 (Issue 4), pp.274-281</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842972v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential diagnosis of carpal and tarsal ankylosis on dry bones : Example from catacomb of Saints Peter and Marcellinus (Rome 1st-3rd century AD)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Differential diagnosis of carpal and tarsal ankylosis on dry bones : example from the catacomb of Saints Peter and Marcellinus (Rome, 1st–3rd century AD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryelle Bessou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaella Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 3 (Issue 4), pp.274-281</w:t>
+              <w:t xml:space="preserve">, 2013, 3 (4), pp.274-281</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03329329v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential diagnosis of carpal and tarsal ankylosis on dry bones : example from the catacomb of Saints Peter and Marcellinus (Rome, 1st–3rd century AD)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Erosive polyarthropathy in a Late Roman skeleton from northern France : a new case of rheumatoid arthritis from the pre-Columbian old World ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 3 (4), pp.274-281</w:t>
+              <w:t xml:space="preserve">, 2013, 3, pp.59-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842790v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse des interventions archéologiques au prieuré de &amp;quot; la Madeleine-lez-Orléans</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Funérailles en temps d'épidémie : croyances et réalité archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Archéologique et Historique de l’Orléanais</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 169, pp.15-37</w:t>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 132, pp.23-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842975v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les têtes coupées de l'hôpital royal militaire de Dunkerque</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Humerus varus in a subadult skeleton from the medieval graveyard of la Madeleine (Orléans, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Lançon</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Duneufjardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue du Nord</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 398 (94), pp.215-226</w:t>
+              <w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 23, pp.119-126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842986v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflexions sur la variété des modalités funéraires en temps d’épidémie : l’exemple de la Peste noire en contextes urbain et rural</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Synthèse des interventions archéologiques au prieuré de &amp;quot; la Madeleine-lez-Orléans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Cunault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Duchesne</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie médiévale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 42, pp.1-21</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société Archéologique et Historique de l’Orléanais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 169, pp.15-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842913v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'étude des modifications de surface osseuse dans les sciences forensique et archéo-anthropologique : perspective bibliométrique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les têtes coupées de l'hôpital royal militaire de Dunkerque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrice Georges-Zimmermann</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lançon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue de Médecine Légale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 3 (4), pp.170-178</w:t>
+              <w:t xml:space="preserve">Revue du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 398 (94), pp.215-226</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842916v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Black death in the rural cemetery of Saint-Laurent-de-la-Cabrerisse Aude-Languedoc, Southern France, 14th century</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Réflexions sur la variété des modalités funéraires en temps d’épidémie : l’exemple de la Peste noire en contextes urbain et rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Minoarisoa Rajerison</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ezio Ferroglio</w:t>
+                <w:t xml:space="preserve">Ulysse Cabezuelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raffaella Bianucci</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Richard Donat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archéologie médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 42, pp.1-21</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halshs-00738037v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le secteur central de la catacombe des Saints Pierre-et-Marcellin (Rome, I-IIIe s.), indices archéologiques d'une crise brutale de mortalité</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L'étude des modifications de surface osseuse dans les sciences forensique et archéo-anthropologique : perspective bibliométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Raffaella Giuliani</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Georges-Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Antiquité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 123 (1), pp.274-280</w:t>
+              <w:t xml:space="preserve">La Revue de Médecine Légale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3 (4), pp.170-178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03328946v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baastrup's sign (kissing spines): A neglected condition in paleopathology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Black death in the rural cemetery of Saint-Laurent-de-la-Cabrerisse Aude-Languedoc, Southern France, 14th century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Kacki</w:t>
+                <w:t xml:space="preserve">Lila Rahalison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Villotte</w:t>
+                <w:t xml:space="preserve">Minoarisoa Rajerison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.J. Knüsel</w:t>
+                <w:t xml:space="preserve">Ezio Ferroglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Bianucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2011.09.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 38 (3), pp.581-587. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jas.2010.10.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02266491v1</w:t>
+                <w:t xml:space="preserve">halshs-00738037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skeletal evidence of aortic coarctation: A case study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le secteur central de la catacombe des Saints Pierre-et-Marcellin (Rome, I-IIIe s.), indices archéologiques d'une crise brutale de mortalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Charlier</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Réveillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Giuliani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue de Médecine Légale</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 123 (1), pp.274-280</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03247523v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03328946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct clones of Yersinia pestis caused the black death</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Baastrup's sign (kissing spines): A neglected condition in paleopathology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Haensch</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Minoarisoa Rajerison</w:t>
+                <w:t xml:space="preserve">S. Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Schultz</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C.J. Knüsel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 6 (10), pp.e1001134. </w:t>
+              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1 (2), pp.104-110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1001134⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2011.09.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-00835725v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premiers résultats concernant le site des Jardins de Saint-Benoît (Saint-Laurent-de-la-Cabrerisse, Aude), pôle religieux et funéraire des Corbières.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Distinct clones of Yersinia pestis caused the black death</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Puig</w:t>
+                <w:t xml:space="preserve">Stephanie Haensch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Bianucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Signoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minoarisoa Rajerison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Bénézet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michael Schultz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6 (10), pp.e1001134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1001134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03130452v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00835725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct Clones of Yersinia pestis Caused the Black Death</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Skeletal evidence of aortic coarctation: A case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1001134⟩</w:t>
+              <w:t xml:space="preserve">La Revue de Médecine Légale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1 (1), pp.35-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.medleg.2010.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03851474v1</w:t>
+                <w:t xml:space="preserve">hal-03247523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remodelages des enthèses fibrocartilagineuses dans les spondylarthropathies inflammatoires</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Premiers résultats concernant le site des Jardins de Saint-Benoît (Saint-Laurent-de-la-Cabrerisse, Aude), pôle religieux et funéraire des Corbières.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Puig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bénézet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Corrochano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009</w:t>
+              <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02266476v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03130452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sépultures du secteur central de la catacombe des Saints Pierre-et-Marcellin (Rome). Etat des analyses bio-archéologiques et perspectives</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Distinct Clones of Yersinia pestis Caused the Black Death</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Haensch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Bianucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Signoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minoarisoa Rajerison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schultz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Antiquité</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6 (10), pp.e1001134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1001134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03328804v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03851474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un cas de sciage crânien avorté chez un sujet du cimetière médiéval de la Madeleine à Orléans (Loiret)</w:t>
+                <w:t xml:space="preserve">Remodelages des enthèses fibrocartilagineuses dans les spondylarthropathies inflammatoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique du Loiret et de l'axe ligérien</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 33, pp.45-52</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03328815v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les sépultures du secteur central de la catacombe des Saints Pierre-et-Marcellin (Rome). Etat des analyses bio-archéologiques et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Réveillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Giuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 121 (1), pp.287-297</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03328804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un cas de sciage crânien avorté chez un sujet du cimetière médiéval de la Madeleine à Orléans (Loiret)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue archéologique du Loiret et de l'axe ligérien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 33, pp.45-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03328815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Maladie hyperostosique et mode de vie : intérêt d'une démarche bio-archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02266459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8964,437 +9215,437 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habitat et contextes funéraires du site La Roussille à Vertaizon (Puy-de-Dôme), du Ve au IIIe millénaire av. n. è.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivy Thomson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bonnardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cabanis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05086847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Henry-Gambier. Itinéraires d'une paléoanthropologue, du terrain aux interprétations sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Boulestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Averbouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Maureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ausonius éditions, 2025, Collection Thanat’Os, 978-2-35613-620-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05345974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rencontre autour du corps malade : prise en charge et traitement funéraire des individus souffrants à travers les siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Réveillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher J Knüsel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gaaf, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03272870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cimetière médiéval de Marsan (Gers)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Georges-Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 156 p., 2017, 978-2-343-11099-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01976167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9404,3638 +9655,3638 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paléopathologie des maladies infectieuses chroniques dans l’Antiquité : lèpre, phtisie et autres affections au long cours dans l’enregistrement ostéo-archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dominique Castex; Nicolas Laubry; Benoît Rossignol. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Épidémies antiques en Méditerranée et au-delà</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 26, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ausonius Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.209-228, 2026, PrimaLun@, 978-2-35613-445-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05532142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les assemblages de vestiges humains gravettiens de la grotte de Cussac (Le Buisson-de-Cadouin, Dordogne, France) : historique des recherches anthropologiques et principaux résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guyomarc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eline M. J. Schotsmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dominique Henry-Gambier. Itinéraires d'une paléoanthropologue, du terrain aux interprétations sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius éditions, 2025, Collection Thanat’Os</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vivants et les morts dans la Vallée de la Cèze (Gard) : Projet Collectif de Recherche sur les dynamiques d’occupation humaine à la fin du Néolithique et au début de l’âge du Bronze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélie Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Recchia Quiniou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janet Battentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Beauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Isabelle Kerouanton; Christophe Maitay; Ivan Praud; Ludovic Soler. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La place des morts chez les vivants. Architectures, mémoires et rituels de la fin du Mésolithique à l'âge du Bronze. Actes des 4e Rencontres Nord/Sud de Préhistoire récente (Université de La Rochelle, Charente-Maritime, 27-30 avril 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mémoire LIX, Association des Publications Chauvinoises, pp.563-578, 2024, 979-10-90534-88-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05042888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‘Bring Out Your Dead’: Funerary and public health practices in times of epidemic disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christopher J. Knüsel; Eline M. J. Schotsmans. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Routledge Handbook of Archaeothanatology. Bioarchaeology of Mortuary Behaviour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.331-352, 2022, 9781138492424. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4324/9781351030625-21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04673320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle prise en charge communautaire et funéraire pour les infirmes aux temps paléochrétiens ? Apports de l’étude de la nécropole lyonnaise de la place E. Wernert (IVe-VIe siècle apr. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Rouzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivy Thomson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gisclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ferber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sacha Kacki; Hélène Réveillas; Christopher J. Knüsel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour du corps malade. Prise en charge et traitement funéraire des individus souffrants à travers les siècles. Actes de la 10e rencontre du GAAF, Bordeaux, 23-25 mai 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 10, Gaaf, pp.149-160, 2021, Publication du Gaaf, 978-2-9541526-6-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03359538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’établissement des « Petites Hermières » à Bailly-Romainvilliers (Seine-et-Marne) : une structure d’accueil du Moyen Âge ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La paléopathologie comme outil archéothanatologique : contribution à l’interprétation des positions d’inhumation atypiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Speriando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Rigeade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Darton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Sacha Kacki; Hélène Réveillas; Knüsel Christopher. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sacha Kacki; Hélène Réveillas; Christopher J. Knüsel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre autour du corps malade. Prise en charge et traitement funéraire des individus souffrants à travers les siècles. Actes de la 10e rencontre du GAAF, Bordeaux, mai 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 10, Gaaf, pp.45-53, 2021, Publication du Gaaf, 978-2-9541526-6-0</w:t>
+              <w:t xml:space="preserve">Rencontre autour du corps malade. Prise en charge et traitement funéraire des individus souffrants à travers les siècles. Actes de la 10e rencontre du GAAF, Bordeaux, 23-25 mai 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 10, Groupe d'anthropologie et d'archéologie funéraire, pp.201-215, 2021, Publication du Gaaf, 978-2-9541526-6-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03359545v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les pratiques funéraires dans les Petites-Antilles Françaises à l’époque coloniale, entre tradition et métissage</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L’établissement des « Petites Hermières » à Bailly-Romainvilliers (Seine-et-Marne) : une structure d’accueil du Moyen Âge ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Pecqueur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Figeac M. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bergot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sacha Kacki; Hélène Réveillas; Knüsel Christopher. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Échanges et métissage des cultures matérielles entre la Nouvelle-Aquitaine et les outre-mers (XVIIIe-XIXe siècles)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maison des Sciences de l’Homme d’Aquitaine, pp.53-62, 2021</w:t>
+              <w:t xml:space="preserve">Rencontre autour du corps malade. Prise en charge et traitement funéraire des individus souffrants à travers les siècles. Actes de la 10e rencontre du GAAF, Bordeaux, mai 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 10, Gaaf, pp.45-53, 2021, Publication du Gaaf, 978-2-9541526-6-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03359512v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03359545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La paléopathologie comme outil archéothanatologique : contribution à l’interprétation des positions d’inhumation atypiques</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les pratiques funéraires dans les Petites-Antilles Françaises à l’époque coloniale, entre tradition et métissage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Romon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Courtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Sacha Kacki; Hélène Réveillas; Christopher J. Knüsel. </w:t>
+              <w:t xml:space="preserve">Figeac M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre autour du corps malade. Prise en charge et traitement funéraire des individus souffrants à travers les siècles. Actes de la 10e rencontre du GAAF, Bordeaux, 23-25 mai 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 10, Groupe d'anthropologie et d'archéologie funéraire, pp.201-215, 2021, Publication du Gaaf, 978-2-9541526-6-0</w:t>
+              <w:t xml:space="preserve">Échanges et métissage des cultures matérielles entre la Nouvelle-Aquitaine et les outre-mers (XVIIIe-XIXe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des Sciences de l’Homme d’Aquitaine, pp.53-62, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03613791v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03359512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béquilles et handicap dans une tombe de l’Antiquité tardive découverte à Vitry-sur-Seine (Val-de-Marne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulette Lawrence-Dubovac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Soulat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sacha Kacki; Hélène Réveillas; Christopher J. Knüsel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour du corps malade. Prise en charge et traitement funéraire des individus souffrants à travers les siècles. Actes de la 10e rencontre du GAAF, Bordeaux, 23-25 mai 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 10, Gaaf, pp.253-257, 2021, Publication du Gaaf, 978-2-9541526-6-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03359528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digging up the Victims of the Black Death: a bioarchaeological perspective on the second plague pandemic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gerrard C.; Forlin P.; Brown P. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Waiting for the End of the World? New Perspectives on Natural Disasters in Medieval Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Routledge, pp.259-279, 2020, 9780367902636. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4324/9781003023449-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02921675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Black Death: Cultures in Crisis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Smith C. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Global Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.1-12, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-51726-1_2858-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02921695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expressions sépulcrales et évolution des savoirs médicaux au cours de la deuxième pandémie de peste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapelain de Seréville-Niel C.; Delaplace C.; Jeanne D.; Sineux P. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Purifier, soigner ou guérir ? Maladies et lieux religieux de la Méditerranée antique à la Normandie médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.183-199, 2020, 978-2-7535-8025-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02998343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des vestiges humains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guyomarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eline Schotsmans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jaubert J.; Feruglio V.; Fourment N. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grotte de Cussac -30 000</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Confluences, pp.128-140, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03147382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical approaches to bioarchaeology: the view from across the pond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Gowland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cheverko C.M.; Prince-Buitenhuys J.R.; Hubbe M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical Approaches in Bioarchaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Routledge, pp.170-183, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4324/9780429262340-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02921681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prévention, pratiques médicales et gestion sanitaire au cours de la deuxième pandémie de peste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Tzortzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Signoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de la santé, anthropologie du soin (A. Froment &amp; H. Guy dir.), Editions La découverte, Inrap, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02374550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cimetières d’époque coloniale de Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Romon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Paya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bonnissent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Weydert N.; Tzortzis S.; Richier A.; Lanteri L.; Guy H. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour de nos aïeux. La mort de plus en plus proche. Actes de la 8e rencontre du Gaaf (Marseille, 25-27 mai 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publications du Gaaf, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02921755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prévention, pratiques médicales et gestion sanitaire au cours de la deuxième pandémie de peste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Tzortzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Signoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guy H.; Froment A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de la santé, anthropologie du soin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte / Inrap, 2019, Archéologie de la santé, anthropologie du soin, 9782348045776</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02998369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Buisson-de-Cadouin. Grotte de Cussac.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Feruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fourment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC Nouvelle Aquitaine, SRA, MCC, DGP, SDA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique de la région Nouvelle Aquitaine 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.507-510, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04060111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeothanathology and palaeopathology of the burials and “scattered human remains” from Arma dell’Aquila (Finale Ligure, Savona)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitale Sparacello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Panelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rossi S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Dori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Varalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gli scavi all’Arma dell’Aquila (finale ligure, Savona): Le ricerche e i materiali degli scavi del novecento</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01877522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ossuaires de la crypte de la Basilique de Boulogne-sur-Mer : protocole de fouille et premiers résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry-Braillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Gryspeirt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blamangin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Carré; Vincent Hincker; Cécile Chapelain de Séréville-Niel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour des enjeux de la fouille des grands ensembles sépulcraux médiévaux, modernes et contemporains. Actes de la 7e Rencontre du Gaaf, 3-4 avril 2015, Caen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7, Groupe d'anthropologie et d'archéologie funéraire, pp.157-161, 2018, Publication du Gaaf, 9782954152646</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02266427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégie d'intervention sur un grand ensemble funéraire médiéval : l'exemple du prieuré de la Madeleine d'Orléans (Loiret)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rouquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carré F.; Hincker V.; Chapelain de Seréville-Niel C. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour des enjeux de la fouille des grands ensembles sépulcraux médiévaux, modernes et contemporains, Actes de la 7e Rencontre du Gaaf (Caen, 3-4 avril 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publication du Gaaf, pp.81-91, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03154603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hécatombe dans les catacombes. Taphonomie de sépultures multiples complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Sachau-Carcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brugal J.-P. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TaphonomieS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions des archives contemporaines, pp.265-270, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03154709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de constitution des sépultures plurielles de la catacombe des Saints Pierre et Marcellin (Rome) : apport des analyses physico-chimiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Zitelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Solène de Larminat; Rémy Corbineau; Alexis Corrochano; Yves Gleize; Jean Soulat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour de nouvelles approches de l'archéologie funéraire, Actes de la 6e rencontre du Groupe d'Anthropologie et d'Archéologie Funéraire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GAAF, pp.205-208, 2017, 9781234567897</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03329950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vestiges associés aux défunts du secteur central de la catacombe des saints Pierre et Marcellin à Rome (Ier-IIIe s. ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Henri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Réveillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stéphanie Raux; Isabelle Bertrand; Michel Feugère. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités de la recherche sur les mobiliers non céramique de l'Antiquité et du haut Moyen Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 51, Editions Monique Mergoil, pp.245-267, 2015, Instrumentum</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03329397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crâne du caveau F : une lacune crânienne atypique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Georges-Zimmermann, Patrice. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sépultures prestigieuses de l’église Notre-Dame de Cléry-Saint-André (Loiret) : étude pluridisciplinaire du caveau de Louis XI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Harmattan, pp.268-274, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cimetière de la Rivière des Pères (Baillif, Guadeloupe) : identification du statut des défunts par l’approche archéo-anthropologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Romon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Courtaud, Patrice and Kacki, Sacha and Romon, Thomas </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cimetières et identités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, Ausonius Ed., pp.117-132, 2015, Thanat’Os</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'impact des épidémies sur les usages funéraires du passé : faits archéologiques versus idées reçues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Treffort, C. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le cimetière au village dans l'Europe médiévale et moderne : actes des XXXVe journées internationales d’histoire de l’abbaye de Flaran</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaire du Mirail, pp.233-251, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01835498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vestiges mobiliers associés aux défunts du secteur central de la catacombe des saints Pierre et Marcellin à Rome (Ier-IIIe s. ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Henri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Réveillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stéphanie Raux; Isabelle Bertrand; Michel Feugères. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité de la recherche sur les mobiliers non céramique de l'Antiquité et du haut Moyen Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 51, Editions Monique Mergoil; Association des Publications Chauvinoises, pp.245-267, 2015, Monographie Instrumentum, 978-2-35518-047-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01764645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’exérèse du cœur : la section du sternum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Georges-Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Georges-Zimmermann, Patrice </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sépultures prestigieuses de l’église Notre-Dame de Cléry-Saint-André (Loiret) : étude pluridisciplinaire du caveau de Louis XI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.284-288, 2015, 978-2-343-06867-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'histoire du caveau de l'église Saint-Pierre d'Epernon à partir des sources historiques, archéologiques et anthropologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rouquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Comité Archéologique d'Eure-et-Loir. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1989-2014 : 25 ans d'activités du CAEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Roudenn Grafik Groupe, pp.141-152, 2014, 978-2-36851-037-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03329375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvel éclairage sur la diversité des pratiques funéraires médiévales en Eure-et-Loir : l'apport des sites de la déviation d'Allonnes – Prunay-le-Gillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Detante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comité Archéologique d’Eure-et-Loir, 1989 - 2014, 25 ans d'activités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Comité Archéologique d’Eure-et-Loir, pp.127-136, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The archaeology of the Second Plague Pandemic : an overview of French Funerary contexts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaella Bianucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Harbeck, M. and Von Heyking, K. and Schwarzberg, H. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sickness, hunger, war, and religion : multidisciplinary perspectives (RCC Perspectives 2012-13)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.71-74, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01841202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Découverte exceptionnelle dans le prieuré fontevriste de la Madeleine à Orléans : la sépulture de l'abbesse Marie de Bretagne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Charlier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème colloque de pathographie, Loches 6-8 avril 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions de Boccard, pp.131-168, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03328798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Populations des cimetières d'hôpitaux : un reflet de leur fréquentation ? L'exemple du site de la Madeleine à Orléans (Xe-XIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Sallem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Valérie Delattre; Ryadh Sallem. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décrypter la différence, lecture archéologique et historique de la place des personnes handicapées dans les communautés du passé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CQFD, pp.157-162, 2009, Collection " Les défis de Civilisation"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03328810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13045,100 +13296,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de l’état sanitaire des populations anciennes sur la mortalité en temps de peste : contribution à la paléoépidémiologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anthropologie biologique. Université de Bordeaux, 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016BORD0058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01370446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13148,6382 +13399,6382 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Osteoarchaeological Perspective on Changing Living Conditions and Health in the Aftermath of the Black Death</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éva Nony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Virtual Conference for Women Archaeologists and Paleontologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association for Early-Career Women Archaeologists and Paleontologists, Mar 2026, Online meeting, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05527285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude morphométrique externe et interne des restes dentaires d’individus présumés esclavisés du cimetière d’Anse Bellay (Anses-d’Arlet, Martinique, XVIIIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Tauriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Romon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1850èmes Journées de la Société d’Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/133pm⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05345092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réponses sociales et culturelles aux contagions et décès en temps de crises de mortalité : une approche syndémique</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marcello Cândido da Silva</w:t>
+                <w:t xml:space="preserve">Achaeothanatology without excavation? Revealing complex mortuary practices at Cussac Cave (Mid-Upper Palaeolithic, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eline M. J. Schotsmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemics: Contacts and Contagions, Reactions and Emotions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Naples, Italie</w:t>
+              <w:t xml:space="preserve">How to read a grave: fifty years of archaeothanatology. The emergence of a discipline, concepts and applications, and future directions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05343494v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le cimetière médiéval de Sankt Margarethen im Burgenland (Autriche, XIe-XIIIe siècles) : étude anthropologique de la deuxième phase d’occupation funéraire</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Répercussions de la Peste noire sur l’alimentation à la fin du Moyen Âge : nouvelles données issues d’analyses isotopiques d’ensembles funéraires toulousains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janelle A. Tyler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleanor Cordiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Gowland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darren R. Gröcke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1850èmes Journées de la Société d’Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/133ol⟩</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/133or⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345110v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05343532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achaeothanatology without excavation? Revealing complex mortuary practices at Cussac Cave (Mid-Upper Palaeolithic, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Exploring Ethics in Archaeology and Human Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Le Cabec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Souron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Réveillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">How to read a grave: fifty years of archaeothanatology. The emergence of a discipline, concepts and applications, and future directions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Exploring Ethics in Archaeology and Human Evolution Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345888v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05027214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Ethics in Archaeology and Human Evolution</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le cimetière médiéval de Sankt Margarethen im Burgenland (Autriche, XIe-XIIIe siècles) : étude anthropologique de la deuxième phase d’occupation funéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Habran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estella Weiss-Krejci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hélène Réveillas</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Partiot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exploring Ethics in Archaeology and Human Evolution Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1850èmes Journées de la Société d’Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/133ol⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05027214v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Répercussions de la Peste noire sur l’alimentation à la fin du Moyen Âge : nouvelles données issues d’analyses isotopiques d’ensembles funéraires toulousains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Réponses sociales et culturelles aux contagions et décès en temps de crises de mortalité : une approche syndémique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Wilkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pere Benito I Monclús</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Cândido da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1850èmes Journées de la Société d’Anthropologie de Paris</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Epidemics: Contacts and Contagions, Reactions and Emotions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Naples, Italie</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05343532v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05343494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification de l’erreur de fiabilité Interobservateur dans les mesures ostéométriques classiques de la collection Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siam Knecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/133os⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05087794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex-ratio des individus indéterminés dans l’application de la Diagnose Sexuelle Probabiliste et implications dans les analyses paléodémographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tereza Galovičová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Blaizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Chenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1850èmes journées de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/133ny⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04909815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation du projet CONSENSUS : enregistrement des marqueurs d’activité et des indicateurs de santé sur le squelette humain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle de Groote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Polet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1850èmes Journées de la Société d’Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/133ps⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05345133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les effets de la chaux hydratée et du plâtre sur la décomposition des corps humains : une approche expérimentale des tombes néolithique de l’Asie occidentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lily Canepari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher J. Knüsel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eline M. J. Schotsmans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1850èmes Journées de la Société d’Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05343626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linked by death: double burials in an epidemic context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th Annual Meeting of the European Association of Archaeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05345931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des anomalies démographiques révélatrices d’une épidémie de peste au sein des populations archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epidemics and mortality crises in Medieval and Early Modern Europe. 3 – Chronology and socio-demographic and economic effects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Lleida, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ossuaires médiévaux et contemporains de la basilique de Boulogne-sur-Mer</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimation du sexe à partir des os coxaux humains en contextes archéologiques : plaidoyer pour l’utilisation conjointe de la Diagnose Sexuelle Probabiliste et de la méthode morphoscopique de Brůžek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gestion collective de la mort moderne : fosses communes, pourrissoirs et ossuaires, Table ronde organisée par le PCR CimMoNe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Troyes, France</w:t>
+              <w:t xml:space="preserve">Colloque du Groupement des Anthropologistes de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345142v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taphonomy and archaeothanatology of plaster burials: an actualist study of the effect of lime and gypsum on human remains for a better understanding of Neolithic plaster burials in Western Asia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les Burgondes dans la nécropole Ouest de Boutae à Annecy aux Ve-VIIe siècles ap. J.-C. : interroger l’ethnicité dans un espace funéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Rouzic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ninon Rommé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Gabayet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eline M. J. Schotsmans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Neolithic Congress</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1849èmes Journées de la Société d’Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Bordeaux, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.13539⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345900v1</w:t>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05346269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Burgondes dans la nécropole Ouest de Boutae à Annecy aux Ve-VIIe siècles ap. J.-C. : interroger l’ethnicité dans un espace funéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Rouzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Rommé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Gabayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1849es Journée de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04424839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation du sexe à partir des os coxaux humains en contextes archéologiques : plaidoyer pour l’utilisation conjointe de la Diagnose Sexuelle Probabiliste et de la méthode morphoscopique de Brůžek</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Répercussions de la Peste noire sur l’alimentation des populations du Sud de la France : nouvelles données issues d’analyses isotopiques de séries squelettiques toulousaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque du Groupement des Anthropologistes de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">Epidemics and mortality crises in Medieval and Early Modern Europe. 3 – Chronology and socio-demographic and economic effects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Lleida, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345873v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05346246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Burgondes dans la nécropole Ouest de Boutae à Annecy aux Ve-VIIe siècles ap. J.-C. : interroger l’ethnicité dans un espace funéraire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mikaël Rouzic</w:t>
+                <w:t xml:space="preserve">Taphonomy and archaeothanatology of plaster burials: an actualist study of the effect of lime and gypsum on human remains for a better understanding of Neolithic plaster burials in Western Asia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lily Canepari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ninon Rommé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
+                <w:t xml:space="preserve">Christopher J. Knüsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eline M. J. Schotsmans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1849èmes Journées de la Société d’Anthropologie de Paris</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">World Neolithic Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Şanlıurfa, Turkey</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05346269v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Répercussions de la Peste noire sur l’alimentation des populations du Sud de la France : nouvelles données issues d’analyses isotopiques de séries squelettiques toulousaines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les ossuaires médiévaux et contemporains de la basilique de Boulogne-sur-Mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blamangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemics and mortality crises in Medieval and Early Modern Europe. 3 – Chronology and socio-demographic and economic effects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Lleida, Spain</w:t>
+              <w:t xml:space="preserve">Gestion collective de la mort moderne : fosses communes, pourrissoirs et ossuaires, Table ronde organisée par le PCR CimMoNe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05346246v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diachronic changes in diet with respect to the Black Death: stable isotopic evidence from medieval Toulouse, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janelle A. Tyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleanor Cordiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Gowland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darren Gröcke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the European Association of Archaeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05345923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie funéraire et (re)connaissance des populations esclavisées des Antilles françaises : l’exemple du cimetière de l’Anse Bellay à la Martinique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Romon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1849èmes Journées de la Société d’Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Bordeaux, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bmsap.13528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les grandes pandémies pesteuses : enjeux et vestiges mémoriels</w:t>
+                <w:t xml:space="preserve">Affinité populationnelle en Afrique de l’ouest précoloniale : le cas de la grotte sépulcrale d’Iroungou (Gabon, XIVe-XVe siècles EC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Espinasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Épidémies et crises de mortalité dans l’Europe médiévale et moderne. 2 – La mémoire des crises sanitaires et de subsistance</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1848es Journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.11371⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05346292v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Affinité populationnelle en Afrique de l’ouest précoloniale : le cas de la grotte sépulcrale d’Iroungou (Gabon, XIVe-XVe siècles EC)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les grandes pandémies pesteuses : enjeux et vestiges mémoriels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1848es Journées de la Société d'Anthropologie de Paris</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Épidémies et crises de mortalité dans l’Europe médiévale et moderne. 2 – La mémoire des crises sanitaires et de subsistance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Bruxelles, Belgique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04023201v1</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05346292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confrontation des approches histologique et micro- tomographique pour l’étude de la diagenèse osseuse : application aux vestiges anthropobiologiques de l’ancien cimetière de Koekelberg (Belgique, XIXe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lolita Trenchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vanderesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Pubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Lefrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katrien van de Vijver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1848èmes journées de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bmsap.11439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude interdisciplinaire de l'intoxication par le fluor à Cumes (Campanie, 1er av. J.-C. - 1er ap. J.-C.) : le cas des tombeaux EFN37024 et EFN34009</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliza Orellana-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcella Leone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Y. Lefrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphan Dubernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e édition du GAAF - Rencontre autour de la crémation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GAAF - Groupe d'anthropologie et d'archéologie funéraire, May 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03897453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dying of the Justinianic plague in Gaul: new data from an emblematic burial site (Saint-Doulchard, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Holleville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plague and Plagues. Transdisciplinary and diachronic perspectives on the history of plague</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Palma De Majorque, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Première pandémie de peste en centre Gaule : le site funéraire « Le Pressoir » (St Doulchard, France, Ve-XIIe s.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Holleville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34e colloque du GALF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une utilisation bifamiliale d’un cimetière paléochrétien du nord de l'Islande ? Étude de la morphologie dentaire des individus d’Hofstaðir (Xe - XIIIe s.)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Of stress and plague: An assessment of stress indicators in three French burial sites related to the first plague pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Holleville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hildur Gestsdóttir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34e colloque du GALF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">28th Annual Meeting of the European Association of Archaeologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05346365v1</w:t>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05346338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Of stress and plague: An assessment of stress indicators in three French burial sites related to the first plague pandemic</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Une utilisation bifamiliale d’un cimetière paléochrétien du nord de l'Islande ? Étude de la morphologie dentaire des individus d’Hofstaðir (Xe - XIIIe s.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hildur Gestsdóttir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th Annual Meeting of the European Association of Archaeologists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">34e colloque du GALF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05346338v1</w:t>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05346365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tycho Brahe, Renaissance man. Modern lifestyle disease in the 16th century?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels Lynnerup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Velemínský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylva Kaupova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alizé Lacoste Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21th Nordic Conference on Forensic Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Reykjavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les grandes pestes historiques : malades, morts et enjeux mémoriels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34e colloque du GALF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité des modes d’inhumation au temps des grandes épidémies historiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décès et deuil en temps de pandémie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les vestiges humains gravettiens dans le Sud-Ouest de la France : bilan du projet Gravett’os</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Nouvelles données sur les comportements mortuaires en Afrique centrale à l'Âge du Fer : la grotte sépulcrale d'Iroungou, Gabon (XIVe-XVe siècles EC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Yann Heuzé</w:t>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Espinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1846es Journées de la Société d'Anthropologie de Paris</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées de la SAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2021, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04023232v1</w:t>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles données sur les comportements mortuaires en Afrique centrale à l'Âge du Fer : la grotte sépulcrale d'Iroungou, Gabon (XIVe-XVe siècles EC)</w:t>
+                <w:t xml:space="preserve">Les vestiges humains gravettiens dans le Sud-Ouest de la France : bilan du projet Gravett’os</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Loïc Espinasse</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Courtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guyomarc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la SAP</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1846es Journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.7213⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04023510v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles données sur les comportements mortuaires en Afrique Centrale à l’âge du Fer : la grotte sépulcrale d’Iroungou, Gabon (XIVe-XVe siècles EC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Espinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1846es Journées de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bmsap.7082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04023289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les hommes face à la peste : approche bio-archéologique des grandes épidémies médiévales et modernes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIXe recontres archéologiques de Saint-Céré (Lot)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Saint-Céré, France. pp.93-105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03169720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender la frontière entre vivants et morts par l’archéo-anthropologie : réflexions introductives</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Au chevet du corps malade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hemmamuthé Goudiaby</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Réveillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher J. Knüsel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Société d'Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Paris, France. https://journals.openedition.org/bmsap/6956</w:t>
+              <w:t xml:space="preserve">10ème rencontre du GAAF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GAAF, May 2018, Bordeaux, France. pp.11-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03677350v1</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03359523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au chevet du corps malade</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Appréhender la frontière entre vivants et morts par l’archéo-anthropologie : réflexions introductives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bocquentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christopher J. Knüsel</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Buquet-Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eline Schotsmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hemmamuthé Goudiaby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème rencontre du GAAF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GAAF, May 2018, Bordeaux, France. pp.11-14</w:t>
+              <w:t xml:space="preserve">Journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris, France. https://journals.openedition.org/bmsap/6956</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03359523v1</w:t>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03677350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rapport des sociétés aux pestes historiques : de la gestion des décès aux enjeux mémoriels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transitions funéraires. IVe table ronde internationale : institutions, lieux et ritualités, de la fin du moyen âge à l’époque moderne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fluorose osseuse dans l’arc volcanique campanien pendant l’époque romaine : une approche pluridisciplinaire appliquée l’étude des sépultures à crémation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliza Orellana-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphan Dubernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Y. Lefrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque du Groupe des paléopathologistes de langue française (GPLF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03532417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cimetières d’époque coloniale de Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Romon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Paya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bonnissent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour de nos aïeux. La mort de plus en plus proche. 8e recontre du Gaaf</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nicolas Weydert; Stéfan Tzortzis; Anne Richier; Laetitia Lanteri; Hervé Guy, May 2016, Marseille, France. pp.167-176</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02875629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels modes d’inhumation au temps des grandes mortalités médiévales et modernes ? Essai de typo-chronologie des structures d’enfouissement des victimes d’épidémies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Tzortzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Réveillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Signoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e Rencontre autour des typo-chronologies des tombes à inhumation. Avancées de la recherche autour des pratiques de l’inhumation depuis la Préhistoire, de nouvelles données pour de nouveaux référentiels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Gaaf, Jun 2019, Tours, France. https://gaaf11.hypotheses.org/2541</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02374536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New bioarchaeological data from the Neolithic site of Arma dell’Aquila (Finale Ligure, Italy)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitale Sparacello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Panelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Dori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Varalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion Scientifique de la Société d’Anthropologie de Paris (janvier 2018, Poitiers)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01765962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de constitution des sépultures plurielles de la catacombe des Saints Pierre-et-Marcellin (Rome) : apport des analyses physico-chimiques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Zitelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour de nouvelles approches de l’archéologie funéraire, 6e Rencontre du Groupe d’anthropologie et d’archéologie funéraire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INHA, Apr 2014, Paris, France. pp.205-209</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02532066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie des sites à sarcophages en Nord-Pas-de-Calais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry-Braillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sarcophages de l’Antiquité tardive et du haut Moyen Age : fabrication, utilisation, diffusion : actes des XXXe journées internationales d’archéologie mérovingienne, Bordeaux, 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Bordeaux, France. pp.109-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01833427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des sarcophages en partie dévoilés… Proposition de restitution des espaces et du fonctionnement d’un secteur de la nécropole Saint-Hilaire (Poitiers)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Jégouzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pouponnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sarcophages de l’Antiquité tardive et du haut Moyen Age : fabrication, utilisation, diffusion : actes des XXXe journées internationales d’archéologie mérovingienne, Bordeaux, 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Bordeaux, France. pp.329-346</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01833368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vestiges mobiliers associés aux défunts du secteur central de la catacombe des saints Pierre-et-Marcellin à Rome (Ier-IIIe s. ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Henri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Réveillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité de la recherche sur les mobiliers non céramiques de l'Antiquité et du haut Moyen-Âge : actes de la table ronde européenne Instrumentum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Lyon, France. pp.245-267</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01833161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La catacombe des saints Pierre-et-Marcellin à Rome (Ier-IIIe s.) : discussion sur l’origine des défunts et leur décès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Réveillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arqueologia de Transição : O Mundo Funerário. Actes du 2e Congrès international sur l’archéologie de la transition, Evora, Portugal, 29 avril-1er mai 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Evora, Portugal. pp.197-216</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01833177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des sépultures animales à Marsan (Gers) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Georges-Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour de l’animal en contexte funéraire. Actes de la 4e Rencontre du Gaaf,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Saint-Germain-en-Laye, France. pp.183-191</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01976264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'esclave dans la société coloniale : les cimetières de Guadeloupe, un champ d'investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Romon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de l'esclavage colonial. Colloque international du Quai Branly, mai 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Paris, France. pp.347-360</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01834999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parer le défunt pour le grand voyage : étude des vestiges textiles et mobiliers de la nécropole mérovingiennes d'Allonnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Henri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Canny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communauté des vivants, compagnie des morts - 35\textsuperscripte Journées internationales d'archéologie mérovingienne de l'AFAM organisées par Arkéos et l'AFAM à Douai, 9-11 octobre 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Douai, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02005213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réflexions sur la nature et l’architecture des fonds de coffrage. L’exemple d’une tombe médiévale du cimetière de Jau-Dignac et Loirac (Gironde)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Réveillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gleize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cartron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le bois dans l’architecture et l’aménagement de la tombe : quelles approches ? Actes de la table ronde d’Auxerre, octobre 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Saint-Germain-en-Laye, Unknown Region. pp.303-308</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01537306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet d'étude d'un corps momifié et d'un ossuaire moderne conservés dans le caveau de l'église Saint-Pierre d'Epernon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rouquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème colloque de Pathographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Philippe Charlier, Apr 2009, Bourges, France. pp.63-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03328906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sarcophages monoxyles du site médiéval de &amp;quot;Lasserre&amp;quot; à Marsan (Gers) : de l'exemplaire conservé aux observations archéologiques et taphonomiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Georges-Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le bois dans l'architecutre et l'aménagement de la tombe : quelles approches ? Actes de la table ronde d'Auxerre, 15-17 octobre 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Auxerre, France. pp.151-161</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01836542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Découverte exceptionnelle dans le prieuré fontevriste de la Madeleine à Orléans : la sépulture de l'abbesse Marie de Bretagne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. 2e colloque de pathographie, Loches, avril 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Loches, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02133224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet de fouille sur un corps momifié du XVIIe siècle : quelle approche envisager pour les restes textiles ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Corbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Delémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Desrosiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour des sépultures habillées, Actes des journées d’études organisées par le Gaaf et le SRA PACA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2008, Carry-le-Rouet, France. pp.136-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01739404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'établissement hospitalier des X-XIe siècles de la Madeleine à Orléans. Essai de caractérisation des espaces et de la population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rouquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace, Objets, Populations dans les établissements hospitaliers du Moyen-Age au XXe s.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sylvie Clech-Chartron, Sep 2008, Tonnerre, France. pp.301-322</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03328826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19533,1886 +19784,1886 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude biométrique et paléopathologique des chiens du site gallo-romain du Mas d’Agenais (Lot-et-Garonne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Souron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque du Groupe des Paléopathologistes de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Embalming techniques in Aquitaine during the early modern period: The case of Les Milandes (Dordogne, 16th-17th centuries)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Partiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryelle Bessou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Penet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Sachau-Carcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1849èmes Journées de la Société d’Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Bordeaux, France. 36 ((s)), 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bmsap.13323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONSENSUS: “recording activity-related changes and health indicators on the human skeleton”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle de Groote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Polet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th European Meeting of the Paleopathology Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un cas alsacien de scoliose sévère au Moyen Âge : la sépulture 7 du site d’Heiteren, Haut-Rhin (68)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le projet RESHAPE : connecter les approches évolutives et historiques en santé humaine.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Razafindrazaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tognetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Éric Boës</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque du Groupe des Paléopathologistes de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05346457v1</w:t>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03831475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet RESHAPE : connecter les approches évolutives et historiques en santé humaine.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Un cas alsacien de scoliose sévère au Moyen Âge : la sépulture 7 du site d’Heiteren, Haut-Rhin (68)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny La Rocca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Chenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Boës</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société d'Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque du Groupe des Paléopathologistes de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId498" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03831475v1</w:t>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05346457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ensemble funéraire tardo-antique du “Clos des Cordeliers” à Sens (Yonne, France) : nouvelles données sur un assemblage ostéo-archéologique en lien avec la première pandémie de peste historique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Holleville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1847èmes Journées de la Société d’Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, En ligne, France. 34 ((S)), 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bmsap.8897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet RESHAPE : connecter les approches évolutives et historiques en santé humaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harilanto Razafindrazaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Tognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1847èmes Journées de la Société d’Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, En ligne, France. 34 ((S)), 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bmsap.9207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marquer sa différence tout en restant dans la norme : deux exemples funéraires altomédiévaux en région Centre-Val de Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Tane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour des funérailles. Des os et des larmes : préparer les corps, pleurer et honorer les morts, 12e Rencontre du Gaaf</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnosis of fluorosis in Roman Cumae population (Italy, 2nd century BC - 1st century AD) using a multidisciplinary archaeometric and paleopathological approach applied to cremated human remains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliza Orellana-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphan Dubernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Y. Lefrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel de la Société d’Anthropologie de Paris 1846e réunion scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03532518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stable isotope study of dietary changes in the aftermath of the Black Death in Toulouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janet Tyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleanor Cordiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Gowland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darren Gröcke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">90th Annual Meeting of the American Association of Physical Anthropologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, En ligne, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdisciplinary approach to the Justinian plague in Gaul: the example of the “Clos des Cordeliers” burial ground (Sens, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Holleville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th Annual Meeting of the European Association of Archaeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnosi di fluorosi nella popolazione romana di Cuma (Italia, II secolo a.C. - I secolo d.C.): un approccio multidisciplinare applicato ai resti umani cremati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliza Orellana-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcella Leone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Y. Lefrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphan Dubernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toccare terra: approdi e conoscenza. Primo convegno di archeologie flegree</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Baia, Pozzuoli (NA), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03794532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commingled skeletons in Cussac cave (Gravettian, Dordogne, France): Paleobiology and mortuary behaviors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Dori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guyomarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eline Schotsmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitale Sparacello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AAPA 88th Annual Meeting, Cleveland, Ohio (2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Cleveland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02399516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de constitution des sépultures plurielles de la catacombe des Saints Pierre-et-Marcellin (Rome) : apport des analyses physico-chimiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Zitelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour de Nouvelles approches de l’archéologie funéraire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02561441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankylose massive des os du carpe et du tarse chez un sujet de la catacombe des Saints-Pierre-et-Marcellin (Rome, Ier-IIIe s.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryelle Bessou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dutour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe des Paléopathologistes de langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Toulon, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03330697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cimetière d'hôpital de la Madeleine (Orléans, X e -XI e siècles) Essai de caractérisation archéo-anthropologique de la population inhumée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupement des anthropologues de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Bordeaux, France. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03330672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21422,1583 +21673,1583 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intervention au sommet du Locus 3. rapport de l'équipe Anthropologie et Géoarchéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eline M. J. Schotsmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Konik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Service régional d’Archéologie de la région nouvelle-aquitaine. 2025, pp.371-412</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05157193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nécropole ouest de Boutae : une occupation Burgonde à Annecy (39-41, avenue des Romains)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Rouzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Gabayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Tremblay-Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SRA Auvergne Rhône-Alpes; Inrap; PACEA - De la Préhistoire à l'Actuel : Culture, Environnement et Anthropologie; Arar - Archéologie et Archéométrie. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04661817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cimetière juif médiéval de Châteauroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Holzem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Jesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Livet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maison des Sciences de l'Homme d'Aquitaine. 2022, 2 vol. (260 p. et np)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04397037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyon 5e (Rhône), 1 place Eugène Wernert : rapport de fouille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ferber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gisclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Rouzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Savignat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Auvergne-Rhône-Alpes. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05070323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toulouse (Haute-Garonne), 16, rue des Trente-Six Ponts. Rapport d’Opération d’Archéologie Préventive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gourvennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bosc-Zanardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rousseau Cécile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Colombier-Gougouzian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Camagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Archeodunum; Ministère de la Culture et de la Communication, DRAC-SRA Occitanie (Toulouse). 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02129801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lesquin, Chemin de Merchin, Chemin des Loups. La nécropole mérovingienne du hameau de Merchin (fin Ve s. - déb. VIIIe s.)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId539" w:history="1">
+                <w:t xml:space="preserve">Lesquin (Nord), ZAC du Mélantois, Au Chemin Perdu : la nécropole mérovingienne du hameau de Merchin (zone 2) (fin Ve siècle-début VIIIe siècle) : rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deflorenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Quérel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benoît Clavel</w:t>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bossut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2015</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2015, 1006 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId538" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02890774v1</w:t>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lesquin (Nord), ZAC du Mélantois, Au Chemin Perdu : la nécropole mérovingienne du hameau de Merchin (zone 2) (fin Ve siècle-début VIIIe siècle) : rapport de fouilles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId539" w:history="1">
+                <w:t xml:space="preserve">Lesquin, Chemin de Merchin, Chemin des Loups. La nécropole mérovingienne du hameau de Merchin (fin Ve s. - déb. VIIIe s.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deflorenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId545" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId546" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Bossut</w:t>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bostyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2015, 1006 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427259v1</w:t>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02890774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eure-et-Loir, Allonnes, La Mare Des Saules - Lieux d'inhumations, Habitats et Édifice Religieux Du Haut Moyen-Âge à l'époque Contemporaine. 4 Vol.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Vanderhaegen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Canny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Carron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] Inrap Centre Ile-de-France. 2013, pp.1804</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02055362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nord-Pas-de-Calais, Dunkerque, aménagement du coeur d'agglomération, tranche 1 : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Lançon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaï Fechner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaiana Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Ladureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02362502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Villeneuve d'Ascq, 64 rue de la Libert é : la (re)découverte d'une nécropole tardo-romaine et mérovingienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Clerget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deflorenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Deschodt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaï Fechner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Hauts-de-France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02893682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Madeleine : hospitalité et recueillement à travers différentes occupations (IXe–XVIIIe s.). Rapport final d’opération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cunault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Poitevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Inrap Centre–Île-de-France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02139673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cysoing, Nord, rue de Fontenoy : l'abbaye Saint-Calixte de Cysoing : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Notte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Ladureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Nedlejkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du caveau de l'église Saint-Pierre d'Epernon et de ses vestiges : Histoire et vicissitudes d'un espace funéraire. Rapport de fouille programmée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rouquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] SRA Centre - Val de Loire. 2009, 161 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03330981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId565"/>
+      <w:footerReference w:type="default" r:id="rId571"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -23066,51 +23317,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9FC2AF88"/>
+    <w:nsid w:val="91E834E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23297,51 +23548,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sacha-kacki" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8765-2586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/171906942" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05348072v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ijk van Hattum" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Laforest" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Polet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.70145" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318894v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Charabidz&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Bihan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59655/nb52122995494" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030224v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Trenchat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanderesse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pubert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lefrais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrien van de Vijver" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.3404" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060547v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliza Orellana-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Munzi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13pt5" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759124v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Espinasse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24997" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678190v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zden&#283;k Vytla&#269;il" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Durand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Holleville" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylva Drtikolov&#225; Kaupov&#225;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.25002" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837873v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Munoz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bocquentin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buquet-Marcon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12sif" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758626v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.3334" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343380v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.14262" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668775v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.14092" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784100v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Partiot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Penet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sachau-Carcel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-78258-w" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768766v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12btj" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031268v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Hadrien Decaup" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ribeiro" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Couture" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Kausmally" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2024.06.003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769183v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159498v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Chamel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11940" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205849v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gibert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Colleter" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Savall" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11945" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04287864v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819906v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Devos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gandia" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumoitre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10225" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682551v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Schotsmans" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemmamuth&#233; Goudiaby" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9878" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04113978v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Tzortzis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne R&#233;veillas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Signoli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819789v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gholamreza Mowlavi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shapour Shirani" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynab Askari" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dupouy-Camet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18502/ijpa.v17i2.9536" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820030v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Kocher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Papac" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Barquera" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Key" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Spyrou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abi5658" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169531v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.8598" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359449v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auxane De L&#233;pinau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Brzobohat&#225;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Frol&#237;k" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Vel&#237;msk&#253;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7664" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360297v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359504v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Espinasse" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2021.80" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232900v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bertrand" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7438" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921712v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Veleminsky" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Cvr&#269;ek" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;r D&#382;upa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;t&#283;zslav Ku&#382;elka" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2020.04.004" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921704v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Trinkaus" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Dori" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2005242117" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181002v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blamangin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.30320" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921719v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118070v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Peignaux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guyomarc'H" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2019.02.004" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012757v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Keller" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rezeda Tukhbatova" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiana Scheib" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Nelson" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-12154-0" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315966v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140705v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118068v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Velem&#237;nsk&#253;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Lynnerup" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylva Kaupova" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233; Lacoste Jeanson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0195920" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118066v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Namouchi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriam Guellil" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Kersten" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie H&#228;nsch" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Ottoni" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1812865115" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140723v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Gutsmiedl-Sch&#252;mann" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina O. Lee" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140748v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent D&#233;troit" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fort" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0191-z" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140734v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0189-6" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140744v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Capron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01773848v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140712v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Boucherie" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajhb.22885" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118072v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria&#160;a. Spyrou" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rezeda&#160;i. Tukhbatova" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Feldman" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Drath" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2016.05.012" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140760v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/microbiolspec.PoH-0015-2015" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842544v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alexandra Spyrou" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rezeda I. Tukhbatova" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842945v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329388v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rouquet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329370v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Cunault" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rouquette" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329378v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Souquet-Leroy" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842718v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaela Giuliani" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-013-0092-8" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502609v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Bailly" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Romon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1645/13-476.1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266498v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Samsel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2014.07.002" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018896v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Verna" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Panuel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-014-0095-4" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842703v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iraj Mobedi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahsasadat Makki" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2014010" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329318v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Duneufjardin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842785v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842972v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329329v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bessou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Giuliani" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842790v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842975v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842986v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lan&#231;on" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842913v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Cabezuelo" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Donat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Duchesne" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842916v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georges-Zimmermann" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00738037v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Rahalison" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minoarisoa Rajerison" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezio Ferroglio" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Bianucci" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2010.10.012" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9VMGM8X4-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328946v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266491v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kacki" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Villotte" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Kn&#252;sel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2011.09.001" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5V0H0X7P-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03247523v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charlier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medleg.2010.03.001" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00835725v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Haensch" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schultz" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1001134" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130452v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gaillard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Puig" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me B&#233;n&#233;zet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Corrochano" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851474v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266476v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328804v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328815v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georges" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266459v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086847v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Saintot" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Thomson" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caillat" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345974v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Boulestin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Averbouh" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272870v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Kn&#252;sel" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976167v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-le_cimetiere_medieval_de_marsan_gers_lecture_archeothanatologique_patrice_georges_zimmermann_sacha_kacki-9782343110998-53274.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532142v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/paleopathologie-des-maladies-infectieuses-chroniques-dans-l-antiquite/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346066v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guyomarc&#8217;h" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline M. J. Schotsmans" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042888v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Le Roy" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Recchia Quiniou" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Battentier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Beauvais" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673320v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781351030625-21" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359538v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Rouzic" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gisclon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferber" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359545v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pecqueur" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bauchet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bergot" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359512v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613791v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Speriando" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rigeade" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Darton" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359528v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Lawrence-Dubovac" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Soulat" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921675v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003023449-17" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921695v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-51726-1_2858-1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998343v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147382v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921681v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Gowland" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429262340-11" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374550v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Tzortzis" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921755v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Paya" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonnissent" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998369v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060111v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jaubert" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Feruglio" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fourment" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Genty" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877522v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitale Sparacello" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Panelli" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossi S." TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Varalli" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266427v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry-Braillon" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gryspeirt" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154603v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154709v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329950v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Zitelli" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329397v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baron" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Henri" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838306v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838312v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835498v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764645v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838264v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=48746&amp;amp;razSqlClone=1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329375v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01773868v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Detante" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841202v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328798v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bertrand" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328810v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sallem" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01370446v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016BORD0058" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05527285v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Planchon" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va Nony" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345092v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Tauriac" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133pm" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343494v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Wilkin" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Benito I Moncl&#250;s" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello C&#226;ndido da Silva" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345110v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Habran" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estella Weiss-Krejci" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133ol" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345888v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027214v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Le Cabec" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Souron" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343532v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janelle A. Tyler" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Cordiner" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren R. Gr&#246;cke" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133or" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087794v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siam Knecht" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fort" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133os" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909815v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Galovi&#269;ov&#225;" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blaizot" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chenal" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133ny" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345133v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Groote" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133ps" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343626v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Canepari" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Kn&#252;sel" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345931v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346238v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345142v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345900v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424839v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Romm&#233;" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gabayet" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345873v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346269v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Rouzic" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13539" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346246v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345923v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren Gr&#246;cke" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346285v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13528" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346292v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023201v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11371" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006317v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Pubert" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11439" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897453v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Leone" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Y. Lefrais" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Dubernet" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346375v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346353v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346365v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hildur Gestsd&#243;ttir" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346338v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346398v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346345v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346404v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023232v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuz&#233;" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7213" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023510v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mounier" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023289v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7082" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169720v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03677350v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359523v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346412v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532417v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02875629v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374536v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765962v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rossi" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532066v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833427v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833368v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne J&#233;gouzo" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pouponnot" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barbier" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833161v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833177v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976264v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Martin" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Julien" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834999v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005213v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Canny" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537306v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gleize" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cartron" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328906v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836542v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duchesne" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mille" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133224v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739404v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Corbineau" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Desrosiers" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328826v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346436v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lefevre" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346448v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13323" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346225v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346457v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny La Rocca" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bo&#235;s" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03831475v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pierron" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Razafindrazaka" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tognetti" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346467v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8897" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346473v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pierron" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harilanto Razafindrazaka" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tognetti" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9207" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346483v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tane" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532518v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brun" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346493v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Tyler" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346481v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794532v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399516v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561441v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330697v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330672v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157193v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Konik" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661817v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Tremblay-Cormier" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397037v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Holzem" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070323v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Franc" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Savignat" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129801v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gourvennec" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bosc-Zanardo" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rousseau C&#233;cile" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Colombier-Gougouzian" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Camagne" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890774v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deflorenne" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bardel" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Blet-Lemarquand" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427259v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Qu&#233;rel" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bossut" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055362v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vanderhaegen" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Carron" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02362502v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239; Fechner" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaiana Vincent" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Ladureau" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893682v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Clerget" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139673v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cunault" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poitevin" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rouquet" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427166v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Notte" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Nedlejkovic" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330981v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sacha-kacki" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8765-2586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/171906942" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549219v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tam&#225;s Szeniczey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Anders" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.70217" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549209v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siam Knecht" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fort" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15sl6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05348072v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ijk van Hattum" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Laforest" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Polet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.70145" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318894v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Charabidz&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Bihan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59655/nb52122995494" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030224v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Trenchat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanderesse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pubert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lefrais" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrien van de Vijver" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.3404" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060547v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliza Orellana-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Munzi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13pt5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759124v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Espinasse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24997" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758626v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.3334" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837873v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Munoz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bocquentin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buquet-Marcon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12sif" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678190v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zden&#283;k Vytla&#269;il" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Durand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Holleville" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylva Drtikolov&#225; Kaupov&#225;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.25002" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668775v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.14092" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343380v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.14262" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768766v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12btj" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784100v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Partiot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Penet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sachau-Carcel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-78258-w" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031268v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Hadrien Decaup" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ribeiro" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Couture" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Kausmally" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2024.06.003" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769183v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159498v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Chamel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11940" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205849v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gibert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Colleter" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Savall" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11945" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04287864v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819906v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Devos" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gandia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumoitre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10225" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682551v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Schotsmans" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemmamuth&#233; Goudiaby" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9878" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819789v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gholamreza Mowlavi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shapour Shirani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynab Askari" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dupouy-Camet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18502/ijpa.v17i2.9536" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04113978v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Tzortzis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne R&#233;veillas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Signoli" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820030v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Kocher" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Papac" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Barquera" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Key" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Spyrou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abi5658" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359504v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Espinasse" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2021.80" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360297v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359449v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auxane De L&#233;pinau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Brzobohat&#225;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Frol&#237;k" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Vel&#237;msk&#253;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7664" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169531v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.8598" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232900v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bertrand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7438" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921712v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Veleminsky" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Cvr&#269;ek" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;r D&#382;upa" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;t&#283;zslav Ku&#382;elka" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2020.04.004" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921704v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Trinkaus" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Dori" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2005242117" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181002v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blamangin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.30320" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921719v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118070v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Peignaux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guyomarc'H" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2019.02.004" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012757v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Keller" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rezeda Tukhbatova" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiana Scheib" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Nelson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-12154-0" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315966v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118068v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Velem&#237;nsk&#253;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Lynnerup" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylva Kaupova" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233; Lacoste Jeanson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0195920" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140705v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118066v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Namouchi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriam Guellil" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Kersten" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie H&#228;nsch" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Ottoni" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1812865115" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140723v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Gutsmiedl-Sch&#252;mann" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina O. Lee" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140744v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Capron" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140748v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent D&#233;troit" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fort" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0191-z" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140734v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0189-6" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01773848v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140712v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Boucherie" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajhb.22885" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118072v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria&#160;a. Spyrou" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rezeda&#160;i. Tukhbatova" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Feldman" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Drath" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2016.05.012" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140760v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/microbiolspec.PoH-0015-2015" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842544v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alexandra Spyrou" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rezeda I. Tukhbatova" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842945v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329388v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rouquet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842718v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaela Giuliani" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-013-0092-8" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329378v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Souquet-Leroy" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329370v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Cunault" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rouquette" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266498v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Samsel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2014.07.002" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502609v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Bailly" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Romon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1645/13-476.1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018896v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Verna" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Panuel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baud" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-014-0095-4" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842703v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iraj Mobedi" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahsasadat Makki" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2014010" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329329v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bessou" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Giuliani" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842790v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842785v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842972v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329318v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Duneufjardin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842975v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842986v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lan&#231;on" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842913v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Cabezuelo" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Donat" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Duchesne" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842916v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georges-Zimmermann" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00738037v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Rahalison" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minoarisoa Rajerison" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezio Ferroglio" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Bianucci" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2010.10.012" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9VMGM8X4-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328946v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266491v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kacki" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Villotte" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Kn&#252;sel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2011.09.001" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5V0H0X7P-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00835725v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Haensch" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schultz" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1001134" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03247523v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charlier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medleg.2010.03.001" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130452v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gaillard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Puig" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me B&#233;n&#233;zet" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Corrochano" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851474v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266476v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328804v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328815v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georges" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266459v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086847v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Saintot" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Thomson" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caillat" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345974v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Boulestin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Averbouh" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272870v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Kn&#252;sel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976167v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-le_cimetiere_medieval_de_marsan_gers_lecture_archeothanatologique_patrice_georges_zimmermann_sacha_kacki-9782343110998-53274.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532142v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/paleopathologie-des-maladies-infectieuses-chroniques-dans-l-antiquite/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346066v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guyomarc&#8217;h" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline M. J. Schotsmans" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042888v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Le Roy" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Recchia Quiniou" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Battentier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Beauvais" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673320v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781351030625-21" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359538v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Rouzic" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gisclon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferber" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613791v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Speriando" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rigeade" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Darton" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359545v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pecqueur" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bauchet" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bergot" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359512v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359528v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Lawrence-Dubovac" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Soulat" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921675v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003023449-17" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921695v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-51726-1_2858-1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998343v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147382v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921681v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Gowland" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429262340-11" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374550v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Tzortzis" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921755v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Paya" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonnissent" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998369v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060111v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jaubert" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Feruglio" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fourment" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Genty" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877522v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitale Sparacello" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Panelli" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossi S." TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Varalli" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266427v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry-Braillon" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gryspeirt" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154603v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154709v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329950v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Zitelli" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329397v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baron" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Henri" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838306v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838312v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835498v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764645v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838264v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=48746&amp;amp;razSqlClone=1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329375v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01773868v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Detante" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841202v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328798v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bertrand" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328810v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sallem" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01370446v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016BORD0058" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05527285v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Planchon" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va Nony" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345092v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Tauriac" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133pm" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345888v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343532v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janelle A. Tyler" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Cordiner" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren R. Gr&#246;cke" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133or" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027214v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Le Cabec" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Souron" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345110v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Habran" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estella Weiss-Krejci" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133ol" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343494v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Wilkin" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Benito I Moncl&#250;s" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello C&#226;ndido da Silva" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087794v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133os" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909815v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Galovi&#269;ov&#225;" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blaizot" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chenal" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133ny" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345133v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Groote" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133ps" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343626v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Canepari" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Kn&#252;sel" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345931v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346238v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345873v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346269v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Rouzic" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Romm&#233;" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gabayet" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13539" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424839v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346246v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345900v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345142v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345923v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren Gr&#246;cke" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346285v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13528" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023201v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11371" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346292v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006317v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Pubert" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11439" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897453v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Leone" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Y. Lefrais" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Dubernet" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346375v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346353v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346338v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346365v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hildur Gestsd&#243;ttir" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346398v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346345v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346404v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023510v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mounier" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023232v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuz&#233;" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7213" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023289v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7082" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169720v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359523v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03677350v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346412v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532417v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02875629v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374536v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765962v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rossi" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532066v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833427v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833368v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne J&#233;gouzo" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pouponnot" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barbier" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833161v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833177v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976264v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Martin" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Julien" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834999v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005213v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Canny" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537306v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gleize" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cartron" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328906v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836542v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duchesne" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mille" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133224v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739404v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Corbineau" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Desrosiers" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328826v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346436v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lefevre" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346448v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13323" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346225v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03831475v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pierron" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Razafindrazaka" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tognetti" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346457v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny La Rocca" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bo&#235;s" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346467v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8897" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346473v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pierron" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harilanto Razafindrazaka" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tognetti" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9207" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346483v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tane" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532518v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brun" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346493v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Tyler" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346481v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794532v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399516v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561441v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330697v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330672v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157193v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Konik" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661817v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Tremblay-Cormier" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397037v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Holzem" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070323v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Franc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Savignat" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129801v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gourvennec" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bosc-Zanardo" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rousseau C&#233;cile" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Colombier-Gougouzian" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Camagne" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427259v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deflorenne" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Qu&#233;rel" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bardel" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Blet-Lemarquand" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bossut" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890774v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055362v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vanderhaegen" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Carron" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02362502v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239; Fechner" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaiana Vincent" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Ladureau" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893682v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Clerget" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139673v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cunault" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poitevin" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rouquet" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427166v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Notte" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Nedlejkovic" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330981v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>