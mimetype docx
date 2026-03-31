--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -905,243 +905,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01436158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A relação com o aprender na universidade e o meio ambiente de estudos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista Educação em Questão</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 48 (34), pp.39-64</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01436434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A relação com o aprender na universidade o meio ambiente de estudos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed Paivandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Educação em Questão</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 48 (34), pp.39-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05257187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Islamiser l'école</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed Paivandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vacarme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 68, pp.171-182. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/vaca.068.0171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/vaca.068.0171⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01437494v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01436434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les TIC et la relation entre enseignants et étudiants à l’université</w:t>
               </w:r>
@@ -2703,178 +2703,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01413253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">ÉVALUATION DE L'ENSEIGNEMENT PAR LES ÉTUDIANTS ET RÉGULATION DU PROCESSUS D'ENSEIGNEMENT-APPRENTISSAGE : ÉTUDES DE CAS D'ENSEIGNANTS ENGAGES DANS UNE DÉMARCHE VOLONTAIRE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultures et politiques de l'évaluation en éducation et formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Marrakech, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La qualité de l'apprentissage à l'université : perspectives internationales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed Paivandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées clermontoises de la pédagogie universitaire, ADMEE-Europe et AIPU-France, ESPE Clermont-Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Chamalières, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05287917v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-01121444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une université inclusive</w:t>
               </w:r>
@@ -3038,98 +3038,857 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Leurres de la qualité? », Université de Liège (2012-06-06, 2012-06-08: Liège, Belgique)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05287581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Girls in French Higher Education : real progress despite persistent inequalities in scientific and technological fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fontanini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christine Fontanini; K.M. Joshi; Saeed Paivandi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International perspectives on gender and higher education : student access and success</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Emerald Publishing, 2020, 978-1-83909-887-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02950209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En quoi les TIC changent-elles la relation entre enseignants et étudiants à l'université ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Espinosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacqueline Bacha; Sandoss Ben Abid-Zarrouk; Latifa Kadi-Ksouri; Aabdelouahad Mabrour. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TIC et innovation pédagogique dans les universités du Maghreb</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.151-168, 2018, 978-2-343-13636-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02943932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prise en compte des étudiants dans le choix des contenus de cours : la perspective enseignante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-José Gremmo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Espinosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Luc Massou et Nathalie Lavielle-Gutnik. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enseigner à l’université avec le numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boeck Supérieur, pp.101-120, 2017, 978-2-8073-1330-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02943936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Challenge of Equity in French Higher Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saeed Paivandi; K. M. Joshi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Equity in Higher Education: A Global Perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Studera Press, 2016, 9789385883064</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01618200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The French University governance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">K. M. Joshi; Saeed Paivandi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global Higher Education: Issues in Governance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, B. R. Publishing House, pp.379, 2015, 9789350502235</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01618116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">French Higher Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saeed Paivandi ; K.M. Joshi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Higher Education Across Nations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, B.R. Publishing Corporation, pp.247-284, 2014, 9789350501368</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01617800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Private Higher Education in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saeed Paivandi ; K.M. Joshi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Higher Education Across Nations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, B.R. Publishing Corporation, pp.161-190, 2014, 9789350501368</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01617825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The meaning of the Islamization of the school in Iran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education in West Central Asia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bloomsbury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.79-102, 2013, 978-1-4411-5521-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Qualidade da Aprendizagem dos Estudantes E A pedagogia na universidade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Observatório da vida estudantil: estudos sobre a vida e cultura universitárias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EDUFBA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.31-59, 2012, 978-85-232-0960-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre et manuels scolaires dans une perspective comparative internationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Fontanini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3138,1580 +3897,821 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed Paivandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02950228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A l'épreuve d'enseigner à l'Université</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed Paivandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Romainville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.346, 2019, 978-2-8076-1092-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02021708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equity in Higher Education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed Paivandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.M. Joshi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saeed Paivandi; K.M. Joshi. Studera Press, pp.XIV-246, 2016, 978-93-85883-06-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01618194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equity in Higher Education: A Global Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kishore Mahendra Joshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed Paivandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studera Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.01-260, 2016, 978-93-85883-06-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05275734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Private higher education: a global perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kishore Mahendra Joshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed Paivandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B.R. Pub. Corp., 2015, 978-93-5050-207-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05276158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprendre à l'université</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed Paivandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De Boeck supérieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.255, 2015, Pédagogies en développement, 978-2-8041-9417-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01473632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Global Higher Education: Issues in Governance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.M. Joshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. R. Publishing House, pp.379, 2015, 9789350502235</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01618110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Private Higher Education. Global Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.M. Joshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed Paivandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B R Publishing Corporation, 2015, 9789350502075</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01618127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">K.M. Joshi</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Higher education across nations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kishore Mahendra Joshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed Paivandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">B. R. Publishing House, pp.379, 2015, 9789350502235</w:t>
+              <w:t xml:space="preserve">B.R. Pub. Corp., pp.01-520, 2014, 978-93-5050-136-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Kishore Mahendra Joshi</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05276259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les étudiants étrangers en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ridha Ennafaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeed Paivandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">B.R. Pub. Corp., pp.01-520, 2014, 978-93-5050-136-8</w:t>
+              <w:t xml:space="preserve">Paris, La Documentation française, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Paris, La Documentation française, 2008</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01083312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discrimination and Intolerance in Iran’s Textbooks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Paivandi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Washington : Freedom House, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01083564v1</w:t>
-              </w:r>
-[...757 lines deleted...]
-                <w:t xml:space="preserve">hal-05274664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5138,51 +5138,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05340130v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Paivandi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Milon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-108-03" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030030v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lapostolle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15687/rec.v18i1.73084" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03696800v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Perret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.3960" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03777358v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fontanini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Resve" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-104-02" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832982v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Stamelos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Karachontziti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1478210317721310" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617695v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Younes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617698v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01436386v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01436158v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26220/aca.2258" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05257187v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01437494v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vaca.068.0171" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01436434v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01436471v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Espinosa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.425" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05254364v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1024673ar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258297v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01025927v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01025494v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05255150v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rsa.730" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01026153v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01082404v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084682v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01082414v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084613v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084609v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01081873v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Ennafaa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084598v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Farzad" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557164v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaelle Milon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bonaf&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718886v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02467026v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jabouille" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436445v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Drot-Delange" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gal-Petitfaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413253v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Detroz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Dumont" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05287917v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121444v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05287926v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05287933v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05287581v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02950228v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021708v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Romainville" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/68686" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01618194v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Joshi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275734v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kishore Mahendra Joshi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.studerapress.com/shop/books/economics/equity-in-higher-education-a-global-perspective/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276158v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01473632v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.deboecksuperieur.com/ouvrage/9782804194178-apprendre-luniversite" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01618127v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01618110v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276259v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01083312v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01083564v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02950209v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02943932v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02943936v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Gremmo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01618200v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01618116v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01617825v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01617800v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274912v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bloomsbury.com/us/education-in-west-central-asia-9781441155214/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274664v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edufba.ufba.br/2012/07/observatorio-da-vida-estudantil-estudos-sobre-a-vida-e-cultura-universitarias/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193581v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Chalmel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chevry P&#233;bayle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Frisch" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gossin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kennel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301303v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Trestini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05340130v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Paivandi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Milon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-108-03" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030030v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lapostolle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15687/rec.v18i1.73084" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03696800v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Perret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.3960" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03777358v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fontanini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Resve" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-104-02" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832982v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Stamelos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Karachontziti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1478210317721310" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617695v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Younes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617698v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01436386v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01436158v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26220/aca.2258" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01436434v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05257187v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01437494v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vaca.068.0171" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01436471v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Espinosa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.425" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05254364v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1024673ar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258297v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01025927v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01025494v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05255150v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rsa.730" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01026153v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01082404v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084682v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01082414v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084613v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084609v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01081873v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Ennafaa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01084598v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Farzad" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557164v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaelle Milon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bonaf&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718886v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02467026v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jabouille" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436445v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Drot-Delange" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gal-Petitfaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413253v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Detroz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Dumont" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121444v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05287917v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05287926v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05287933v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05287581v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02950209v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02943932v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02943936v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Gremmo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01618200v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01618116v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01617800v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01617825v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274912v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bloomsbury.com/us/education-in-west-central-asia-9781441155214/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274664v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edufba.ufba.br/2012/07/observatorio-da-vida-estudantil-estudos-sobre-a-vida-e-cultura-universitarias/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02950228v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021708v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Romainville" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/68686" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01618194v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Joshi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275734v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kishore Mahendra Joshi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.studerapress.com/shop/books/economics/equity-in-higher-education-a-global-perspective/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276158v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01473632v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.deboecksuperieur.com/ouvrage/9782804194178-apprendre-luniversite" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01618110v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01618127v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276259v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01083312v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01083564v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193581v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Chalmel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chevry P&#233;bayle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Frisch" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gossin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kennel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301303v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Trestini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>