--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -145,445 +145,445 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic Programming for Job Sequencing and Tool Switching Problem with Non-Identical Parallel Machines and Stochastic Processing Times</w:t>
+                <w:t xml:space="preserve">Towards a data-driven decision support system for enhanced healthcare collaboration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khaled Khayati</w:t>
+                <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khadija Hadj Salem</w:t>
+                <w:t xml:space="preserve">Leah Rifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Lardeux</w:t>
+                <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
+                <w:t xml:space="preserve">Sébastien Rebière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zied Jemai</w:t>
+                <w:t xml:space="preserve">Nicolas Salatgé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2026</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PRO-VE 2025 - 26th IFIP WG 5.5 SOCOLNET Working Conference on Virtual Enterprises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Porto, Portugal. pp.446-461, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-05673-3_27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05534831v1</w:t>
+                <w:t xml:space="preserve">hal-05336334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a data-driven decision support system for enhanced healthcare collaboration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Stochastic Programming for Job Sequencing and Tool Switching Problem with Non-Identical Parallel Machines and Stochastic Processing Times</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Khayati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadija Hadj Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Salatgé</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zied Jemai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRO-VE 2025 - 26th IFIP WG 5.5 SOCOLNET Working Conference on Virtual Enterprises</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2026 - 27ème congrès annuel de la société française de recherche opérationnelle et d'aide à la decision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Tours, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05336334v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05529803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stochastic Programming for Job Sequencing and Tool Switching Problem with Non-Identical Parallel Machines and Stochastic Processing Times</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Khayati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadija Hadj Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khaled Khayati</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zied Jemai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2026 - 27ème congrès annuel de la société française de recherche opérationnelle et d'aide à la decision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2026, Tours, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tours [UT], Feb 2026, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05529803v1</w:t>
+                <w:t xml:space="preserve">hal-05534831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche Heuristique pour un Partitionnement Territorial Équilibré, Compact et Contigu.</w:t>
               </w:r>
@@ -595,51 +595,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firdawss Bouamlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cléa Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ROADEF 2026 - 27ème congrès annuel de la société française de recherche opérationnelle et d'aide à la decision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Tours [UT], Feb 2026, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -658,2011 +658,2119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05534963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Hybrid Machine Learning Model for Predicting Surgical Procedure Duration: Integrating Random Forest and K-Means Clustering</w:t>
+                <w:t xml:space="preserve">Healthcare facilities spatial layout design: a review on case studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amira Brahmi</w:t>
+                <w:t xml:space="preserve">Jingwen Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asma Ouled Bedhief</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Clea Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Najla Aissaoui</w:t>
+                <w:t xml:space="preserve">Franck Fontanili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CoDIT 2025 - 11th International Conference on Control, Decision and Information Technologies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CIE 2025 - The 52nd International Conference on Computers and Industrial Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Lyon, France. 10 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05462567v1</w:t>
+                <w:t xml:space="preserve">hal-05554392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Analysis of Ensemble-Based Nowcasting Models for Precipitation Prediction in the UAE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Minimizing makespan in a multi-stage hybrid flow shop scheduling problem with dedicated machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Brahmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achraf Tounsi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Asma Ouled Bedhief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najla Aissaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICISA 2024 - 3rd International Conference on Intelligent Systems and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-981-97-9839-1_13⟩</w:t>
+              <w:t xml:space="preserve">IEEE IC_ASET 2025 : International Conference On Advanced Systems and Emergent Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Mammamet-Yasmine, Tunisia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IC_ASET65966.2025.11232262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05025024v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05383443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human-Centered Scheduling with a Heterogeneous Workforce in the Context of Industry 5.0: A Proof of Concept from a Learning Factory</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Satisfaction des Professionnels de Santé et Optimisation des Processus : Une Approche Intégrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Mejri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amel Jaoua</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najla Aissaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Negri</w:t>
+                <w:t xml:space="preserve">Mohamed Yassine Kaabar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICODAI 2024 - International Conference on Decision Aid and Artificial Intelligence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CIGI-QUALITA-MOSIM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Troyes, France. pp.248-253</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04980537v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05313818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring a Red Deer Algorithm for Solving an Integrated Surgery Planning and Scheduling Problem</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Optimisation de la planification opératoire par la prédiction des durées : Une application dans une clinique Belge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maazoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margarita Naryzhnyaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oger Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CoDIT 2025 - 11th International Conference on Control, Decision and Information Technologies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MaDICS 2025 - 3ème édition de l'Action TIDS (Traitement Informatique des Données de Santé) à la 7ème edition du symposium du GdR MaDICS 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05462606v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05110815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing a mobile application and dashboard for proactive management of patient no-shows via geolocation and dynamic scheduling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">SAFE’ME: an Augmented Reality Application to Support Harm Awareness for the Safety Promotion of Children with Autism Disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safa Elkefi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Layeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryem Benslimane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nel Samama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE International Conference on Advanced Healthcare Systems (ICAHS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICODAI 2024 - International Conference on Decision Aid and Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Tunis, Tunisia. pp.147-154, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2991/978-94-6463-654-3_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05416827v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05110786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la réception des messages HL7 à une base de données PostgreSQL : Étude de cas au sein d’une clinique en Belgique</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Developing a mobile application and dashboard for proactive management of patient no-shows via geolocation and dynamic scheduling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Philippe</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Salma Ben Ayed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Fontanili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nel Samama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MaDICS 2025 - 3ème édition de l'Action TIDS (Traitement Informatique des Données de Santé) à la 7ème edition du symposium du GdR MaDICS 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">2025 IEEE International Conference on Advanced Healthcare Systems (ICAHS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Hammamet, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05111667v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05416827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SAFE’ME: an Augmented Reality Application to Support Harm Awareness for the Safety Promotion of Children with Autism Disorder</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la réception des messages HL7 à une base de données PostgreSQL : Étude de cas au sein d’une clinique en Belgique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryem Benslimane</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Salima Ben Ayed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oger Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Fontanili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICODAI 2024 - International Conference on Decision Aid and Artificial Intelligence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MaDICS 2025 - 3ème édition de l'Action TIDS (Traitement Informatique des Données de Santé) à la 7ème edition du symposium du GdR MaDICS 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05110786v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05111667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimizing makespan in a multi-stage hybrid flow shop scheduling problem with dedicated machines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Tailoring a Red Deer Algorithm for Solving an Integrated Surgery Planning and Scheduling Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Ouled Bedhief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amira Brahmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najla Aissaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE IC_ASET 2025 : International Conference On Advanced Systems and Emergent Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IC_ASET65966.2025.11232262⟩</w:t>
+              <w:t xml:space="preserve">CoDIT 2025 - 11th International Conference on Control, Decision and Information Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Split, Croatia. pp.2131-2136, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CoDIT66093.2025.11321561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05383443v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05462606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satisfaction des Professionnels de Santé et Optimisation des Processus : Une Approche Intégrée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards Tailoring Reinforcement Learning to Solve the Online Surgery-Planning and Scheduling Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khouloud Bennour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imen Mejri</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Imen Ghazouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Ouled Bedhief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Yassine Kaabar</w:t>
+                <w:t xml:space="preserve">Najla Omrane Aissaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIGI-QUALITA-MOSIM 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICODAI 2024 - International Conference on Decision Aid and Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Tunis, Tunisia. pp.170-185, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2991/978-94-6463-654-3_14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05313818v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05110775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de la planification opératoire par la prédiction des durées : Une application dans une clinique Belge</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimizing Spare Parts Management: A Segmentation Approach for Intermittent Demand in Public Transportation Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margarita Naryzhnyaya</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Rihem Berbere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camelia Dadouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MaDICS 2025 - 3ème édition de l'Action TIDS (Traitement Informatique des Données de Santé) à la 7ème edition du symposium du GdR MaDICS 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">CGI QUALITA MOSIM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Troyes, France. pp.303-309</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05110815v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05314166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Tailoring Reinforcement Learning to Solve the Online Surgery-Planning and Scheduling Problem</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Data-Driven Approach for the Job Sequencing and Tool Switching Problem with Non-Identical Parallel Machines and Stochastic Processing Times</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khayati Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadija Hadj Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lardeux Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Najla Omrane Aissaoui</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jridi Maher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICODAI 2024 - International Conference on Decision Aid and Artificial Intelligence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2025 - 28ème Congrès Annuel de la Société Française de Recherche Opérationnelle et Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École nationale des ponts et chaussées, Feb 2025, Champs Sur Marne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05110775v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05060581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing Spare Parts Management: A Segmentation Approach for Intermittent Demand in Public Transportation Systems</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On Solving the Physicians Scheduling Problem at an Emergency Department: A Case Study from Canada</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camelia Dadouchi</w:t>
+                <w:t xml:space="preserve">Ghada Yakoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Pellerin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Chahid Ahabchane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CGI QUALITA MOSIM 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ODSIE 2023 - First International Conference on Optimization and Data Science in Industrial Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Istanboul, Turkey. pp.311-335, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-81455-6_18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05314166v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04930806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-Driven Approach for the Job Sequencing and Tool Switching Problem with Non-Identical Parallel Machines and Stochastic Processing Times</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Human-Centered Scheduling with a Heterogeneous Workforce in the Context of Industry 5.0: A Proof of Concept from a Learning Factory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lardeux Benoit</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Hajer Hamdaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jridi Maher</w:t>
+                <w:t xml:space="preserve">Amel Jaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Negri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2025 - 28ème Congrès Annuel de la Société Française de Recherche Opérationnelle et Aide à la Décision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICODAI 2024 - International Conference on Decision Aid and Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Tunis, Tunisia. pp.157-169, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2991/978-94-6463-654-3_13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05060581v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Solving the Physicians Scheduling Problem at an Emergency Department: A Case Study from Canada</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Comparative Analysis of Ensemble-Based Nowcasting Models for Precipitation Prediction in the UAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Tounsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ODSIE 2023 - First International Conference on Optimization and Data Science in Industrial Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-81455-6_18⟩</w:t>
+              <w:t xml:space="preserve">ICISA 2024 - 3rd International Conference on Intelligent Systems and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Pune, India. pp.205-217, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-97-9839-1_13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04930806v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05025024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Solving the Job Sequencing and Tool Switching Problem with Non-identical Parallel Machines and Stochastic Processing Times</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Hybrid Machine Learning Model for Predicting Surgical Procedure Duration: Integrating Random Forest and K-Means Clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Brahmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Ouled Bedhief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khaled Khayati</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najla Aissaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2024 International Conference of the African Federation of Operational Research Societies (AFROS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CoDIT 2025 - 11th International Conference on Control, Decision and Information Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Split, Croatia. pp.2286-2291, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CoDIT66093.2025.11321653⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04675154v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05462567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Healthcare Providers’ Perspectives on Extended Reality Technologies for Sustainable Healthcare: A Twitter Analysis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">On Solving the Job Sequencing and Tool Switching Problem with Non-identical Parallel Machines and Stochastic Processing Times</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Khayati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadija Hadj Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 ASU International Conference in Emerging Technologies for Sustainability and Intelligent Systems (ICETSIS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 2024 International Conference of the African Federation of Operational Research Societies (AFROS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tlemcen University, Algeria, Nov 2024, Tlemcen, Algeria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/icetsis61505.2024.10459388⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04820504v1</w:t>
+                <w:t xml:space="preserve">hal-04675154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Exploring Healthcare Providers’ Perspectives on Extended Reality Technologies for Sustainable Healthcare: A Twitter Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Lourimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safa Elkefi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Tounsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 ASU International Conference in Emerging Technologies for Sustainability and Intelligent Systems (ICETSIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Manama, Bahrain. pp.1053-1059, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icetsis61505.2024.10459388⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04820504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Efficiency Analysis to evaluate a Breast Cancer Screening Campaign: A Case Study from Tunisia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zied Jemai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najla Omrane Aissaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouha Ben Fatma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Frikha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 International Conference on Decision Aid Sciences and Application (DASA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Sakheer, France. pp.412-414, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DASA51403.2020.9317283⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2672,841 +2780,841 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metaheuristics for solving the multi-stage hybrid flow shop scheduling problem with dedicated machines</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Editorial: Novel reliable approaches for prediction and clinical decision-making in cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Zidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Rebmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Operations Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1504/IJAOM.2025.150034⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2024.1537956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05417320v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04897765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Novel reliable approaches for prediction and clinical decision-making in cancer</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Metaheuristics for solving the multi-stage hybrid flow shop scheduling problem with dedicated machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Ouled Bedhief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Brahmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najla Aissaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vera Rebmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2024.1537956⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Operations Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (4), pp.373-415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJAOM.2025.150034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04897765v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05417320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autonomous Vehicle and Pedestrian Interaction: Leveraging The Use of Model Predictive Control &amp; Genetic Algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaa Elgharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Máté Zöldy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognitive Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 3 (1), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.55343/cogsust.90⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04820502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systematic Review of Web-Based Decision Support Systems for Clinical Applications: Enhancing Ontology with Unified Modeling Language and Ontology Web Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Shihab Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TEM Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.77-89. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18421/tem131-08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04820503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A human behaviour-based simulation model for resource allocation at a multi-specialty outpatient clinic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">A BPMN-VSM based process analysis to improve the efficiency of multidisciplinary outpatient clinics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najla Omrane Aissaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hana Ben Mbarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atidel B. Hadj-Alouane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Simulation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Production Planning and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35 (5), pp.461-491. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09537287.2022.2098199⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17477778.2022.2115416⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04820499v1</w:t>
+                <w:t xml:space="preserve">hal-04820500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A BPMN-VSM based process analysis to improve the efficiency of multidisciplinary outpatient clinics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">A human behaviour-based simulation model for resource allocation at a multi-specialty outpatient clinic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hana Ben Mbarek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najla Omrane Aissaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Jaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atidel B. Hadj-Alouane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Production Planning and Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09537287.2022.2098199⟩</w:t>
+              <w:t xml:space="preserve">Journal of Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (3), pp.283-310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17477778.2022.2115416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04820500v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04820499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New trends of combinatorial optimization and applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imed Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelson Maculan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ridha Mahjoub</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Operations Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 351 (1), pp.1-2, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10479-025-06740-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05228748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3516,154 +3624,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceeding of The International Conference Healthcare Systems Day 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnen El Amraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sondes Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Mejri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hejer Khelif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Healthcare Systems Day 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://sites.google.com/view/hsd2024/home, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04571919v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3673,133 +3781,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solving a Generalized Network Design Problem Using Hybrid Metaheuristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Mejri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Grari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations in Smart Cities Applications Volume 7</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Switzerland, pp.123-133, 2024, 9783031543760. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-54376-0_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04820501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3809,91 +3917,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions à l’Optimisation des Problèmes de Conception de Réseaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Combinatoire [math.CO]. Ecole Nationale d’Ingénieurs de Tunis (Tunisie), 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03793951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3903,205 +4011,205 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Lagrangian Relaxation Approach for the Discrete Cost Multicommodity Network Design Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Bakkar Ennaifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Mansour Zeghal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01583244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Computational Study for the Steiner Tree Problem with Revenue, Budget and Hop Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Hajri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Haouari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01583670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4111,114 +4219,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LE PROBLEME DE STEINER AVEC COLLECTE DE PRIX : MODELISATION ET RESOLUTION EXACTE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safa Bhar Layeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Combinatoire [math.CO]. Ecole Nationale d’Ingénieurs de Tunis, 2009. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03793950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId128"/>
+      <w:footerReference w:type="default" r:id="rId131"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4286,51 +4394,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8EAFE7F8"/>
+    <w:nsid w:val="5813DB2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4517,51 +4625,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/safa-bhar-layeb" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534831v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Khayati" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Hadj Salem" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lardeux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Bhar Layeb" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zied Jemai" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05336334v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Rifi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fertier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rebi&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salatg&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05673-3_27" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529803v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534963v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firdawss Bouamlat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Martinez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05462567v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Brahmi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Ouled Bedhief" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Aissaoui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT66093.2025.11321653" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05025024v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Tounsi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-9839-1_13" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04980537v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Hamdaoui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Jaoua" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Negri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2991/978-94-6463-654-3_13" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05462606v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT66093.2025.11321561" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416827v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Ben Ayed" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fontanili" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Huguet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nel Samama" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05111667v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Ben Ayed" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oger Olivier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Philippe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05110786v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Elkefi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Layeb" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryem Benslimane" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2991/978-94-6463-654-3_12" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05383443v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC_ASET65966.2025.11232262" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05313818v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Mejri" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yassine Kaabar" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05110815v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maazoun" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Naryzhnyaya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05110775v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Bennour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ghazouani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Omrane Aissaoui" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2991/978-94-6463-654-3_14" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05314166v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihem Berbere" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Deschamps" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camelia Dadouchi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pellerin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060581v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khayati Khaled" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lardeux Benoit" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jridi Maher" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04930806v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Yakoubi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahid Ahabchane" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-81455-6_18" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675154v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820504v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Lourimi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icetsis61505.2024.10459388" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558839v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Ben Fatma" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Frikha" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA51403.2020.9317283" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05417320v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAOM.2025.150034" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897765v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Zidi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Rebmann" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1537956" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820502v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaa Elgharbi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;t&#233; Z&#246;ldy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55343/cogsust.90" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820503v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Shihab Ahmed" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18421/tem131-08" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820499v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Ben Mbarek" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atidel B. Hadj-Alouane" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17477778.2022.2115416" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820500v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537287.2022.2098199" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05228748v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Kacem" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Maculan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ridha Mahjoub" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-025-06740-3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571919v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnen El Amraoui" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Hammami" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hejer Khelif" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820501v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Grari" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-54376-0_11" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03793951v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583244v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Bakkar Ennaifer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Mansour Zeghal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583670v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Hajri" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haouari" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03793950v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/safa-bhar-layeb" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05336334v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Bhar Layeb" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Rifi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fertier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rebi&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salatg&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05673-3_27" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529803v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Khayati" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Hadj Salem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lardeux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zied Jemai" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534831v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534963v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firdawss Bouamlat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Martinez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05554392v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwen Gao" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clea Martinez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fontanili" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05383443v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Brahmi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Ouled Bedhief" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Aissaoui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC_ASET65966.2025.11232262" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05313818v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Mejri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yassine Kaabar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05110815v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maazoun" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Naryzhnyaya" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oger Olivier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Philippe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05110786v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Elkefi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Layeb" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryem Benslimane" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2991/978-94-6463-654-3_12" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416827v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Ben Ayed" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Huguet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nel Samama" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05111667v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Ben Ayed" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05462606v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT66093.2025.11321561" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05110775v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Bennour" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ghazouani" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Omrane Aissaoui" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2991/978-94-6463-654-3_14" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05314166v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihem Berbere" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Deschamps" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camelia Dadouchi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pellerin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060581v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khayati Khaled" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lardeux Benoit" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jridi Maher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04930806v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Yakoubi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahid Ahabchane" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-81455-6_18" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04980537v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Hamdaoui" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Jaoua" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Negri" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2991/978-94-6463-654-3_13" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05025024v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Tounsi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-9839-1_13" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05462567v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT66093.2025.11321653" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675154v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820504v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Lourimi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icetsis61505.2024.10459388" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558839v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Ben Fatma" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Frikha" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASA51403.2020.9317283" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897765v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Zidi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Rebmann" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1537956" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05417320v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAOM.2025.150034" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820502v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaa Elgharbi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;t&#233; Z&#246;ldy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55343/cogsust.90" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820503v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Shihab Ahmed" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18421/tem131-08" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820500v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Ben Mbarek" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atidel B. Hadj-Alouane" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537287.2022.2098199" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820499v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17477778.2022.2115416" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05228748v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Kacem" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Maculan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ridha Mahjoub" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-025-06740-3" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571919v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnen El Amraoui" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Hammami" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hejer Khelif" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820501v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Grari" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-54376-0_11" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03793951v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583244v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Bakkar Ennaifer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Mansour Zeghal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583670v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Hajri" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haouari" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03793950v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>