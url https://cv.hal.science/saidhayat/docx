--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Said Hayat </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Cost and Benefits of Aerial Cable Cars Investment: A Case Study of Medellin City-Colombia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue scientifique internationale Management et Ingéniérie des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, MIS : Management et Ingégneri des Systèmes, 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">modèle des perturbations dans un réseau de transport collectif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">revue scientifique internationale management et Ingegneri des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, MIS : Management et Ingegneri des Systèmes, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection de défaillance dans les feux de signalisation ferroviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Saddiki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue scietifique internationale Managementet Ingeneries des Systmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Revue scietifique internationale Managementet Ingeneries des Systmes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04488118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche de détection de défaillance de LEDS dans les feux de signalisation ferroviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Saddiki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">revue scientifique internationale management et Ingegneri des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des séquences de pannes pour la conception de systèmes de commande sûrs. Application au ferroutage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, vol.44 (n.1), pp33-66. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/JESA.44.33-66⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00559482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal design of dependable control system architectures using temporal sequences of failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 58 (3), pp.511-522. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2009.2026790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal design of dependable control system architectures using temporal sequences of failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 58 (3), pp.511-522</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban Transport Network Regulation and Evaluation: A Fuzzy Evolutionary Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.M Ould Sidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Borne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE-SMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 38, pp.309 - 318</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04179894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban transport traffic network regulation and evaluation using a fuzzy evolutionary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. M. Ould Sidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Hammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Borne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Systems, Man and Cybernetics, Part A: Systems and Humans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 38 (2), pp.309-318</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel approach to developing and evaluating regulation strategies for urban transport disrupted networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mm. Ould Sidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Integrated Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 21 (4), pp.480-493. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09511920701574982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban Transport Network Regulation and Evaluation: A Fuzzy Evolutionary Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.M Ould Sidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Borne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Systems, Man and Cybernetics, Part A: Systems and Humans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 38 (2), pp.309-318</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00715191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban transport disrupted networks regulation strategies making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mahmoud Ould Sidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Hammadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Integrated Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Command and control of automated subway in mode of disrupted march using fuzzy logic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jolly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Jolly-Desodt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent &ampmathsemicolon Fuzzy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 6 (3), pp.329-343</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apparition des autobus a plancher bas, sans aucune marche a l'entree de ceux-ci, dans les reseaux de transport urbain a resolu partiellement les problemes d'accessibilite aux usagers. Afin de l'ameliorer notamment pour les personnes a mobilite reduite, l'autobus doit s'approcher le plus pres possible de la bordure du quai. La reproductibilite parfaite de cette action, pourrait etre realisee par un dispositif de guidage automatique en phase d'accostage a quarante metres en amont de la station. Dans cet article, nous presentons la modelisation mathematique du comportement d'un autobus, affinee experimentalement en observant le comportement d'un autobus soumis a differentes lois de commande en direction, la simulation du comportement de l'autobus, la validation du modele et le test de differentes lois de commande (PID, a retour d'etat, adaptative et floue).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Drift Like Fault in Capacitor Banks on Self-Excited Induction Generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Derbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Toubakh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 International Conference on Control, Automation and Diagnosis (ICCAD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Grenoble, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCAD46983.2019.9037916⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward green road freight transportation trends: truck platoon application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Moh Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of 2018 International Conference on Global &amp; Emerging Trends, ICGET 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Abuja, Nigeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03579653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels axes pour la sûreté dans les transports terrestres collectifs?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Miloudi El Koursi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Deniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ambellouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Ghazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gransart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Lambda Mu 21 « Maîtrise des risques et transformation numérique : opportunités et menaces »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02074285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The concept of the smart wagon for improving the safety of a railroad transportation system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IFAC LSS Symposium Large Scale Systems: Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Villeneuve d'Ascq, France. pp.CDROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of dependable system architectures for a railroad smart wagon using shared functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International IEEE Conference on Intelligent Transportation Systems - ITSC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Madeira Island, Portugal. pp.1905-1910</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie de conception de systèmes sûrs et économiques utilisant les scénarios de défaillances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrés de Maîtrise des Risques et de Sûreté de Fonctionnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Avignon, France. pp.CDROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal design of control systems using a dependability criteria and temporal sequences evaluation application to a railroad transportation system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th SRA-Europe Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Valencia, Spain. pp.3199-3208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traffic regulation of automated highway based on multi agent model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Aitouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Int. Conf. on Systems Engineering, ICSE'2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Coventry, Sep 2003, Coventry, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01742505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiagent model using coloured Petri nets for the regulationtraffic of an automated highway,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Aitouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Transportation Systems: ITS'2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Oct 2003, Shangai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01742503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">simulation of railway stations based on hybrid petri nets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fateh Kaakai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellah El Moudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid Petri nets-based simulation model for evaluating the design of railway transit stations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fateh Kaakai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellah El Moudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiagent model using coloured Petri nets for the regulation traffic of an automated highway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aitouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient algorithm for the design of fault tolerant multi-sensor system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Attouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Staroswiecki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMMATERIAL LATERAL GUIDANCE OF A BUS IN BOARDING PHASE : MODELLING AND SIMULATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of an Automatic Subway Traffic Control by Fuzzy Logic and Neural Networks Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId74"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Said Hayat </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Cost and Benefits of Aerial Cable Cars Investment: A Case Study of Medellin City-Colombia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue scientifique internationale Management et Ingéniérie des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, MIS : Management et Ingégneri des Systèmes, 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">modèle des perturbations dans un réseau de transport collectif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">revue scientifique internationale management et Ingegneri des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, MIS : Management et Ingegneri des Systèmes, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection de défaillance dans les feux de signalisation ferroviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Saddiki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue scietifique internationale Managementet Ingeneries des Systmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Revue scietifique internationale Managementet Ingeneries des Systmes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04488118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche de détection de défaillance de LEDS dans les feux de signalisation ferroviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Saddiki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">revue scientifique internationale management et Ingegneri des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des séquences de pannes pour la conception de systèmes de commande sûrs. Application au ferroutage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, vol.44 (n.1), pp33-66. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/JESA.44.33-66⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00559482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal design of dependable control system architectures using temporal sequences of failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 58 (3), pp.511-522</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal design of dependable control system architectures using temporal sequences of failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 58 (3), pp.511-522. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2009.2026790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban Transport Network Regulation and Evaluation: A Fuzzy Evolutionary Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.M Ould Sidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Borne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE-SMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 38, pp.309 - 318</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04179894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel approach to developing and evaluating regulation strategies for urban transport disrupted networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mm. Ould Sidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Integrated Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 21 (4), pp.480-493. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09511920701574982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban transport traffic network regulation and evaluation using a fuzzy evolutionary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. M. Ould Sidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Hammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Borne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Systems, Man and Cybernetics, Part A: Systems and Humans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 38 (2), pp.309-318</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban Transport Network Regulation and Evaluation: A Fuzzy Evolutionary Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.M Ould Sidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Borne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Systems, Man and Cybernetics, Part A: Systems and Humans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 38 (2), pp.309-318</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00715191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban transport disrupted networks regulation strategies making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mahmoud Ould Sidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Hammadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Integrated Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Command and control of automated subway in mode of disrupted march using fuzzy logic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jolly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Jolly-Desodt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent &ampmathsemicolon Fuzzy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 6 (3), pp.329-343</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apparition des autobus a plancher bas, sans aucune marche a l'entree de ceux-ci, dans les reseaux de transport urbain a resolu partiellement les problemes d'accessibilite aux usagers. Afin de l'ameliorer notamment pour les personnes a mobilite reduite, l'autobus doit s'approcher le plus pres possible de la bordure du quai. La reproductibilite parfaite de cette action, pourrait etre realisee par un dispositif de guidage automatique en phase d'accostage a quarante metres en amont de la station. Dans cet article, nous presentons la modelisation mathematique du comportement d'un autobus, affinee experimentalement en observant le comportement d'un autobus soumis a differentes lois de commande en direction, la simulation du comportement de l'autobus, la validation du modele et le test de differentes lois de commande (PID, a retour d'etat, adaptative et floue).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Drift Like Fault in Capacitor Banks on Self-Excited Induction Generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Derbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Toubakh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 International Conference on Control, Automation and Diagnosis (ICCAD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Grenoble, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCAD46983.2019.9037916⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward green road freight transportation trends: truck platoon application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Moh Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of 2018 International Conference on Global &amp; Emerging Trends, ICGET 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Abuja, Nigeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03579653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels axes pour la sûreté dans les transports terrestres collectifs?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Miloudi El Koursi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Deniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ambellouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Ghazel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gransart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Lambda Mu 21 « Maîtrise des risques et transformation numérique : opportunités et menaces »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02074285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The concept of the smart wagon for improving the safety of a railroad transportation system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IFAC LSS Symposium Large Scale Systems: Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Villeneuve d'Ascq, France. pp.CDROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of dependable system architectures for a railroad smart wagon using shared functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International IEEE Conference on Intelligent Transportation Systems - ITSC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Madeira Island, Portugal. pp.1905-1910</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal design of control systems using a dependability criteria and temporal sequences evaluation application to a railroad transportation system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th SRA-Europe Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Valencia, Spain. pp.3199-3208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie de conception de systèmes sûrs et économiques utilisant les scénarios de défaillances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Clarhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Conrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cocquempot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrés de Maîtrise des Risques et de Sûreté de Fonctionnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Avignon, France. pp.CDROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traffic regulation of automated highway based on multi agent model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Aitouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Int. Conf. on Systems Engineering, ICSE'2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Coventry, Sep 2003, Coventry, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01742505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiagent model using coloured Petri nets for the regulationtraffic of an automated highway,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Aitouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Transportation Systems: ITS'2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Oct 2003, Shangai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01742503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">simulation of railway stations based on hybrid petri nets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fateh Kaakai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellah El Moudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid Petri nets-based simulation model for evaluating the design of railway transit stations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fateh Kaakai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellah El Moudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiagent model using coloured Petri nets for the regulation traffic of an automated highway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aitouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient algorithm for the design of fault tolerant multi-sensor system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Attouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Staroswiecki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMMATERIAL LATERAL GUIDANCE OF A BUS IN BOARDING PHASE : MODELLING AND SIMULATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of an Automatic Subway Traffic Control by Fuzzy Logic and Neural Networks Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId74"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04519756v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Hayat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04498416v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hayat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04488118v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Saddiki" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04498491v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559482v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Clarhaut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Conrard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cocquempot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.44.33-66" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506353v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2009.2026790" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710756v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04179894v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M Ould Sidi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Borne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505950v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Ould Sidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Hammadi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802437v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mm. Ould Sidi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hammadi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hayat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09511920701574982" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715191v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Borne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04181143v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mahmoud Ould Sidi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04181141v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jolly" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jolly-Desodt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bailly" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181800v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181858v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Derbal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Toubakh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD46983.2019.9037916" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03579653v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Moh Ahmed" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin El Hillali" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atika Rivenq" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074285v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Miloudi El Koursi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Deniau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ambellouis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghazel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gransart" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710690v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710613v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799922v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799923v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742505v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Aitouche" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742503v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181709v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateh Kaakai" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah El Moudni" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181684v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181445v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aitouche" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181446v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Attouche" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Staroswiecki" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181787v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181743v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04519756v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Hayat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04498416v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hayat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04488118v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Saddiki" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04498491v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559482v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Clarhaut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Conrard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cocquempot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.44.33-66" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710756v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506353v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2009.2026790" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04179894v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M Ould Sidi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Borne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802437v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mm. Ould Sidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hammadi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hayat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09511920701574982" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505950v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Ould Sidi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Hammadi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715191v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Borne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04181143v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mahmoud Ould Sidi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04181141v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jolly" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jolly-Desodt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bailly" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181800v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181858v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Derbal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Toubakh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD46983.2019.9037916" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03579653v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Moh Ahmed" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin El Hillali" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atika Rivenq" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074285v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Miloudi El Koursi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Deniau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ambellouis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghazel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gransart" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710690v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710613v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799923v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799922v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742505v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Aitouche" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742503v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181709v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateh Kaakai" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah El Moudni" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181684v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181445v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aitouche" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181446v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Attouche" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Staroswiecki" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181787v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181743v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>