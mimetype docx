--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -105,51 +105,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -230,773 +230,877 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05440504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The asymmetric effect of commodity price returns on economic growth: evidence from net-commodity-exporting countries during inflationary times</w:t>
+                <w:t xml:space="preserve">Leveraging carbon taxes to combat climate change: The role of technological change and financial development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insaf Abbassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coumba Aicha Bouba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economic Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/JES-03-2025-0176⟩</w:t>
+              <w:t xml:space="preserve">Journal of Climate Finance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 14, pp.100083. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclimf.2026.100083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05367866v1</w:t>
+                <w:t xml:space="preserve">hal-05562500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do sovereign wealth funds dampen the effect of oil market volatility on gross domestic product growth?</w:t>
+                <w:t xml:space="preserve">The asymmetric effect of commodity price returns on economic growth: evidence from net-commodity-exporting countries during inflationary times</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahlem Harrouch-Trabelsi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The journal of energy markets</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Economic Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/JES-03-2025-0176⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21314/JEM.2022.014⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03955335v1</w:t>
+                <w:t xml:space="preserve">hal-05367866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do commodity price volatilities impact currency misalignments in commodity-exporting countries ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyriac Guillaumin</w:t>
+                <w:t xml:space="preserve">Do sovereign wealth funds dampen the effect of oil market volatility on gross domestic product growth?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Boubakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Silanine</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahlem Harrouch-Trabelsi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economics Bulletin</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The journal of energy markets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (20), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21314/JEM.2022.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02935658v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear relationship between real commodity price volatility and real effective exchange rate: The case of commodity-exporting countries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Do commodity price volatilities impact currency misalignments in commodity-exporting countries ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriac Guillaumin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Silanine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Macroeconomics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Economics Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (2), pp.1727-1739</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02157574v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02935658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of financial turmoil on financial integration and risk premia in emerging markets</w:t>
+                <w:t xml:space="preserve">Non-linear relationship between real commodity price volatility and real effective exchange rate: The case of commodity-exporting countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriac Guillaumin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Couharde</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Raymond</w:t>
+                <w:t xml:space="preserve">Alexandre Silanine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Empirical Finance</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Macroeconomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 60, pp.212-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmacro.2019.02.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01386052v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02157574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regional integration of the East Asian stock markets : an empirical assessment</w:t>
+                <w:t xml:space="preserve">Effects of financial turmoil on financial integration and risk premia in emerging markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyriac Guillaumin</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Couharde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Raymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of International Money and Finance</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Empirical Finance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 38, pp.120 - 138</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jimonfin.2015.07.011⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">halshs-01195916v1</w:t>
+                <w:t xml:space="preserve">hal-01386052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of the financial crisis on the exchange risk premium dynamics within the G20: Evidence from the ICAPM</w:t>
+                <w:t xml:space="preserve">Regional integration of the East Asian stock markets : an empirical assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriac Guillaumin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Economiques de Bruxelles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of International Money and Finance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 57, pp. 136-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jimonfin.2015.07.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01385812v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01195916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the financial integration of Central and Eastern European Countries with the Euro area : evidence from panel data cointegration tests</w:t>
+                <w:t xml:space="preserve">The impact of the financial crisis on the exchange risk premium dynamics within the G20: Evidence from the ICAPM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyriac Guillaumin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Economics/Economie Internationale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 131, pp.105-120</w:t>
+              <w:t xml:space="preserve">Cahiers Economiques de Bruxelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00785850v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01385812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing the financial integration of Central and Eastern European Countries with the Euro area : evidence from panel data cointegration tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Boubakri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Couharde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriac Guillaumin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Economics/Economie Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 131, pp.105-120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00785850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Financial integration and currency risk premium in CEECs : evidence from the ICAPM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1012,51 +1116,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging Markets Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 12 (4), pp.460-484</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00639224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1066,245 +1170,245 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Demand Management Flexibility as a Catalyst for the GCC Energy Transition: a Framework to Assess Time-of-Use Tariffs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Hendam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Petitet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Schittekatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Perez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saudi Arabia Smart Grid (SASG) 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Riyadh, Saudi Arabia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05440426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time varying financial integration in emerging stock markets, de jure capital account openness and risk premiums</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Raymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th Symposium in Money Banking and Finance </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01411741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1314,117 +1418,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commodity price return effects on GDP growth in inflationary times: empirical evidence from net-commodity-exporting countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04890654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New evidence on time-varying financial integration within Gulf Cooperation Council stock markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1437,215 +1541,215 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriac Guillaumin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Financial integration, financial turmoil and risk premia in emerging markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Raymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04141291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une mesure financière de l’importance de la prime de risque de change dans la prime de risque boursière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Boubakri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04140890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId40"/>
+      <w:footerReference w:type="default" r:id="rId44"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1713,51 +1817,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0A28559B"/>
+    <w:nsid w:val="2C4E6275"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1944,51 +2048,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/salemboubakri" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440504v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Boubakri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Guillaumin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inteco.2025.100667" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367866v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JES-03-2025-0176" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03955335v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Harrouch-Trabelsi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21314/JEM.2022.014" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02935658v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Silanine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02157574v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmacro.2019.02.004" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386052v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Couharde" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Raymond" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01195916v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jimonfin.2015.07.011" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M4XJXD4J-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385812v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00785850v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639224v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440426v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hendam" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Petitet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Schittekatte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Perez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411741v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890654v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938174v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141291v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140890v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/salemboubakri" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440504v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Boubakri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Guillaumin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inteco.2025.100667" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562500v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Abbassi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coumba Aicha Bouba" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclimf.2026.100083" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367866v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JES-03-2025-0176" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03955335v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Harrouch-Trabelsi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21314/JEM.2022.014" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02935658v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Silanine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02157574v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmacro.2019.02.004" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386052v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Couharde" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Raymond" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01195916v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jimonfin.2015.07.011" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M4XJXD4J-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385812v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00785850v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639224v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440426v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hendam" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Petitet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Schittekatte" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Perez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411741v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890654v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938174v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141291v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140890v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>