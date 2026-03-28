--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -294,641 +294,641 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04874855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diameter-dependent single- and double-file stacking of squaraine dye molecules inside chirality-sorted single-wall carbon nanotubes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficient Inner-to-Outer Wall Energy Transfer in Highly Pure Double-Wall Carbon Nanotubes Revealed by Detailed Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksiem Erkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salomé Forel</w:t>
+                <w:t xml:space="preserve">Dmitry Levshov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Wim Wenseleers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Han Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jochen Campo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laura Wieland</w:t>
+                <w:t xml:space="preserve">Benjamin Flavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D2NR01630C⟩</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.2c03883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03684148v1</w:t>
+                <w:t xml:space="preserve">hal-03800132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Inner-to-Outer Wall Energy Transfer in Highly Pure Double-Wall Carbon Nanotubes Revealed by Detailed Spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maksiem Erkens</w:t>
+                <w:t xml:space="preserve">Diameter-dependent single- and double-file stacking of squaraine dye molecules inside chirality-sorted single-wall carbon nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Forel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Han Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitry Levshov</w:t>
+                <w:t xml:space="preserve">Stein van Bezouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wim Wenseleers</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Han Li</w:t>
+                <w:t xml:space="preserve">Jochen Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Flavel</w:t>
+                <w:t xml:space="preserve">Laura Wieland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsnano.2c03883⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D2NR01630C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03800132v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simple and rapid gas sensing using a single-walled carbon nanotube field-effect transistor-based logic inverter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Assessing the reliability of the Raman peak counting method for the characterization of SWCNT diameter distributions: a cross characterization with TEM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Castan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Forel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Castan</w:t>
+                <w:t xml:space="preserve">Frédéric Fossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ileana Florea</w:t>
+                <w:t xml:space="preserve">Joeri Defillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Costel Sorin Cojocaru</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ahmed Ghedjatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 3 (6), pp.1582-1587. </w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 171, pp.968-979. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0NA00811G⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2020.09.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03196215v1</w:t>
+                <w:t xml:space="preserve">hal-03144185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the reliability of the Raman peak counting method for the characterization of SWCNT diameter distributions: a cross characterization with TEM</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Simple and rapid gas sensing using a single-walled carbon nanotube field-effect transistor-based logic inverter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Forel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leandro Sacco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Castan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joeri Defillet</w:t>
+                <w:t xml:space="preserve">Ileana Florea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Ghedjatti</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Costel Sorin Cojocaru</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 171, pp.968-979. </w:t>
+              <w:t xml:space="preserve">Nanoscale Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (6), pp.1582-1587. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2020.09.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0NA00811G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03144185v1</w:t>
+                <w:t xml:space="preserve">hal-03196215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning bimetallic catalysts for a selective growth of SWCNTs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Forel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Castan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Amara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ileana Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Fossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanoscale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 11 (9), pp.4091-4100. </w:t>
@@ -966,77 +966,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra-sensitive NO2 gas sensors based on single-wall carbon nanotube field effect transistors: Monitoring from ppm to ppb level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leandro Sacco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Forel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ileana Florea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costel-Sorin Cojocaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1083,103 +1083,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New method for the growth of single-walled carbon nanotubes from bimetallic nanoalloy catalysts based on Prussian blue analog precursors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Castan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Forel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Catala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ileana Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Fossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 123, pp.583-592. </w:t>
@@ -1243,1088 +1243,1088 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advance in Single-Wall Carbon Nanotubes Filling</w:t>
+                <w:t xml:space="preserve">ATOMIC LAYER DEPOSITION OF BORON NITRIDE ON CARBON NANOTUBES FOR FABRICATING ONE-DIMENSIONAL VAN DER WAALS HETEROSTRUCTURES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Catherine Journet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hossain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Louiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanako Okuno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">salome forel</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stein van Bezouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The electrochemical society meeting 2024 (245th)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, San francisco, United States</w:t>
+              <w:t xml:space="preserve">International Workshop on 2D Heterostructures HOWDI Annual meeting 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Luxembourg, Luxembourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04875996v1</w:t>
+                <w:t xml:space="preserve">hal-04876822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ATOMIC LAYER DEPOSITION OF BORON NITRIDE ON CARBON NANOTUBES FOR FABRICATING ONE-DIMENSIONAL VAN DER WAALS HETEROSTRUCTURES</w:t>
+                <w:t xml:space="preserve">SWCNT as a template for new stacking state of dicyanodistyrylbenzene derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Journet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Hossain</w:t>
+                <w:t xml:space="preserve">salome forel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin Louiset</w:t>
+                <w:t xml:space="preserve">Yamaldi Midiladji Bakary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanako Okuno</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">salome forel</w:t>
+                <w:t xml:space="preserve">Aina Fitó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofie Cambré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on 2D Heterostructures HOWDI Annual meeting 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Luxembourg, Luxembourg</w:t>
+              <w:t xml:space="preserve">GDR - HOWDI24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Lipperscheid., Luxembourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04876822v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SWCNT as a template for new stacking state of dicyanodistyrylbenzene derivatives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Stacking of dye molecules inside chirality-sorted single-wall carbon nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">salome forel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yamaldi Midiladji Bakary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Jeanneau</w:t>
+                <w:t xml:space="preserve">Catherine Marichy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Han Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stein van Bezouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR - HOWDI24</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Lipperscheid., Luxembourg</w:t>
+              <w:t xml:space="preserve">The Nanotechnology Summer School NSSY-2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Puerto Ayora, Ecuador</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04876143v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stacking of dye molecules inside chirality-sorted single-wall carbon nanotubes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Advance in Single-Wall Carbon Nanotubes Filling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">salome forel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yamaldi Midiladji Bakary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Marichy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Han Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stein van Bezouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Nanotechnology Summer School NSSY-2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Puerto Ayora, Ecuador</w:t>
+              <w:t xml:space="preserve">The electrochemical society meeting 2024 (245th)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, San francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04876075v1</w:t>
+                <w:t xml:space="preserve">hal-04875996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diameter-dependent single- and double-file stacking of squaraine dye molecules inside chirality-sorted single-wall carbon nanotubes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combining atomic layer deposition routes and solvothermal conversion: Towards access to layer stacking of porphyrin-based MOFs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Gikonyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Marichy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Forel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Fateeva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NT23</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Arcachon, France</w:t>
+              <w:t xml:space="preserve">ALD/ALE 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bellevue (Washington - USA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04874960v1</w:t>
+                <w:t xml:space="preserve">hal-04871012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining atomic layer deposition routes and solvothermal conversion: Towards access to layer stacking of porphyrin-based MOFs</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Diameter-dependent single- and double-file stacking of squaraine dye molecules inside chirality-sorted single-wall carbon nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">salome forel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Han Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stein van Bezouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jochen Campo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Wieland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALD/ALE 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Bellevue (Washington - USA), United States</w:t>
+              <w:t xml:space="preserve">NT23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Arcachon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04871012v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04874960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-dimensional hBN/CNT Van der Waals Heterostructures Fabricated by Atomic Layer Deposition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Fabrication of 1D van der Waals heterostructures by deposition of atomic layers of boron nitride on carbon nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hossain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Louiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanako Okuno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">salome forel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">salome forel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Catherine Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in NanoTechnology 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">GDR HOWDI Annual Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04871104v1</w:t>
+                <w:t xml:space="preserve">hal-05016302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication of 1D van der Waals heterostructures by deposition of atomic layers of boron nitride on carbon nanotubes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">One-dimensional hBN/CNT Van der Waals Heterostructures Fabricated by Atomic Layer Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hossain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanako Okuno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">salome forel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">salome forel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Catherine Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Marichy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR HOWDI Annual Meeting 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Porquerolles, France</w:t>
+              <w:t xml:space="preserve">Trends in NanoTechnology 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05016302v1</w:t>
+                <w:t xml:space="preserve">hal-04871104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diameter-dependent stacking of dye molecules inside single-wall carbon nanotubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">salome forel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Han Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stein van Bezouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jochen Campo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wim Wenseleers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TNT23</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
@@ -2347,277 +2347,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04875970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diameter-dependent single- and double-file stacking of dyes inside single-wall carbon nanotubes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Diameter-dependent single- and double-file stacking of squarylium dyes inside single-wall carbon nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">salome forel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Wim Wenseleers</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bezouw Stein Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Campo Jochen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenseleers Wim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cambré Sofie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR - HOWDI 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Dourdan, France</w:t>
+              <w:t xml:space="preserve">ChemOnTube2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, San sebastian, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04876217v1</w:t>
+                <w:t xml:space="preserve">hal-04875002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diameter-dependent single- and double-file stacking of squarylium dyes inside single-wall carbon nanotubes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Diameter-dependent single- and double-file stacking of dyes inside single-wall carbon nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">salome forel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Cambré Sofie</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Han Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stein van Bezouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jochen Campo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim Wenseleers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemOnTube2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, San sebastian, Spain</w:t>
+              <w:t xml:space="preserve">GDR - HOWDI 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04875002v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2635,51 +2635,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single wall carbon nanotube growth from bimetallic nanoparticles : a parametric study of the synthesis up to potential application in nano-electronics.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Forel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inorganic chemistry. Université Paris Saclay (COmUE), 2017. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017SACLX094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2796,51 +2796,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7DF9622F"/>
+    <w:nsid w:val="178C776D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3027,51 +3027,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/salome-forel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3706-3676" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874855v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Fit&#243;-Parera" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;ngel L&#243;pez Carrillo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Erwan Tonye" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksiem Erkens" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pegie Cool" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cartre.2024.100439" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684148v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Forel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Li" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stein van Bezouw" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Campo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Wieland" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NR01630C" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800132v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Levshov" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Wenseleers" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Flavel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.2c03883" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196215v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Sacco" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Castan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Florea" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costel Sorin Cojocaru" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NA00811G" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144185v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fossard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joeri Defillet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ghedjatti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2020.09.012" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02110319v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Amara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nr09589b" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344316v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costel-Sorin Cojocaru" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2019.10.073" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325471v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Catala" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2017.07.058" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875996v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=salome forel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamaldi Midiladji Bakary" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marichy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Journet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hossain" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Louiset" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanako Okuno" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876143v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Fit&#243;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofie Cambr&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Jeanneau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876075v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874960v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871012v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Gikonyo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Fateeva" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871104v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016302v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875970v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876217v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875002v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bezouw Stein Van" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Campo Jochen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenseleers Wim" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cambr&#233; Sofie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01691298v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLX094" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/salome-forel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3706-3676" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874855v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Fit&#243;-Parera" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;ngel L&#243;pez Carrillo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Erwan Tonye" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksiem Erkens" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pegie Cool" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cartre.2024.100439" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800132v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Levshov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Wenseleers" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Li" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Flavel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.2c03883" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684148v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Forel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stein van Bezouw" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Campo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Wieland" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NR01630C" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144185v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Castan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fossard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joeri Defillet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ghedjatti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2020.09.012" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196215v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Sacco" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Florea" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costel Sorin Cojocaru" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NA00811G" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02110319v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Amara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nr09589b" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344316v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costel-Sorin Cojocaru" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2019.10.073" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325471v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Catala" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2017.07.058" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876822v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Journet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hossain" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Louiset" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanako Okuno" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=salome forel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876143v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamaldi Midiladji Bakary" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Fit&#243;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofie Cambr&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Jeanneau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876075v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marichy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875996v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871012v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Gikonyo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Fateeva" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874960v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016302v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871104v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875970v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875002v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bezouw Stein Van" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Campo Jochen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenseleers Wim" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cambr&#233; Sofie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876217v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01691298v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLX094" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>