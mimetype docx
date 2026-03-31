--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -183,55 +183,51 @@
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Gerhard-Krait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ouvrages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> (manuel)</w:t>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05536247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
@@ -1196,51 +1192,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa</w:t>
+              <w:t xml:space="preserve">Glossa : Revue Scientifique en Orthophonie Logopédie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 143, pp.83 - 116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.61989/b153ar62⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">