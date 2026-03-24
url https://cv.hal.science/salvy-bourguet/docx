--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,6455 +66,6455 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (30)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing hydrogen systems for far offshore applications: a comprehensive analysis</w:t>
+                <w:t xml:space="preserve">Influence of TimeGAN-Generated Scenarios on Optimal Design for Renewable Energy Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ben Abdelouahab Nouhaila</w:t>
+                <w:t xml:space="preserve">Haje Ebnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Jean-Christophe</w:t>
+                <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bourguet Salvy</w:t>
+                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auvity Bruno</w:t>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blavette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Conversion and Management: X</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">2025 IEEE PowerTech Kiel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Kiel (Allemagne), Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerTech59965.2025.11180436⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375736v1</w:t>
+                <w:t xml:space="preserve">hal-05177126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Economic performance of an overplanted offshore wind farm under several commitment strategies and dynamic thermal ratings of submarine export cable</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparative Analysis of Hydrogen Production Systems: Offshore, Onshore, and Solar Case Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Blavette</w:t>
+                <w:t xml:space="preserve">Ben Abdelouahab Nouhaila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+                <w:t xml:space="preserve">Bourguet Salvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Ben Ahmed</w:t>
+                <w:t xml:space="preserve">Olivier Jean-Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Soulard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno Auviy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 346, pp.121326. </w:t>
+              <w:t xml:space="preserve">2025 IEEE Kiel PowerTech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Kiel, Germany. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2023.121326⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04183205v1</w:t>
+                <w:t xml:space="preserve">⟨10.1109/powertech59965.2025.11180710⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05393535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparison of energy allocation rules for a collective self-consumption operation in an industrial multi-energy microgrid</w:t>
+                <w:t xml:space="preserve">Impact of MVDC Link Integration in Distribution Networks: A CIGRE Benchmark-based Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Roy</w:t>
+                <w:t xml:space="preserve">Joey Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+                <w:t xml:space="preserve">Bruno Francois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Auger</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Saudemont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">2025 IEEE Kiel PowerTech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Kiel, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerTech59965.2025.11180702⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03940234v1</w:t>
+                <w:t xml:space="preserve">hal-05493880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Pre-Sizing Method for Salient Pole Synchronous Reluctance Machines with Loss Minimization Control for a Small Urban Electrical Vehicle Considering the Driving Cycle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Répartition optimale d'acteurs énergétiques en communautés d'autoconsommation collective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youen Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linh Dang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+                <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04018307v1</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability Evaluation of Renewable Power Systems through Distribution Network Power Outage Modelling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Optimal Allocation of Agents among Collective Self-Consumption Communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youen Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04585330v1</w:t>
+              <w:t xml:space="preserve">2025 IEEE Kiel PowerTech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Kiel, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerTech59965.2025.11180587⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upgrading wave energy test sites by including overplanting: a techno‐economic analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Synthetic Scenario Generation for Microgrid Design: A Methodological Approach Using TimeGAN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haje Ebnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Blavette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Soulard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IET Renewable Power Generation</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03246886v1</w:t>
+              <w:t xml:space="preserve">2024 IEEE PES Innovative Smart Grid Technologies Europe (ISGT EUROPE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Dubrovnik, Croatia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISGTEUROPE62998.2024.10863278⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A combined optimization of the sizing and the energy management of an industrial multi-energy microgrid: Application to a harbour area</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Stochastic Dynamic Programming for Energy Management of an Overplanted Offshore Wind Farm with Dynamic Thermal Rating and Storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Faye-Bédrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blavette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Haessig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ildar Daminov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Conversion and Management</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03334284v1</w:t>
+              <w:t xml:space="preserve">PowerTech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Belgrade, Serbia. pp.01-06, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerTech55446.2023.10202975⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overall tidal farm optimal design–Application to the Alderney Race and the Fromveur Strait (France)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Optimal energy management of offshore wind farms considering the combination of overplanting and dynamic rating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ildar Daminov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blavette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Warlop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Ocean Research</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04027044v1</w:t>
+              <w:t xml:space="preserve">Cigré Paris session</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03767635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of a wave farm export cable for electro-thermal sizing studies</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Gestion de la demande hiérarchisée dans un micro-réseau insulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Adrien Charmetant</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Tuan Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable Energy</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02336643v1</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-level Demand-Side Management algorithm for offgrid multi-source systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Energy management of microgrids: from a mixed-integer linear programming problem to a rule-based real-time algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Auvity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Schaeffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02418774v1</w:t>
+              <w:t xml:space="preserve">IECON 2021 - 47th Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Toronto, Canada. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON48115.2021.9589438⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cycle-based formulation for the simulation of multi time-scale systems — Application to the modeling of the storage system of a fully electric ferry</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Increasing the energy production of a MRE farm considering thermal and techno-economic aspects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Henri Bonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blavette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ildar Daminov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Soulard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03486833v1</w:t>
+              <w:t xml:space="preserve">4ème Symposium de Génie Électrique (SGE 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03340607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical Power Supply of Remote Maritime Areas : A Review of Hybrid Systems Based on Marine Renewable Energies</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Optimisation de l'agencement des turbines dans une ferme d'hydroliennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eyman Fakhri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Thiebot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Gualous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quoc Tuan Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02417775v1</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05028407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Techno-economic optimization of a supercapacitor-based energy storage unit chain: Application on the first quick charge plug-in ferry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sony Trieste</w:t>
+                <w:t xml:space="preserve">Optimization of the electrical connection topology of a tidal farm network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eyman Fakhri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Thiébot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sadok Hmam</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Luc Loron</w:t>
+                <w:t xml:space="preserve">Hamid Gualous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Energy</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01229631v1</w:t>
+              <w:t xml:space="preserve">The 3rd International Conference on Renewable Energy and Environment Engineering (REEE 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Lisbon, Portugal. pp.04002, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/202019104002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05028348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et Simulation d’un Système Multiphysique Application à un stockeur d’énergie d’un ferry tout électrique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimization of Marine Current Turbines Arrangement Using a Genetic AlgorithmApplication to the Fromveur Strait (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eyman Fakhri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Thiebot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sadok Hmam</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Luc Loron</w:t>
+                <w:t xml:space="preserve">Hamid Gualous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enseigner l'électrotechnique et l'électronique industrielle</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">2020 IEEE 29th International Symposium on Industrial Electronics (ISIE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Delft, Netherlands. pp.1057-1061, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01229634v1</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISIE45063.2020.9152457⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05028342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safe sizing methodology applied to a standalone photovoltaic system</w:t>
+                <w:t xml:space="preserve">Optimization of Offshore Wind Farms with HVAC and HVDC Transmission Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bouabdallah</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Asma Dabbabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodica Loisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Machmoum</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Schaeffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 80, pp.266-274. </w:t>
+              <w:t xml:space="preserve">ELECTRIMACS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Salerno, Italy. pp.111-124, </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.renene.2015.02.007⟩</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-37161-6_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02454743v1</w:t>
+                <w:t xml:space="preserve">hal-05141940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of the Connection Topology of an Offshore Wind Farm Network</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Near-optimal use of a MRE export cable considering thermal and techno-economic aspects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Henri Bonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blavette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Soulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ouahid Dahmani</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yves Perignon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Systems Journal</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">IEEE ISGT Europe 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Delft, Netherlands. pp.955-959, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISGT-Europe47291.2020.9248908⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05516855v1</w:t>
+                <w:t xml:space="preserve">hal-02992269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interharmonics injected by current source inverters of a ship's propulsion system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Offshore wind farm layout optimization considering wake effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Dabbabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Corinne Rannou</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodica Loisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2020 22nd European Conference on Power Electronics and Applications (EPE'20 ECCE Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Lyon, France. pp.P.1-P.10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EPE20ECCEEurope43536.2020.9215642⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05028334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accelerated-time and reduced-scale Hardware-In-the-Loop tests of an islanded microgrid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Tuan Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IECON 2019 - 45th Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Oct 2019, Lisbonne, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2019.8927682⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...14 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards the optimal use of an existing MRE electrical network from an electrothermal perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Henri Bonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blavette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-05516939v1</w:t>
+                <w:t xml:space="preserve">François Rongère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Kovaltchouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE PES Innovative Smart Grid Technologies (ISGT-Europe 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Bucharest, Romania. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISGTEurope.2019.8905532⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02328483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benefits of Demand Side Management strategies for an island supplied by marine renewable energies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Tuan Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2018 7th IEEE International Conference on Renewable Energy Research and Applications (ICRERA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France. pp.474-481, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICRERA.2018.8566784⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intégration d'énergies marines renouvelables dans un système multi-sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Tuan Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude et optimisation des parcs éoliens offshores à réseau de transport en HVAC et HVDC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Dabbabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02983356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal sizing of submarine cables from an electro-thermal perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelghani Matine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Henri Bonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blavette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rongère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Wave and Tidal Conference (EWTEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Cork, Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01754060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robust sizing of a stand-alone multi-sources power system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Bouabdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azeddine Houari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2016 IEEE International Conference on Industrial Technology (ICIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Taipei, France. pp.448-453, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIT.2016.7474793⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03628563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Multirate Simulation Method for Large Timescale Systems Applied for Lifetime Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadok Hmam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Loron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE-Vehicular Power and Propulsion Conference 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Montreal, Canada. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPPC.2015.7352878⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01229779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Techno-economic Optimization of Flywheel Storage System in transportation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sony Trieste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Mendoza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01065180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reliability analysis of the collection system of an offshore wind farm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouahid Dahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Rhein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2014 Ninth International Conference on Ecological Vehicles and Renewable Energies (EVER)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Monte-Carlo, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ever.2014.6844149⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05517666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of the internal grid of an offshore wind farm using Genetic algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouahid Dahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Rhein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2013 IEEE Grenoble PowerTech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Grenoble, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ptc.2013.6652324⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05517671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accurate sizing of supercapacitors storage system considering its capacitance variation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sony Trieste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Loron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Le Claire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Conference Power Electronics and Applications - EPE'11. 14th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Birmingham, United Kingdom. pp.978-90-75815-15-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00741131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of the interharmonics generated by a ship propulsion system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Le Doeuff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2004 11th International Conference on Harmonics and Quality of Power</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Lake Placid, United States. pp.465-470, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICHQP.2004.1409399⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05517765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Répartition optimale d'acteurs énergétiques en communautés d'autoconsommation collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youen Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Electrique 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Allocation of Agents among Collective Self-Consumption Communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youen Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE PowerTech 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion de la demande hiérarchisée dans un micro-réseau insulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoc Tuan Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03286674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition énergétique dans les îles: vers une diversification des sources d’énergie renouvelable utilisées et une participation du consommateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoc Tuan Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ILES 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Brest, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04100264v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (30)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of MVDC Link Integration in Distribution Networks: A CIGRE Benchmark-based Approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Francois</w:t>
+                <w:t xml:space="preserve">Optimizing hydrogen systems for far offshore applications: a comprehensive analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Abdelouahab Nouhaila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Jean-Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salvy Bourguet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Saudemont</w:t>
+                <w:t xml:space="preserve">Bourguet Salvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auvity Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE Kiel PowerTech</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05493880v1</w:t>
+              <w:t xml:space="preserve">Energy Conversion and Management: X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27, pp.101146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecmx.2025.101146⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05375736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Analysis of Hydrogen Production Systems: Offshore, Onshore, and Solar Case Studies</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Economic performance of an overplanted offshore wind farm under several commitment strategies and dynamic thermal ratings of submarine export cable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ildar Daminov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blavette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ben Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Soulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE Kiel PowerTech</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05393535v1</w:t>
+              <w:t xml:space="preserve">Applied Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 346, pp.121326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2023.121326⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Répartition optimale d'acteurs énergétiques en communautés d'autoconsommation collective</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">A comparison of energy allocation rules for a collective self-consumption operation in an industrial multi-energy microgrid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Auvity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique 2025</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05158358v1</w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 389, pp.136001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2023.136001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03940234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Allocation of Agents among Collective Self-Consumption Communities</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A Pre-Sizing Method for Salient Pole Synchronous Reluctance Machines with Loss Minimization Control for a Small Urban Electrical Vehicle Considering the Driving Cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linh Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE Kiel PowerTech</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05158464v1</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (23), pp.9110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en15239110⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04018307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of TimeGAN-Generated Scenarios on Optimal Design for Renewable Energy Systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">A combined optimization of the sizing and the energy management of an industrial multi-energy microgrid: Application to a harbour area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Auvity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE PowerTech Kiel</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05177126v1</w:t>
+              <w:t xml:space="preserve">Energy Conversion and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.100107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecmx.2021.100107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03334284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthetic Scenario Generation for Microgrid Design: A Methodological Approach Using TimeGAN</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Overall tidal farm optimal design–Application to the Alderney Race and the Fromveur Strait (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eyman Fakhri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Thiébot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Gualous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE PES Innovative Smart Grid Technologies Europe (ISGT EUROPE)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04770244v1</w:t>
+              <w:t xml:space="preserve">Applied Ocean Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 106, pp.102444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apor.2020.102444⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04027044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic Dynamic Programming for Energy Management of an Overplanted Offshore Wind Farm with Dynamic Thermal Rating and Storage</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Reliability Evaluation of Renewable Power Systems through Distribution Network Power Outage Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fitsum Salehu Kebede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ildar Daminov</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PowerTech</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04212709v1</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (11), pp.3225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en14113225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04585330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal energy management of offshore wind farms considering the combination of overplanting and dynamic rating</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Upgrading wave energy test sites by including overplanting: a techno‐economic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blavette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Henri Bonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ildar Daminov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Soulard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cigré Paris session</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03767635v1</w:t>
+              <w:t xml:space="preserve">IET Renewable Power Generation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/rpg2.12220⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03246886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy management of microgrids: from a mixed-integer linear programming problem to a rule-based real-time algorithm</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling of a wave farm export cable for electro-thermal sizing studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Henri Bonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blavette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Charmetant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2021 - 47th Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03460680v1</w:t>
+              <w:t xml:space="preserve">Renewable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 147, pp.2387-2398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.renene.2019.09.135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing the energy production of a MRE farm considering thermal and techno-economic aspects</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A multi-level Demand-Side Management algorithm for offgrid multi-source systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Soulard</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Tuan Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Symposium de Génie Électrique (SGE 2021)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03340607v1</w:t>
+              <w:t xml:space="preserve">Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 191, pp.116536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.energy.2019.116536⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion de la demande hiérarchisée dans un micro-réseau insulaire</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A cycle-based formulation for the simulation of multi time-scale systems — Application to the modeling of the storage system of a fully electric ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadok Hmam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Loron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03286668v1</w:t>
+              <w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 158, pp.403 - 417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matcom.2018.09.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03486833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de l'agencement des turbines dans une ferme d'hydroliennes</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Electrical Power Supply of Remote Maritime Areas : A Review of Hybrid Systems Based on Marine Renewable Energies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Tuan Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE2021)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05028407v1</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (7), pp.1904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en11071904⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of the electrical connection topology of a tidal farm network</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Modélisation et Simulation d’un Système Multiphysique Application à un stockeur d’énergie d’un ferry tout électrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadok Hmam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hamid Gualous</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Loron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 3rd International Conference on Renewable Energy and Environment Engineering (REEE 2020)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05028348v1</w:t>
+              <w:t xml:space="preserve">Enseigner l'électrotechnique et l'électronique industrielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 82, pp.49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01229634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of Marine Current Turbines Arrangement Using a Genetic AlgorithmApplication to the Fromveur Strait (France)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Techno-economic optimization of a supercapacitor-based energy storage unit chain: Application on the first quick charge plug-in ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sony Trieste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadok Hmam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hamid Gualous</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Loron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE 29th International Symposium on Industrial Electronics (ISIE)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05028342v1</w:t>
+              <w:t xml:space="preserve">Applied Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Supercapacitors, 153, pp.3-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01229631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of Offshore Wind Farms with HVAC and HVDC Transmission Networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Safe sizing methodology applied to a standalone photovoltaic system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bouabdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Machmoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Schaeffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ELECTRIMACS 2019</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05141940v1</w:t>
+              <w:t xml:space="preserve">Renewable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 80, pp.266-274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.renene.2015.02.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02454743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-optimal use of a MRE export cable considering thermal and techno-economic aspects</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Optimization of the Connection Topology of an Offshore Wind Farm Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouahid Dahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Rhein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ISGT Europe 2020</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02992269v1</w:t>
+              <w:t xml:space="preserve">IEEE Systems Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9 (4), pp.1519-1528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSYST.2014.2330064⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05516855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Offshore wind farm layout optimization considering wake effects</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Interharmonics injected by current source inverters of a ship's propulsion system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rannou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 22nd European Conference on Power Electronics and Applications (EPE'20 ECCE Europe)</w:t>
-[...1478 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 41 (2), pp.173-179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap:2008007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Le Claire</w:t>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-05517765v1</w:t>
+                <w:t xml:space="preserve">hal-05516939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidéo (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6532,103 +6532,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet Estuaire : décarbonation de la zone industrialo-portuaire du port de Nantes – St Nazaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Auvity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6815,51 +6815,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375736v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Abdelouahab Nouhaila" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jean-Christophe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourguet Salvy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auvity Bruno" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2025.101146" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183205v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildar Daminov" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blavette" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvy Bourguet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Soulard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2023.121326" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940234v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Roy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Auvity" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.136001" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018307v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Dang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Moreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15239110" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585330v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fitsum Salehu Kebede" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Machmoum" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14113225" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246886v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Bonnard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/rpg2.12220" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03334284v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2021.100107" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027044v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyman Fakhri" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thi&#233;bot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Gualous" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2020.102444" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336643v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Charmetant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2019.09.135" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418774v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupriez-Robin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Tuan Tran" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2019.116536" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486833v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadok Hmam" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Loron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2018.09.026" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417775v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en11071904" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229631v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sony Trieste" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229634v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454743v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouabdallah" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Schaeffer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2015.02.007" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516855v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouahid Dahmani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gu&#233;rin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rhein" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSYST.2014.2330064" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516939v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rannou" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2008007" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-BFTDXXS4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158407v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youen Froger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158478v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03286674v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100264v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493880v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joey Youssef" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Francois" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Saudemont" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180702" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05393535v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Auviy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/powertech59965.2025.11180710" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158358v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158464v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180587" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177126v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haje Ebnou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180436" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770244v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE62998.2024.10863278" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212709v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Faye-B&#233;drin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Haessig" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech55446.2023.10202975" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767635v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Warlop" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460680v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON48115.2021.9589438" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340607v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03286668v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028407v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thiebot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028348v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202019104002" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028342v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Thiebot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE45063.2020.9152457" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141940v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Dabbabi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodica Loisel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-37161-6_9" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992269v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perignon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGT-Europe47291.2020.9248908" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028334v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215642" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418886v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927682" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328483v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rong&#232;re" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Kovaltchouk" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEurope.2019.8905532" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418844v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418784v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRERA.2018.8566784" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983356v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754060v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Matine" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628563v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bouabdallah" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azeddine Houari" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2016.7474793" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229779v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2015.7352878" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517666v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ever.2014.6844149" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065180v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Mendoza" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517671v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ptc.2013.6652324" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741131v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Le Claire" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517765v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Le Doeuff" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICHQP.2004.1409399" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585372v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177126v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haje Ebnou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Roy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupriez-Robin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvy Bourguet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blavette" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180436" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05393535v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Abdelouahab Nouhaila" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourguet Salvy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jean-Christophe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Auviy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/powertech59965.2025.11180710" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493880v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joey Youssef" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Francois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Saudemont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180702" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158358v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youen Froger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158464v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180587" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770244v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE62998.2024.10863278" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212709v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Faye-B&#233;drin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Haessig" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildar Daminov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech55446.2023.10202975" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767635v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Warlop" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03286668v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Tuan Tran" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460680v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Auvity" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Schaeffer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON48115.2021.9589438" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340607v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Bonnard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Soulard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028407v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyman Fakhri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thiebot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Gualous" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Machmoum" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028348v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thi&#233;bot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202019104002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028342v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Thiebot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE45063.2020.9152457" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141940v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Dabbabi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodica Loisel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-37161-6_9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992269v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perignon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGT-Europe47291.2020.9248908" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028334v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215642" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418886v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927682" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328483v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rong&#232;re" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Kovaltchouk" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEurope.2019.8905532" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418784v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRERA.2018.8566784" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418844v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983356v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754060v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Matine" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628563v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bouabdallah" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azeddine Houari" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2016.7474793" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229779v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadok Hmam" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Loron" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2015.7352878" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065180v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sony Trieste" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Mendoza" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517666v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouahid Dahmani" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gu&#233;rin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rhein" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ever.2014.6844149" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517671v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ptc.2013.6652324" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741131v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Le Claire" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517765v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Le Doeuff" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICHQP.2004.1409399" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158407v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158478v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03286674v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100264v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375736v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auvity Bruno" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2025.101146" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183205v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2023.121326" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940234v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.136001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018307v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Dang" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Moreau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15239110" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03334284v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2021.100107" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027044v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2020.102444" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585330v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fitsum Salehu Kebede" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14113225" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246886v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/rpg2.12220" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336643v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Charmetant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2019.09.135" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418774v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2019.116536" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486833v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2018.09.026" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417775v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en11071904" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229634v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229631v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454743v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouabdallah" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2015.02.007" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516855v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSYST.2014.2330064" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516939v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rannou" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2008007" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-BFTDXXS4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585372v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>