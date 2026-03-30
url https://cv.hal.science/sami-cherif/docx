--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1028,269 +1028,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05208053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prétraitement PLNE pour la simplification des instances MaxSAT</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exact Approaches for the Diverse Satisfiability Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhifei Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Cherif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui Sá Shibasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chu-Min Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jialu Zhang</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Zhifei Zheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Programmation par Contraintes (JFPC 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Dijon, France</w:t>
+              <w:t xml:space="preserve">European Conference on Logics in Artificial Intelligence (JELIA 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Kutaisi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05208085v1</w:t>
+                <w:t xml:space="preserve">hal-05268883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exact Approaches for the Diverse Satisfiability Problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prétraitement PLNE pour la simplification des instances MaxSAT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jialu Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chu-Min Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Cherif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuolin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhifei Zheng</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jialu Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Logics in Artificial Intelligence (JELIA 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Kutaisi, France</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Programmation par Contraintes (JFPC 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05268883v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05208085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ANF-Based Satisfiability for Weil-Descent Cryptographic Attacks</w:t>
               </w:r>
@@ -5143,51 +5143,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323221v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sami Cherif" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10601-023-09365-0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03977496v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Py" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Habet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.1.13811" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02977156v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Abram&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2020.103397" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534984v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Carpentier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Brisoux Devendeville" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lucet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Sa Shibasaki" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Cherif" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305189v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhifei Zheng" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui S&#225; Shibasaki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chu-Min Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jialu Zhang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-04590-4_14" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305175v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-04590-4_15" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208079v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Khoualdia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Devismes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Robert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208053v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208085v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuolin Li" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05268883v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176414v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Blomme" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorina Ionica" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dequen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT66093.2025.11321693" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001302v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Brisoux-Devendeville" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05268901v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203873v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CP.2025.19" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208088v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Berton" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delaplace" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208095v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago G. Araujo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329643v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208068v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701879v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heythem Sattoutah" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701887v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bazaille" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chumin Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699557v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CP.2024.34" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05017791v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI62512.2024.00060" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684888v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701880v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318066v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2023/787" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03737733v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03979371v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CP.2022.12" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03714732v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03737731v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03737729v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343022v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-80223-3_33" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03270911v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Terrioux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03737738v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00066" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03270931v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03402696v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CP.2021.20" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343027v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03737741v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00101" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03134416v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03132228v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI50040.2020.00050" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295161v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295154v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829374v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Torrini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nowak" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Jomaa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-03592-1_9" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318075v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03334479v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Abrame" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04088137v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022AIXM0589" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323221v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sami Cherif" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10601-023-09365-0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03977496v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Py" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Habet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.1.13811" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02977156v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Abram&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2020.103397" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534984v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Carpentier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Brisoux Devendeville" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lucet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Sa Shibasaki" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Cherif" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305189v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhifei Zheng" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui S&#225; Shibasaki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chu-Min Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jialu Zhang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-04590-4_14" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305175v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-04590-4_15" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208079v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Khoualdia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Devismes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Robert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208053v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05268883v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208085v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuolin Li" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176414v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Blomme" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorina Ionica" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dequen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT66093.2025.11321693" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001302v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Brisoux-Devendeville" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05268901v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203873v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CP.2025.19" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208088v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Berton" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delaplace" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208095v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago G. Araujo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329643v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208068v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701879v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heythem Sattoutah" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701887v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bazaille" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chumin Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699557v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CP.2024.34" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05017791v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI62512.2024.00060" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684888v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701880v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318066v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2023/787" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03737733v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03979371v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CP.2022.12" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03714732v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03737731v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03737729v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343022v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-80223-3_33" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03270911v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Terrioux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03737738v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00066" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03270931v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03402696v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CP.2021.20" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343027v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03737741v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00101" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03134416v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03132228v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI50040.2020.00050" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295161v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295154v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829374v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Torrini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nowak" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Jomaa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-03592-1_9" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318075v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03334479v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Abrame" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04088137v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022AIXM0589" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>