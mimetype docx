--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1,58 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:124.67532467532px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+            <w10:wrap type="tight" anchorx="margin"/>
+            <v:imagedata r:id="rId7" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sami Hage-Ali </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
@@ -92,11391 +101,11116 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wireless Surface Acoustic Wave Sensors at 2.45 GHz Based on AlN/Sapphire and Operable up to 600 °C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Youbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Frayssinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 401, pp.117569. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.sna.2026.117569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05537947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The 2026 guided acoustic waves roadmap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Krenner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Westerhausen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustav Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Cleland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 59 (9), pp.093001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6463/ae258d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05534576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid AI-Driven Optimization for Real-Time 6G Ad Hoc Communications Using Fluid Antenna Systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High Sensitivity SAW Magnetic Field Sensor based on a Co&amp;lt;sub&amp;gt;40&amp;lt;/sub&amp;gt;Fe&amp;lt;sub&amp;gt;40&amp;lt;/sub&amp;gt;B&amp;lt;sub&amp;gt;20&amp;lt;/sub&amp;gt; Bilayer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayoub Hadj-Sadek</w:t>
+                <w:t xml:space="preserve">P. Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamal Ghoumid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+                <w:t xml:space="preserve">Othmane Marbouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omar Elmazria</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Y. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Petit-Watelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Badie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Communication</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.phycom.2025.102948⟩</w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (2), pp.1871 - 1879. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2025.3634136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05413011v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05389918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing the sensitivity of Love wave MSAW sensors by magnetoelastic layer thickness variation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hybrid AI-Driven Optimization for Real-Time 6G Ad Hoc Communications Using Fluid Antenna Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Petit-Watelot</w:t>
+                <w:t xml:space="preserve">El-Miloud Ar-Reyouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Zhgoon</w:t>
+                <w:t xml:space="preserve">Ayoub Hadj-Sadek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Hehn</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kamal Ghoumid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ada859⟩</w:t>
+              <w:t xml:space="preserve">Physical Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.102948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phycom.2025.102948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04980112v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05413011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Sensitivity SAW Magnetic Field Sensor based on a Co&amp;lt;sub&amp;gt;40&amp;lt;/sub&amp;gt;Fe&amp;lt;sub&amp;gt;40&amp;lt;/sub&amp;gt;B&amp;lt;sub&amp;gt;20&amp;lt;/sub&amp;gt; Bilayer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Increasing the sensitivity of Love wave MSAW sensors by magnetoelastic layer thickness variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Yang</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Petit-Watelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Badie</w:t>
+                <w:t xml:space="preserve">S. Zhgoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2025.3634136⟩</w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (2), pp.025031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ada859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05389918v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Q Wireless SAW Sensors Based on AlN/Sapphire Bilayer Structure, Operating at 2.45 GHz Range for High-Temperature Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Youbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiaozhen Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 8 (7), pp.1-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LSENS.2024.3419213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04628257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdigitated impedimetric-based Maackia amurensis lectin biosensor for prostate cancer biomarker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siti Fatimah Abd Rahman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohd Khairuddin Md Arshad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subash C B Gopinath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Faris Mohamad Fathil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microchimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 191 (2), pp.118. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00604-024-06189-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04745384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature and strain SAW/BAW sensors on metallic substrates with RFID capability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Magnetic SAW RFID Sensor Based on Love Wave for Detection of Magnetic Field and Temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prince Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Meistersheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Poncot</w:t>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Petit-Watelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/aceaec⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Radio Frequency Identification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7, pp.528-535. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JRFID.2023.3299704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04219691v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic SAW RFID Sensor Based on Love Wave for Detection of Magnetic Field and Temperature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Temperature and strain SAW/BAW sensors on metallic substrates with RFID capability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prince Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Paulmier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Petit-Watelot</w:t>
+                <w:t xml:space="preserve">Cyril Noirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Poncot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Radio Frequency Identification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JRFID.2023.3299704⟩</w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (9), pp.095017. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/aceaec⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04219712v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative NiAl Electrodes for Long-Term, Intermediate High-Temperature SAW Sensing Applications Using LiNbO 3 Substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Maufay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Emo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Youbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Mbina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 23 (15), pp.16691-16698. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JSEN.2023.3289008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04203561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wireless strain and temperature monitoring in reinforced concrete using Surface Acoustic Wave (SAW) sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jeltiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firas Al-Mahmoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Boissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Makdissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.1-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LSENS.2023.3315219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04219583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wireless Multifunctional Surface Acoustic Wave Sensor for Magnetic Field and Temperature Monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prince Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harshad Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.2100860. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/admt.202100860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03408499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensing Mechanism of Surface Acoustic Wave Magnetic Field Sensors Based on Ferromagnetic Films</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">AlN/Pt/LN-Y128 packageless acoustic wave temperature sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Hehn</w:t>
+                <w:t xml:space="preserve">Cecile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalya Naumenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/tuffc.2021.3069382⟩</w:t>
+              <w:t xml:space="preserve">, 2021, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2021.3057269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03239335v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03169653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive resonant sensors: trends and future prospects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hamida Hallil</w:t>
+                <w:t xml:space="preserve">Sensing Mechanism of Surface Acoustic Wave Magnetic Field Sensors Based on Ferromagnetic Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harshad Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Dejous</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Tao Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Rossignol</w:t>
+                <w:t xml:space="preserve">Michel Hehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 15p. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2021.3065734⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/tuffc.2021.3069382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03170008v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03239335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AlN/Pt/LN-Y128 packageless acoustic wave temperature sensor</w:t>
+                <w:t xml:space="preserve">Passive resonant sensors: trends and future prospects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Floer</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Hamida Hallil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Dejous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Elmazria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2021.3057269⟩</w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2021.3065734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03169653v1</w:t>
+                <w:t xml:space="preserve">hal-03170008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct integration of SAW resonators on industrial metal for structural health monitoring applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Zhgoon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 30 (12), pp.125009. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-665X/ac2ef4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03920943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epitaxial Growth of Sc0.09Al0.91N and Sc0.18Al0.82N Thin Films on Sapphire Substrates by Magnetron Sputtering for Surface Acoustic Waves Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Streque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pigeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 20 (16), pp.4630. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/s20164630⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02916341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Weak Form Nonlinear Model for Thermal Sensitivity of Love Wave Mode on Layered Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harshad Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yang Yang</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Qiaozhen Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 67 (6), pp.1275-1283. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2020.2968007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02447088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Performance Love Wave Magnetic Field Sensors with Temperature Compensation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">FEM Modeling of the Temperature Influence on the Performance of SAW Sensors Operating at GigaHertz Frequency Range and at High Temperature Up to 500 • C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Asseko Ondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloi Jean Jacques Blampain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaston N’tchayi Mbourou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mc Murtry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Petit-Watelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (15), pp.4166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s20154166⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2020.2998826⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02865483v1</w:t>
+                <w:t xml:space="preserve">hal-02913862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FEM Modeling of the Temperature Influence on the Performance of SAW Sensors Operating at GigaHertz Frequency Range and at High Temperature Up to 500 • C</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Design and Characterization of High-Q SAW Resonators Based on the AlN/Sapphire Structure Intended for High-Temperature Wireless Sensor Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Streque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid M'Jahed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (13), pp.6985-6991. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2020.2978179⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s20154166⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02913862v1</w:t>
+                <w:t xml:space="preserve">hal-02865522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Characterization of High-Q SAW Resonators Based on the AlN/Sapphire Structure Intended for High-Temperature Wireless Sensor Applications</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Enhanced Performance Love Wave Magnetic Field Sensors with Temperature Compensation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harshad Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hamid M'Jahed</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Petit-Watelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 20 (13), pp.6985-6991. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2020.2998826⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2020.2978179⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02865522v1</w:t>
+                <w:t xml:space="preserve">hal-02865483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructured Multilayered Surface-Acoustic-Wave Device for Multifunctional Sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Petit-Watelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Applied</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 14 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.14.014053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02913853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAW RFID devices using connected IDTs as an alternative to conventional reflectors for harsh environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Nicolay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergei Zhgoon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Volume: 67 (6), pp.1267 - 1274. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TUFFC.2019.2943310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02352199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature compensated magnetic field sensor based on Love waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harshad Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Streque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Hehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prince Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid M'Jahed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 29 (4), pp.045036. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ab7857⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02865495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stoichiometric Lithium Niobate Crystals: Towards Identifiable Wireless Surface Acoustic Wave Sensors Operable up to 600 °C</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Aubert</w:t>
+                <w:t xml:space="preserve">Intrinsic versus shape anisotropy in micro-structured magnetostrictive thin films for magnetic surface acoustic wave sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harshad Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Hehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ninel Kokanyan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florian Bartoli</w:t>
+                <w:t xml:space="preserve">Daniel Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amine Taguett</w:t>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 3 (4), pp.1-4. </w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (12), pp.12LT01. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LSENS.2019.2908691⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ab522d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02114799v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02360172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic versus shape anisotropy in micro-structured magnetostrictive thin films for magnetic surface acoustic wave sensors</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Hehn</w:t>
+                <w:t xml:space="preserve">Stoichiometric Lithium Niobate Crystals: Towards Identifiable Wireless Surface Acoustic Wave Sensors Operable up to 600 °C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Streque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Lacour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Omar Elmazria</w:t>
+                <w:t xml:space="preserve">Thierry Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+                <w:t xml:space="preserve">Ninel Kokanyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Taguett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ab522d⟩</w:t>
+              <w:t xml:space="preserve">IEEE Sensors Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (4), pp.1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSENS.2019.2908691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02360172v1</w:t>
+                <w:t xml:space="preserve">hal-02114799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microsystèmes communicants : modélisation, fabrication et mesures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Streque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Tisserand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 18 (1007), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/j3ea/20191007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02383498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AlN/ZnO/LiNbO 3 Packageless Structure as a Low-Profile Sensor for Potential On-Body Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergei Zhgoon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Moutaouekkil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 65 (10), pp.1925-1932. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TUFFC.2018.2839262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01941686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AlN/GaN/Sapphire heterostructure for high-temperature packageless acoustic wave devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Moutaouekkil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Streque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pigeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 283, pp.9-16. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.sna.2018.08.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01868387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Low Temperature Deposition of Nanocrystalline Diamond Films on ZnO/LiNbO3 Layered Structures Suitable for Waveguiding Layer Acoustic Wave Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damia Dekkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Bénédic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ovidiu Brinza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 215, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pssa.201800251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02446603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic light scattering study of the ultrasonication of P(VDF-TrFE): A new model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Thevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabu Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rouxel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Polymer Analysis and Characterization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 22 (7), pp.649-658. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/1023666X.2017.1362926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02443616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unipolar and Bipolar High-Magnetic-Field Sensors Based on Surface Acoustic Wave Resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Dumesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Moutaouekkil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Mjahed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Applied</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8 (2), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.8.024001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01686932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic field SAW sensors based on magnetostrictive-piezoelectric layered structures: FEM modeling and experimental validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Elhosni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Elmazria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Petit-Watelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouvot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergei Zhgoon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 240, pp.41 - 49. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.sna.2015.10.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01875420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Materials and Designs for Wireless Epidermal Sensors of Hydration and Strain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xian Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuhao Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huanyu Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Woo-Jung Shin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Functional Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24 (25), pp.3846-3854. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adfm.201303886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02914828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Materials for Bioresorbable Radio Frequency Electronics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suk-Won Hwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xian Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jung-Hun Seo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun-Kyul Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanley Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 25 (26), pp.3526-3531. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adma.201300920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02914831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patterned L10-FePt for polarization of magnetic films</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId182" w:history="1">
+                <w:t xml:space="preserve">Giant magnetostrictive nanostructured films with auto induced spin reorientation transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Dusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Klimov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Rudenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Ignatov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nanomaterialy i nanostruktury XXI vek.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1, pp.35-41</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00591347v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00783384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant magnetostrictive nanostructured films with auto induced spin reorientation transition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId182" w:history="1">
+                <w:t xml:space="preserve">Patterned L10-FePt for polarization of magnetic films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Dusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Klimov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Rudenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Ignatov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterialy i nanostruktury XXI vek.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 109, pp.07A720-1-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3561172⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00783384v1</w:t>
+                <w:t xml:space="preserve">hal-00591347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A millimeter-wave inflatable frequency-agile elastomeric antenna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Sauleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Antennas and Wireless Propagation Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 9, pp.1131-1134. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LAWP.2010.2096405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00573159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A millimeter-wave microstrip antenna array on ultra-flexible micromachined polydimethylsiloxane (PDMS) polymer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Sauleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Fujita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Antennas and Wireless Propagation Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 8, pp.1306-1309. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LAWP.2009.2037590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00469645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (41)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Acoustic Waves for magnetic field sensing</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Co-Integration of High-Frequency Devices on Epitaxial ScAlN for Tunable RF SAW Filters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nagesh Bhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seif El Whibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Lebouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Defrance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude de Jaeger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wocsdice Exmatec 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Cadiz, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massimiliano Marangolo</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Catherine Gourdon</w:t>
+                <w:t xml:space="preserve">hal-05467164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improvement of the Sensitivity of a Passive RFID Magnetic SAW Sensor Based on Love Waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Meistersheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ulrich Youbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05424007v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 IEEE International Conference on RFID (RFID)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Cambridge, United Kingdom. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RFID62091.2024.10582636⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piezoelectric ZnO Chemical Etching for Zero-Power MEMS Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zarina Nazyrova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emile Martincic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 Symposium on Design, Test, Integration and Packaging of MEMS/MOEMS (DTIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Dresde, Germany. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DTIP62575.2024.10613113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multifunctional MSAW sensor based on Love wave with RFID tags functionalities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Meistersheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Petit-Watelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 IEEE International Conference on RFID Technology and Applications (RFID-TA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Aveiro, Portugal. pp.154-157, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RFID-TA58140.2023.10290588⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LiNbO3/SiO2/Si POI Heterostructure Surface Acoustic Wave Sensor for Intermediate High Temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Paulmier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Maufay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Mjahed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Montreal, Canada. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IUS51837.2023.10306551⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05069616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAW-RFID Sensors for Industrial Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Paulmier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Maufay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Youbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 IEEE International Conference on RFID Technology and Applications (RFID-TA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Aveiro, Portugal. pp.185-188, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RFID-TA58140.2023.10290205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A highly sensititive magnetic field SAW sensor on Metglas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Paulmier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Maria Friedel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Petit-Watelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2022 Joint Conference of the European Frequency and Time Forum and IEEE International Frequency Control Symposium (EFTF/IFCS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Paris, France. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EFTF/IFCS54560.2022.9850624⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAW Based Sensing System Coupled to a Thin Flexible Antenna for Biomedical Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Makdissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2022 16th European Conference on Antennas and Propagation (EuCAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Madrid, France. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuCAP53622.2022.9769461⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05413462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAW-RFID temperature and strain sensors on metallic substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Paulmier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid M’jahed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 IEEE Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Sydney, Australia. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS47087.2021.9639571⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pushing the Limits of LiNbO 3 -based High Temperature SAW Sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Maufay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Youbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ninel Kokanyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 IEEE Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Sydney, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS47087.2021.9639644⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05413847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passive Resonant Sensors: Trends and Future Prospects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamida Hallil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Dejous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Sensors 2022, Session Invited Journal Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Dallas, Texas, United States. pp.12618 - 12632, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2021.3065734⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04483041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wireless stretchable SAW sensors based on Z-cut lithium niobate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Verzellesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Badie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE SENSORS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Montreal, Canada. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/sensors43011.2019.8956784⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multifunctional sensor (Magnetic field and temperature) based on Micro-structured and multilayered SAW device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Petit-Watelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2020 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Las Vegas, United States. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IUS46767.2020.9251657⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05413932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peculiarities of Wireless Interrogation of SAW-Resonator Vibration Sensor by RF Pulse-Signal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Merkulov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Shvetsov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergei Zhgoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Paulmier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2020 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Las Vegas, United States. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IUS46767.2020.9251622⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05413904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAW Sensors Directly Integrated onto Industrial Metallic Parts for Manufacturing 4.0</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergei Zhgoon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2020 IEEE International Workshop on Metrology for Industry 4.0 &amp; IoT (MetroInd4.0&amp;IoT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Roma, Italy. pp.158-161, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/metroind4.0iot48571.2020.9138176⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAW RFID Devices Using Connected IDTs as an Alternative to Conventional Reflectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Nicolay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2019 Joint Conference of the IEEE International Frequency Control Symposium and European Frequency and Time Forum (EFTF/IFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Orlando, United States. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/fcs.2019.8856146⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Study of Cr-Si Electrodes on Langasite Surface Acoustic Wave Resonators for High Temperature Sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Streque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Soussou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Kobe, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02413187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Study of Cr5Si3 electrodes on langasite surface acoustic wave resonators for high temperature sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Streque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-A Soussou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Taguett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Kobe, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AlN/ZnO/LiNbO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; packageless structure as a low-profile sensor for on-body applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Moutaouekkil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harshad Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mc Murtry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017 IEEE International Ultrasonics Symposium (IUS 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Washington, DC, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01941689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theoretical and experimental study of ScAlN/Sapphire structure based SAW sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Moutaouekkil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Streque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pigeat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017 IEEE SENSORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8233938⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01692287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diamond/ZnO/LiNbO3 structure for packageless acoustic wave sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Moutaouekkil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harshad Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mcmurtry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8234393⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01628938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Control of the magnetic response in magnetic field SAW sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Moutaouekkil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017 IEEE SENSORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8233971⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Packageless acoustic wave sensors for wireless body-centric applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pierson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Kouitat Njiwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Orlando, United States. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSENS.2016.7808870⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01628935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Potential of Al2O3/GaN/Sapphire layered structure for high temperature SAW sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergei Zhgoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouarda Legrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Elhosni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium on Piezoelectricity, Acoustic Waves, and Device Applications (SPAWDA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Jinan, China. pp.106-110, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SPAWDA.2015.7364451⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01257596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental Study of Multilayer Piezo-magnetic SAW Delay Line for Magnetic Sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Elhosni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Petit-Watelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Hehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keltouma Ait Aissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eurosensors 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Freiburg (Allemagne), France. pp.870 - 873, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proeng.2015.08.743⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05415947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mesure de la permittivité complexe du polydimethylsiloxane (PDMS) jusqu'à 220 GHz pour la mise en oeuvre d'une électronique souple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Cresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yovan Orlic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Legier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erick Paleczny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13èmes Journées de Caractérisation Microondes et Matériaux, JCMM2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Nantes, France. article 9, 4 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01005731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inkjet-printed elastomeric millimeter-wave devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Pacchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alienor Togonal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2014 44th European Microwave Conference (EuMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Rome, France. pp.13-16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EuMC.2014.6986357⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05415984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déphaseurs millimétriques microrubans en technologie ultrasouple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Orlic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18èmes Journées Nationales Microondes, JNM 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Paris, France. papier J3-TM-P7, 2 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00878394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millimeter wave elastomeric antennas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Orlic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Sauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advanced Electromagnetics Symposium, AES 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00772979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A millimeter-wave elastomeric microstrip phase shifter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yovan Orlic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Sauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE MTT-S International Microwave Symposium, IMS 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Montréal, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MWSYM.2012.6259722⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00772985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millimeter-wave ultrasoft reconfigurable antennas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Sauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Dusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Georgia Tech and University of Michigan Workshop, IEMN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Villeneuve d'Asq, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00665554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antennes accordables en fréquence dans la bande des 60 GHz sur substrat élastomère ultrasouple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Dusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Sauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17èmes Journées Nationales Micro-ondes, JNM 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Brest, France. pp.3C4, 1-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00597151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An EWOD driven millimeter-wave phase shifter using a movable ultrasoft metalized PDMS ground plane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lapierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Orlic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Harnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th International Conference on Solid-State Sensors, Actuators and Microsystems, TRANSDUCERS'11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Beijing, China. pp.522-525, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TRANSDUCERS.2011.5969671⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00799996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elastomer based frequency agile antennas in the 60 GHz band</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Dusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Orlic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transducers 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Pekin, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00664861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A frequency tunable millimeter-wave planar antenna using L10-FePt patterned element</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Dusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Sauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">55th Annual Conference on Magnetism and Magnetic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Atlanta, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00583479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millimeter-wave printed antennas on ultrasoft polymer substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Sauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th European Conference on Antennas and Propagation, EuCAP'2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Barcelone, Spain. pp.1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00549962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millimeter-wave frequency tunable microstrip antenna on ultraflexible PDMS substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Sauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Symposium on Antennas and Propagation and CNC/USNC/URSI Radio Science Meeting, APS-URSI 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Toronto, Canada. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/APS.2010.5561288⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00549963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millimeter-wave printed antennas on ultrasoft polymer substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Sauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Conference on Antennas and Propagation (EuCAP 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00507086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A millimeter-wave frequency tunable antenna on ultra-flexible pdms substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Sauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE AP-S International Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Charleston, United States. 4 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00507083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patterned hard magnetic L10 FePt for frequency tunable millimeter-wave planar antennas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Dusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Sauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">55th Annual Conference on Magnetism and Magnetic Materials, MMM 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Atlanta, GA, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00808184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Millimeter-wave patch array antenna on ultra flexible micromachined polydimethylsiloxane (PDMS) substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Sauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Symposium on Antennas and Propagation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Charleston, United States. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/APS.2009.5171486⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00474086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (42)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-Integration of High-Frequency Devices on Epitaxial ScAlN for Tunable RF SAW Filters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude de Jaeger</w:t>
+                <w:t xml:space="preserve">Investigation of the limit operating temperature of LiNbO3 as substrate for SAW devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Maufay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ninel Kokanyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wocsdice Exmatec 2025</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05467164v1</w:t>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Las Vegas (Virtual), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brevet (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of the Sensitivity of a Passive RFID Magnetic SAW Sensor Based on Love Waves</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cécile Floer</w:t>
+                <w:t xml:space="preserve">Dispositif hyperfréquence reconfigurable à membrane déformable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Sauleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-05067847v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">N° de brevet: FR2955319 (A1). 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00611681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piezoelectric ZnO Chemical Etching for Zero-Power MEMS Applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Antennes et dispositifs hyperfréquences millimétriques ultrasouples reconfigurables à base de Microsystèmes Magnéto-Electro-Mécaniques (MMEMS) : conception, réalisation, mesures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...4864 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre. Ecole Centrale de Lille, 2011. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2011ECLI0014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...235 lines deleted...]
-                <w:t xml:space="preserve">hal-00474086v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-00638181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capteurs sans fil à ondes élastiques de surface pour applications biomédicales, mesure du champ magnétique et environnements industriels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université de Lorraine, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03241548v2</w:t>
-              </w:r>
-[...408 lines deleted...]
-                <w:t xml:space="preserve">hal-00611681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId315"/>
+      <w:footerReference w:type="default" r:id="rId310"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11623,51 +11357,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05537947v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Youbi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hage-Ali" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bartoli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Frayssinet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2026.117569" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05534576v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Krenner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Santos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Westerhausen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustav Andersson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Cleland" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae258d" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413011v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Miloud Ar-Reyouchi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Hadj-Sadek" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Ghoumid" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Elmazria" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phycom.2025.102948" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04980112v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mengue" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hage-Ali" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit-Watelot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhgoon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hehn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ada859" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389918v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane Marbouh" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Badie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2025.3634136" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04628257v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiaozhen Zhang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Yang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demba Ba" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2024.3419213" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745384v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siti Fatimah Abd Rahman" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Khairuddin Md Arshad" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subash C B Gopinath" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Faris Mohamad Fathil" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sarry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00604-024-06189-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04219691v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Mengue" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Paulmier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Noirel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poncot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aceaec" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04219712v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Meistersheim" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Floer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Petit-Watelot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JRFID.2023.3299704" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04203561v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Maufay" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Emo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Mbina" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2023.3289008" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04219583v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jeltiri" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Al-Mahmoud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Boissi&#232;re" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Makdissy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2023.3315219" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408499v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harshad Mishra" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202100860" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239335v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Han" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hehn" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tuffc.2021.3069382" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170008v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Hallil" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dejous" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rossignol" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2021.3065734" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169653v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Floer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalya Naumenko" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2021.3057269" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920943v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mengue" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Zhgoon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac2ef4" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916341v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Streque" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pigeat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20164630" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447088v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.2968007" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865483v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2020.2998826" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913862v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Asseko Ondo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Jean Jacques Blampain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston N&#8217;tchayi Mbourou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mc Murtry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20154166" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865522v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Camus" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Laroche" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid M'Jahed" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2020.2978179" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913853v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mishra" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.14.014053" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352199v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Nicolay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chambon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Zhgoon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2019.2943310" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865495v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab7857" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114799v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubert" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninel Kokanyan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Taguett" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2019.2908691" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360172v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lacour" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tiercelin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab522d" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02383498v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudich" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Claudel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Streque" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Tisserand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20191007" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941686v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Moutaouekkil" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2018.2839262" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01868387v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bartoli" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2018.08.011" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02446603v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damia Dekkar" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien B&#233;n&#233;dic" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Brinza" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201800251" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02443616v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thevenot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Vincent" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabu Thomas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rouxel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1023666X.2017.1362926" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01686932v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Polewczyk" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dumesnil" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacour" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moutaouekkil" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mjahed" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.8.024001" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875420v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Elhosni" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouvot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2015.10.031" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914828v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xian Huang" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhao Liu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huanyu Cheng" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woo-Jung Shin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201303886" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-45RLG1Z3-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914831v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suk-Won Hwang" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jung-Hun Seo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Kyul Song" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley Kim" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201300920" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-497WNLVH-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591347v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dusch" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klimov" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rudenko" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ignatov" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3561172" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783384v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573159v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coquet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sauleau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Preobrazhensky" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2010.2096405" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469645v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fujita" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2009.2037590" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05424007v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Marangolo" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thevenard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rovillain" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gourdon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467164v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagesh Bhat" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seif El Whibi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lebouvier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Defrance" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude de Jaeger" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067847v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID62091.2024.10582636" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939040v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zarina Nazyrova" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Martincic" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP62575.2024.10613113" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067792v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA58140.2023.10290588" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05069616v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Mjahed" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS51837.2023.10306551" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067802v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA58140.2023.10290205" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067757v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Friedel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFTF/IFCS54560.2022.9850624" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413462v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP53622.2022.9769461" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067704v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid M&#8217;jahed" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS47087.2021.9639571" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413847v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS47087.2021.9639644" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483041v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Rossignol" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413904v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Merkulov" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Shvetsov" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS46767.2020.9251622" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067686v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/metroind4.0iot48571.2020.9138176" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067647v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Verzellesi" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Badie" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/sensors43011.2019.8956784" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413932v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS46767.2020.9251657" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067674v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fcs.2019.8856146" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413187v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Soussou" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032746v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Streque" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A Soussou" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bartoli" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Taguett" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692287v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pigeat" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8233938" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941689v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628938v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mcmurtry" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234393" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321448v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8233971" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628935v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pierson" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kouitat Njiwa" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2016.7808870" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01257596v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouarda Legrani" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWDA.2015.7364451" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415947v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keltouma Ait Aissa" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2015.08.743" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005731v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Cresson" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yovan Orlic" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Legier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Paleczny" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Dubois" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415984v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Pacchini" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alienor Togonal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pernod" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuMC.2014.6986357" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878394v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Orlic" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772979v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Sauleau" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772985v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2012.6259722" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664861v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coquet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799996v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapierre" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harnois" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2011.5969671" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597151v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665554v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549963v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APS.2010.5561288" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549962v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Coq" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583479v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507086v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Coq" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507083v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808184v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408392v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474086v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APS.2009.5171486" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03241548v2" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029837v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00638181v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011ECLI0014" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611681v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05537947v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Youbi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hage-Ali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bartoli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Frayssinet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2026.117569" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05534576v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Krenner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Santos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Westerhausen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustav Andersson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Cleland" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae258d" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389918v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mengue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane Marbouh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit-Watelot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Badie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2025.3634136" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413011v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Miloud Ar-Reyouchi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Hadj-Sadek" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Ghoumid" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Elmazria" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phycom.2025.102948" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04980112v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hage-Ali" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhgoon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hehn" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ada859" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04628257v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiaozhen Zhang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Yang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demba Ba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2024.3419213" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745384v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siti Fatimah Abd Rahman" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Khairuddin Md Arshad" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subash C B Gopinath" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Faris Mohamad Fathil" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sarry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00604-024-06189-4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04219712v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Mengue" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Meistersheim" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Floer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Petit-Watelot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JRFID.2023.3299704" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04219691v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Paulmier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Noirel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poncot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aceaec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04203561v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Maufay" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Emo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Mbina" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2023.3289008" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04219583v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jeltiri" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Al-Mahmoud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Boissi&#232;re" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Makdissy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2023.3315219" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408499v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harshad Mishra" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202100860" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169653v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Floer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalya Naumenko" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2021.3057269" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239335v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Han" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hehn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tuffc.2021.3069382" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170008v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Hallil" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dejous" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rossignol" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2021.3065734" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920943v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mengue" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Zhgoon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac2ef4" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916341v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Streque" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pigeat" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20164630" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447088v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.2968007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913862v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Asseko Ondo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Jean Jacques Blampain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston N&#8217;tchayi Mbourou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mc Murtry" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20154166" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865522v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Camus" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Laroche" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid M'Jahed" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2020.2978179" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865483v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2020.2998826" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913853v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mishra" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.14.014053" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352199v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Nicolay" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chambon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Zhgoon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2019.2943310" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865495v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab7857" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360172v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lacour" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tiercelin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab522d" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114799v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninel Kokanyan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Taguett" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2019.2908691" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02383498v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudich" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Claudel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Streque" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Tisserand" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20191007" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941686v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Moutaouekkil" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2018.2839262" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01868387v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bartoli" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2018.08.011" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02446603v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damia Dekkar" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien B&#233;n&#233;dic" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Brinza" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201800251" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02443616v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thevenot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Vincent" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabu Thomas" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rouxel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1023666X.2017.1362926" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01686932v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Polewczyk" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dumesnil" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacour" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moutaouekkil" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mjahed" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.8.024001" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875420v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Elhosni" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouvot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2015.10.031" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914828v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xian Huang" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhao Liu" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huanyu Cheng" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woo-Jung Shin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201303886" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-45RLG1Z3-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914831v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suk-Won Hwang" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jung-Hun Seo" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Kyul Song" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley Kim" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201300920" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-497WNLVH-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783384v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dusch" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klimov" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rudenko" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ignatov" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591347v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3561172" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573159v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coquet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sauleau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Preobrazhensky" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2010.2096405" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469645v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fujita" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2009.2037590" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467164v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagesh Bhat" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seif El Whibi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lebouvier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Defrance" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude de Jaeger" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067847v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID62091.2024.10582636" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939040v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zarina Nazyrova" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Martincic" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP62575.2024.10613113" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067792v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA58140.2023.10290588" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05069616v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Mjahed" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS51837.2023.10306551" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067802v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA58140.2023.10290205" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067757v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Friedel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFTF/IFCS54560.2022.9850624" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413462v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP53622.2022.9769461" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067704v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid M&#8217;jahed" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS47087.2021.9639571" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413847v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS47087.2021.9639644" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483041v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Rossignol" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067647v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Verzellesi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Badie" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/sensors43011.2019.8956784" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413932v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS46767.2020.9251657" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413904v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Merkulov" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Shvetsov" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS46767.2020.9251622" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067686v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/metroind4.0iot48571.2020.9138176" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067674v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fcs.2019.8856146" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413187v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Soussou" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032746v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Streque" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A Soussou" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bartoli" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Taguett" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941689v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692287v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pigeat" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8233938" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628938v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mcmurtry" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234393" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321448v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8233971" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628935v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pierson" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kouitat Njiwa" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2016.7808870" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01257596v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouarda Legrani" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWDA.2015.7364451" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415947v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keltouma Ait Aissa" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2015.08.743" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005731v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Cresson" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yovan Orlic" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Legier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Paleczny" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Dubois" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415984v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Pacchini" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alienor Togonal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pernod" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuMC.2014.6986357" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878394v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Orlic" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772979v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Sauleau" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772985v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2012.6259722" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665554v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coquet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597151v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799996v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapierre" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harnois" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2011.5969671" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664861v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583479v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549962v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Coq" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549963v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APS.2010.5561288" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507086v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Coq" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507083v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808184v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474086v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APS.2009.5171486" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029837v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611681v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00638181v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011ECLI0014" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03241548v2" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>