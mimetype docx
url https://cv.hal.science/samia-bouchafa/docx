--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:107.56302521008px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Samia Bouchafa </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">samia-bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2860-8128</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">156876183</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">311495467</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fonctions occupées :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professeure des universités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> promue à la classe exceptionnelle (PCEX2), Université Évry Paris-Saclay, UFR Sciences et Technologies. Laboratoire IBISC (Informatique, BioInformatique, Systèmes Complexes), nommée chevalier de l’ordre des palmes académiques (promotion juillet 2023).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de l'UFR Sciences et Technologies, Université d'Evry Paris-Saclay, 2023-2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directrice adjointe déléguée en charge du doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de la Graduate School Sciences et Ingénierie des Systèmes (GS SIS), Université Paris-Saclay, depuis 2021</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> du laboratoire IBISC, 2019-2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directrice adjointe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> du laboratoire IBISC, 2015-2019.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable du Master 2 &amp;quot;Systèmes Automatiques Mobiles&amp;quot;,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Mention E3A, Paris-Saclay, de 2015 à 2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable du Master 1 E3A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> site d'Evry, Mention E3A, Paris-Saclay, de 2015 à 2017.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Parcours universitaire</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Depuis sept. 2012 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professeure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Évry, UFR Sciences et Technologies. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Informatique, BioInformatique, Systèmes Complexes (IBISC).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Novembre 2011 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habilitation à Diriger des Recherches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Sud-XI**.** « Vision fruste revisitée. Contribution à la vision dynamique des systèmes. »</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2011-2012 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Délégation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 an, au LIVIC (IFSTTAR).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1999-2012 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maître de conférences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Sud-XI, UFR des Sciences, département de physique. Institut d'Electronique Fondamentale (IEF). Département ACCIS.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1999 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de développement en Traitement d'images. Société CITILOG (Carrefour Intelligent Traitement d'images Logiciels). Projet &amp;quot;Détection de présence&amp;quot; sur les ponts mobiles par traitement d'images.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Décembre 1998 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse de doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris VI (Sorbonne Université)/Institut National de Recherche sur les Transports et leur Sécurité (IFSTTAR puis Université Gustave Eiffel). Détection du mouvement insensible aux variations de contraste. Application à la détection de mouvements de foules anormaux dans le métro par traitement d'images. Mention : &amp;quot;Très honorable avec les félicitations du jury&amp;quot;.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1994 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEA Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris VI (Sorbonne Université)/. Stage de DEA : &amp;quot;Traqueur 3D par traitement d'images pour une application à la Réalité Virtuelle&amp;quot;, Laboratoire de Robotique de Paris</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1993 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieur informatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Ecole Supérieure d'Informatique (ex. INI), Alger, Algérie.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DH-PTAM: A Deep Hybrid Stereo Events-Frames Parallel Tracking And Mapping System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (1), pp.336--345. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIV.2024.3412595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking Self-Attention for Multispectral Object Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijie Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Prendinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (11), pp.16300--16311. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TITS.2024.3412417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-modal unsupervised domain adaptation for semantic image segmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijie Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pattern Recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 137, pp.109299. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.patcog.2022.109299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03948429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAV Localization in Large-Scale Environments: A Decoupled Optimization/Filtering Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 (1), pp.516. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s23010516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03931764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Industrial Solution for Robotic Task Sequencing Problem With Mutual Collision Avoidance & Cycle Time Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Touzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Seguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Suarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Rosell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (2), pp.2597--2604. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2022.3142919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WeCo-SLAM: Wearable Cooperative SLAM System for Real-time Indoor Localization Under Challenging Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viachaslau Kachurka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Israel Ireta Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (6), pp.5122--5132. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2021.3101121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IBISCape: A Simulated Benchmark for multi-modal SLAM Systems Evaluation in Large-scale Dynamic Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (3), pp.53. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10846-022-01753-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Robot Task Sequencing & Automatic Path Planning for Cycle Time Optimization: Application for Car Production Line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Touzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Seguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (2), pp.1335--1342. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2021.3057011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical flow refinement using iterative propagation under colour, proximity and flow reliability constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan Khoa Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 (8), pp.1509--1519. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-ipr.2019.0370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct method for rotation estimation from spherical images using 3D mesh surfaces with SPHARM representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem-Eddine Benseddik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherki Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Visual Communication and Image Representation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 40 (Part B), pp.708--720. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jvcir.2016.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01390671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Level line primitives for image registration with figures of merit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Almehio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Zavidovique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Computer-Aided Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21 (2), pp.101--118. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/ICA-130436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00841278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décision cumulative pour la vision dynamique des systèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Photogrammétrie et de Télédétection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 202, pp.2--27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00841275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic objects detection through visual odometry and stereo-vision: a study of inaccuracy and improvement sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Machine Vision and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, S, pp.1-17. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00138-011-0389-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00875314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchical Coordination of UAVs for Dynamic Task Assignment in Large-Scale Traffic Surveillance Missions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Kiema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Piet-Lahanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najett Neji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Informatics in Control, Automation and Robotics (ICINCO 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Marbella, Spain. pp.290--297, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0013746700003982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Road Patrol with Traveling Salesman Formulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Kiema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Piet-Lahanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najett Neji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Drones and Unmanned Systems (DAUS 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Granada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05196330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6-DOF Pose Estimation For Event Cameras Using A Transformer-Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Tabia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd International Conference on Computer Graphics, Visualization and Computer Vision (WSCG 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Praha, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24132/CSRN.2025-13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05205529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilinear Pooling For Event Camera Pose Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Tabia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORASIS 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust RGB-D-IMU Calibration Method Applied to GPS-Aided Pose Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Computer Vision Theory and Applications (VISIGRAPP 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Lisbon, Portugal. pp.83--94, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0011656800003417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow-Based Visual-Inertial Odometry for Neuromorphic Vision Sensors Using non-Linear Optimization with Online Calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Khairallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Computer Graphics Theory and Applications (VISIGRAPP 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Lisboa, Portugal. pp.963--973, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0011660400003417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04202835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HCALIB : Méthode hybride d'étalonnage et d'estimation de pose RVB-D-IMU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORASIS 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPS-Enhanced RGB-D-IMU Calibration for Accurate Pose Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Joint Conference on Computer Vision, Imaging and Computer Graphics Theory and Applications (VISIGRAPP 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Lisbon, Portugal. pp.295--323, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-66743-5_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04689757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Bilinear Pooling for Real-Time Pose Event Camera Relocalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Tabia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Image Analysis and Processing (ICIAP 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Udine, Italy. pp.222--231, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-43148-7_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04488181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow-Based Line Detection and Segmentation for Neuromorphic Vision Sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Khairallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Pattern Recognition (ICPR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Montreal, Canada. pp.3603--3610, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPR56361.2022.9956502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning For Pose Estimation From Event Camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Tabia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Digital Image Computing: Techniques and Applications (DICTA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Sydney, Australia. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DICTA56598.2022.10034617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A General Two-Branch Decoder Architecture for Improving Encoder-Decoder Image Segmentation Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijie Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VISAPP 2022 : 17th International Conference on Computer Vision Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Online, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03719446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid multi-modal visual data cross fusion network for indoor and outdoor segmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijie Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26TH International Conference on Pattern Recognition (ICPR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Montreal, Canada. pp.2539--2545</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03719440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PCA Event-Based Optical Flow: A Fast and Accurate 2D Motion Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Khairallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th IEEE International Conference on Image Processing (ICIP 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Bordeaux, France. pp.3521--3525, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIP46576.2022.9897875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-set for event-based optical flow evaluation in robotics applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Z. Khairallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Joint Conference on Computer Vision, Imaging and Computer Graphics Theory and Applications (VISIGRAPP 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Vienna, Austria. pp.480--489</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-Time Multi-SLAM System for Agent Localization and 3D Mapping in Dynamic Scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2020 - International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Las Vegas, NV, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02913098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor Localization and Mapping: Towards Tracking Resilience Through a Multi-SLAM Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MED 2020 - 28th Mediterranean Conference on Control and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Saint Raphael, France. pp.465--470</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02611679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIR Camera-Based Localization and Mapping in Challenging Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viachaslau Kachurka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on IMAGE ANALYSIS AND PROCESSING (ICIAP 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Trento, Italy. pp.446--456, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-30645-8_41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02271971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting optical flow field properties for 3D structure identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan Khoa Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Informatics in Control, Automation and Robotics (ICINCO 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSTICC, Jul 2017, Madrid, Spain. pp.459--464, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006474504590464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01609049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Flow refinement using reliable flow propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan Khoa Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michle Gouiffes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Computer Vision Theory and Applications (VISAPP 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Porto, Portugal. (elec. proc.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01760105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized disturbance estimation via ESLKF for the motion control of rotorcraft having a rod-suspended load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Antonio Escareño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Belbachir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Raharijaona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Informatics in Control, Automation and Robotics (ICINCO 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lisbon, Portugal. pp.526--533</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01482244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camera rotation estimation using 3D mesh surfaces representation of spherical images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem-Eddine Benseddik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherki Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Daejeon, South Korea. pp.2514--2520, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2016.7759391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01425830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driving space detection by combining V-disparity and C-velocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Eddine Deghdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Vehicular Electronics and Safety (ICVES 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Yokohama, Japan. pp.219--224, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICVES.2015.7396921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01319728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-based Optical Flow For Large Displacements and Homogeneous Regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiong Nie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Mérigot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Image Processing (ICIP 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Melbourne, VIC, Australia. pp.3865--3869, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIP.2013.6738796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00841283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voting spaces cooperation for 3D plane detection from monocular image sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiong Nie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Image Processing Theory, Tools and Applications (IPTA 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00764288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Sensor Localization : Visual Odometry as a Low Cost Proprioceptive Sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gruyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Annual Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, France. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Focus of Expansion Localization Through Inverse C-Velocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Italy. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conventional Vision or Not: A Selection of Low-level Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Abdelaziz Bensrhair; Thierry Bapin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From AI to Autonomous and Connected Vehicles: Advanced Driver-Assistance Systems (ADAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley-ISTE, pp.25--78, 2021, 978-1-119-85548-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision &amp;quot;fruste&amp;quot; revisitée : contribution à la vision dynamique des systèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traitement du signal et de l'image [eess.SP]. Université Paris Sud - Paris XI, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00731278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId123"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:107.56302521008px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Samia Bouchafa </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">samia-bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2860-8128</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">156876183</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">311495467</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fonctions occupées :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professeure des universités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> promue à la classe exceptionnelle (PCEX2), Université Évry Paris-Saclay, UFR Sciences et Technologies. Laboratoire IBISC (Informatique, BioInformatique, Systèmes Complexes), nommée chevalier de l’ordre des palmes académiques (promotion juillet 2023).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de l'UFR Sciences et Technologies, Université d'Evry Paris-Saclay, 2023-2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directrice adjointe déléguée en charge du doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de la Graduate School Sciences et Ingénierie des Systèmes (GS SIS), Université Paris-Saclay, depuis 2021</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> du laboratoire IBISC, 2019-2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directrice adjointe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> du laboratoire IBISC, 2015-2019.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable du Master 2 &amp;quot;Systèmes Automatiques Mobiles&amp;quot;,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Mention E3A, Paris-Saclay, de 2015 à 2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable du Master 1 E3A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> site d'Evry, Mention E3A, Paris-Saclay, de 2015 à 2017.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Parcours universitaire</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Depuis sept. 2012 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professeure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Évry, UFR Sciences et Technologies. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Informatique, BioInformatique, Systèmes Complexes (IBISC).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Novembre 2011 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habilitation à Diriger des Recherches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Sud-XI**.** « Vision fruste revisitée. Contribution à la vision dynamique des systèmes. »</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2011-2012 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Délégation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 an, au LIVIC (IFSTTAR).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1999-2012 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maître de conférences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Sud-XI, UFR des Sciences, département de physique. Institut d'Electronique Fondamentale (IEF). Département ACCIS.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1999 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de développement en Traitement d'images. Société CITILOG (Carrefour Intelligent Traitement d'images Logiciels). Projet &amp;quot;Détection de présence&amp;quot; sur les ponts mobiles par traitement d'images.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Décembre 1998 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse de doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris VI (Sorbonne Université)/Institut National de Recherche sur les Transports et leur Sécurité (IFSTTAR puis Université Gustave Eiffel). Détection du mouvement insensible aux variations de contraste. Application à la détection de mouvements de foules anormaux dans le métro par traitement d'images. Mention : &amp;quot;Très honorable avec les félicitations du jury&amp;quot;.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1994 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEA Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris VI (Sorbonne Université)/. Stage de DEA : &amp;quot;Traqueur 3D par traitement d'images pour une application à la Réalité Virtuelle&amp;quot;, Laboratoire de Robotique de Paris</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1993 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieur informatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Ecole Supérieure d'Informatique (ex. INI), Alger, Algérie.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DH-PTAM: A Deep Hybrid Stereo Events-Frames Parallel Tracking And Mapping System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (1), pp.336--345. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIV.2024.3412595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking Self-Attention for Multispectral Object Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijie Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Prendinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (11), pp.16300--16311. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TITS.2024.3412417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-modal unsupervised domain adaptation for semantic image segmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijie Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pattern Recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 137, pp.109299. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.patcog.2022.109299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03948429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAV Localization in Large-Scale Environments: A Decoupled Optimization/Filtering Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 (1), pp.516. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s23010516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03931764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Industrial Solution for Robotic Task Sequencing Problem With Mutual Collision Avoidance & Cycle Time Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Touzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Seguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Suarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Rosell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (2), pp.2597--2604. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2022.3142919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03548468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WeCo-SLAM: Wearable Cooperative SLAM System for Real-time Indoor Localization Under Challenging Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viachaslau Kachurka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Israel Ireta Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (6), pp.5122--5132. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2021.3101121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IBISCape: A Simulated Benchmark for multi-modal SLAM Systems Evaluation in Large-scale Dynamic Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (3), pp.53. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10846-022-01753-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Robot Task Sequencing & Automatic Path Planning for Cycle Time Optimization: Application for Car Production Line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Touzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Seguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (2), pp.1335--1342. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2021.3057011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical flow refinement using iterative propagation under colour, proximity and flow reliability constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan Khoa Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 (8), pp.1509--1519. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-ipr.2019.0370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct method for rotation estimation from spherical images using 3D mesh surfaces with SPHARM representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem-Eddine Benseddik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherki Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Visual Communication and Image Representation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 40 (Part B), pp.708--720. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jvcir.2016.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01390671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Level line primitives for image registration with figures of merit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Almehio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Zavidovique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Computer-Aided Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21 (2), pp.101--118. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/ICA-130436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00841278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décision cumulative pour la vision dynamique des systèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Photogrammétrie et de Télédétection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 202, pp.2--27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00841275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic objects detection through visual odometry and stereo-vision: a study of inaccuracy and improvement sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Machine Vision and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, S, pp.1-17. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00138-011-0389-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00875314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchical Coordination of UAVs for Dynamic Task Assignment in Large-Scale Traffic Surveillance Missions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Kiema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Piet-Lahanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najett Neji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Informatics in Control, Automation and Robotics (ICINCO 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Marbella, Spain. pp.290--297, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0013746700003982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Road Patrol with Traveling Salesman Formulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Kiema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Piet-Lahanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najett Neji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Drones and Unmanned Systems (DAUS 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Granada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05196330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6-DOF Pose Estimation For Event Cameras Using A Transformer-Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Tabia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd International Conference on Computer Graphics, Visualization and Computer Vision (WSCG 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Praha, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24132/CSRN.2025-13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05205529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust RGB-D-IMU Calibration Method Applied to GPS-Aided Pose Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Computer Vision Theory and Applications (VISIGRAPP 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Lisbon, Portugal. pp.83--94, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0011656800003417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilinear Pooling For Event Camera Pose Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Tabia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORASIS 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow-Based Visual-Inertial Odometry for Neuromorphic Vision Sensors Using non-Linear Optimization with Online Calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Khairallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Computer Graphics Theory and Applications (VISIGRAPP 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Lisboa, Portugal. pp.963--973, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0011660400003417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04202835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HCALIB : Méthode hybride d'étalonnage et d'estimation de pose RVB-D-IMU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORASIS 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPS-Enhanced RGB-D-IMU Calibration for Accurate Pose Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abanob Soliman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Joint Conference on Computer Vision, Imaging and Computer Graphics Theory and Applications (VISIGRAPP 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Lisbon, Portugal. pp.295--323, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-66743-5_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04689757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Bilinear Pooling for Real-Time Pose Event Camera Relocalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Tabia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Image Analysis and Processing (ICIAP 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Udine, Italy. pp.222--231, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-43148-7_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04488181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning For Pose Estimation From Event Camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Tabia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Digital Image Computing: Techniques and Applications (DICTA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Sydney, Australia. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DICTA56598.2022.10034617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow-Based Line Detection and Segmentation for Neuromorphic Vision Sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Khairallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Pattern Recognition (ICPR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Montreal, Canada. pp.3603--3610, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPR56361.2022.9956502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A General Two-Branch Decoder Architecture for Improving Encoder-Decoder Image Segmentation Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijie Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VISAPP 2022 : 17th International Conference on Computer Vision Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Online, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03719446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid multi-modal visual data cross fusion network for indoor and outdoor segmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sijie Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26TH International Conference on Pattern Recognition (ICPR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Montreal, Canada. pp.2539--2545</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03719440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PCA Event-Based Optical Flow: A Fast and Accurate 2D Motion Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Khairallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th IEEE International Conference on Image Processing (ICIP 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Bordeaux, France. pp.3521--3525, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIP46576.2022.9897875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-set for event-based optical flow evaluation in robotics applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Z. Khairallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Joint Conference on Computer Vision, Imaging and Computer Graphics Theory and Applications (VISIGRAPP 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Vienna, Austria. pp.480--489</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-Time Multi-SLAM System for Agent Localization and 3D Mapping in Dynamic Scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS 2020 - International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Las Vegas, NV, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02913098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor Localization and Mapping: Towards Tracking Resilience Through a Multi-SLAM Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MED 2020 - 28th Mediterranean Conference on Control and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Saint Raphael, France. pp.465--470</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02611679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIR Camera-Based Localization and Mapping in Challenging Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viachaslau Kachurka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on IMAGE ANALYSIS AND PROCESSING (ICIAP 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Trento, Italy. pp.446--456, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-30645-8_41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02271971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting optical flow field properties for 3D structure identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan Khoa Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Informatics in Control, Automation and Robotics (ICINCO 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSTICC, Jul 2017, Madrid, Spain. pp.459--464, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006474504590464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01609049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Flow refinement using reliable flow propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan Khoa Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michle Gouiffes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Computer Vision Theory and Applications (VISAPP 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Porto, Portugal. (elec. proc.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01760105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized disturbance estimation via ESLKF for the motion control of rotorcraft having a rod-suspended load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Antonio Escareño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Belbachir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Raharijaona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Informatics in Control, Automation and Robotics (ICINCO 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lisbon, Portugal. pp.526--533</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01482244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camera rotation estimation using 3D mesh surfaces representation of spherical images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem-Eddine Benseddik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherki Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Daejeon, South Korea. pp.2514--2520, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2016.7759391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01425830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driving space detection by combining V-disparity and C-velocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Eddine Deghdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Vehicular Electronics and Safety (ICVES 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Yokohama, Japan. pp.219--224, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICVES.2015.7396921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01319728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-based Optical Flow For Large Displacements and Homogeneous Regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiong Nie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Mérigot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Image Processing (ICIP 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Melbourne, VIC, Australia. pp.3865--3869, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIP.2013.6738796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00841283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Sensor Localization : Visual Odometry as a Low Cost Proprioceptive Sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gruyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Annual Conference on Intelligent Transportation Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, France. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voting spaces cooperation for 3D plane detection from monocular image sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiong Nie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Image Processing Theory, Tools and Applications (IPTA 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00764288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Focus of Expansion Localization Through Inverse C-Velocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Aubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Italy. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conventional Vision or Not: A Selection of Low-level Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Hadj-Abdelkader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désiré Sidibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Abdelaziz Bensrhair; Thierry Bapin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From AI to Autonomous and Connected Vehicles: Advanced Driver-Assistance Systems (ADAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley-ISTE, pp.25--78, 2021, 978-1-119-85548-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vision &amp;quot;fruste&amp;quot; revisitée : contribution à la vision dynamique des systèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bouchafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traitement du signal et de l'image [eess.SP]. Université Paris Sud - Paris XI, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00731278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId123"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="64E45CE1"/>
+    <w:nsid w:val="9EADABD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="29960EF6"/>
+    <w:nsid w:val="7105601A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="111037EA"/>
+    <w:nsid w:val="957482F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -640,51 +640,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samia-bouchafa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2860-8128" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/156876183" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/311495467" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620377v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abanob Soliman" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bonardi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;sir&#233; Sidib&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Bouchafa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIV.2024.3412595" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620359v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijie Hu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Prendinger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2024.3412417" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03948429v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2022.109299" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931764v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Hadj-Abdelkader" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23010516" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03548468v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Touzani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Seguy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Suarez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Rosell" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3142919" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609471v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viachaslau Kachurka" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Rault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Israel Ireta Mu&#241;oz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roussel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2021.3101121" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03834588v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-022-01753-7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154330v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2021.3057011" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02650221v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Khoa Mai" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gouiff&#232;s" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-ipr.2019.0370" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390671v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem-Eddine Benseddik" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherki Brahim" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvcir.2016.08.010" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4THM0MW5-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841278v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Almehio" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Zavidovique" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ICA-130436" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841275v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875314v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bak" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bouchafa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aubert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00138-011-0389-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05519178v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Kiema" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Piet-Lahanier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najett Neji" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013746700003982" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05196330v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05205529v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Tabia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24132/CSRN.2025-13" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219607v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonardi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440439v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011656800003417" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202835v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Khairallah" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011660400003417" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219525v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689757v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-66743-5_14" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488181v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43148-7_19" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03913719v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR56361.2022.9956502" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489162v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DICTA56598.2022.10034617" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03719446v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03719440v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03878681v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP46576.2022.9897875" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189691v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Z. Khairallah" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02913098v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alliez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Didier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02611679v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271971v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30645-8_41" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609049v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gouiffes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006474504590464" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760105v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michle Gouiffes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482244v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Escare&#241;o" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Belbachir" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Raharijaona" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425830v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2016.7759391" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319728v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Eddine Deghdache" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICVES.2015.7396921" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841283v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong Nie" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain M&#233;rigot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2013.6738796" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764288v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878719v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gruyer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878971v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489233v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00731278v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samia-bouchafa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2860-8128" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/156876183" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/311495467" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620377v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abanob Soliman" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bonardi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;sir&#233; Sidib&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Bouchafa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIV.2024.3412595" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620359v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijie Hu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Prendinger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2024.3412417" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03948429v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2022.109299" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931764v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Hadj-Abdelkader" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23010516" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03548468v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Touzani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Seguy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Suarez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Rosell" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3142919" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609471v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viachaslau Kachurka" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Rault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Israel Ireta Mu&#241;oz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roussel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2021.3101121" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03834588v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-022-01753-7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154330v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2021.3057011" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02650221v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Khoa Mai" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gouiff&#232;s" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-ipr.2019.0370" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390671v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem-Eddine Benseddik" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherki Brahim" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvcir.2016.08.010" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4THM0MW5-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841278v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Almehio" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Zavidovique" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ICA-130436" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841275v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875314v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bak" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bouchafa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aubert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00138-011-0389-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05519178v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Kiema" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Piet-Lahanier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najett Neji" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013746700003982" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05196330v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05205529v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Tabia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24132/CSRN.2025-13" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440439v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011656800003417" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219607v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonardi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202835v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Khairallah" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011660400003417" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219525v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689757v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-66743-5_14" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488181v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43148-7_19" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489162v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DICTA56598.2022.10034617" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03913719v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR56361.2022.9956502" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03719446v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03719440v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03878681v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP46576.2022.9897875" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189691v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Z. Khairallah" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02913098v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alliez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Didier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02611679v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271971v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30645-8_41" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609049v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gouiffes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006474504590464" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760105v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michle Gouiffes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482244v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Escare&#241;o" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Belbachir" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Raharijaona" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425830v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2016.7759391" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319728v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Eddine Deghdache" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICVES.2015.7396921" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841283v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong Nie" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain M&#233;rigot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2013.6738796" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878719v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gruyer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764288v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878971v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489233v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00731278v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>