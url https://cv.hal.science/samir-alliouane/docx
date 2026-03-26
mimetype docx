--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -183,1448 +183,1448 @@
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Fisicaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 22 (1), pp.75-99. </w:t>
+              <w:t xml:space="preserve">, 2026, 22, pp.75-99. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/os-22-75-2026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05449596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An updated synthesis of ocean total alkalinity and dissolved inorganic carbon measurements from 1993 to 2023: the SNAPO-CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;-v2 dataset</w:t>
+                <w:t xml:space="preserve">Tolerance of organisms composing an Arctic kelp community to ocean warming and marine heatwaves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Metzl</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Fin</w:t>
+                <w:t xml:space="preserve">Anaïs Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Lo Monaco</w:t>
+                <w:t xml:space="preserve">Cale Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Mignon</w:t>
+                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Urrutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Science Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/essd-17-1075-2025⟩</w:t>
+              <w:t xml:space="preserve">Journal of Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2745.70074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05003817v1</w:t>
+                <w:t xml:space="preserve">hal-05103984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tolerance of organisms composing an Arctic kelp community to ocean warming and marine heatwaves</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An updated synthesis of ocean total alkalinity and dissolved inorganic carbon measurements from 1993 to 2023: the SNAPO-CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;-v2 dataset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cale Miller</w:t>
+                <w:t xml:space="preserve">Nicolas Metzl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Fin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
+                <w:t xml:space="preserve">Claire Lo Monaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Urrutti</w:t>
+                <w:t xml:space="preserve">Claude Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Earth System Science Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (3), pp.1075-1100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2745.70074⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/essd-17-1075-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05103984v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05003817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A synthesis of ocean total alkalinity and dissolved inorganic carbon measurements from 1993 to 2022: the SNAPO-CO2-v1 dataset</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Productivity of mixed kelp communities in an Arctic fjord exhibit tolerance to a future climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cale A Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Metzl</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Claude Mignon</w:t>
+                <w:t xml:space="preserve">Anaïs Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Science Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/essd-16-89-2024⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 930, pp.172571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.172571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04410454v1</w:t>
+                <w:t xml:space="preserve">hal-04564045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Summer primary production of Arctic kelp communities is more affected by duration than magnitude of simulated marine heatwaves</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Lebrun</w:t>
+                <w:t xml:space="preserve">Functional changes across marine habitats due to ocean acidification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Teixidó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Carlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Urrutti</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enric Ballesteros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinzia de Vittor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.70183⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (1), pp.170105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.17105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04713807v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04417178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical note: An autonomous flow-through salinity and temperature perturbation mesocosm system for multi-stressor experiments</w:t>
+                <w:t xml:space="preserve">A synthesis of SNAPO-CO2 ocean total alkalinity and total dissolved inorganic carbon measurements from 1993 to 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cale Miller</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Lebrun</w:t>
+                <w:t xml:space="preserve">Nicolas Metzl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Fin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lo Monaco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/bg-21-315-2024⟩</w:t>
+              <w:t xml:space="preserve">Earth System Science Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp.89-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/essd-2023-308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04628973v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292340v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French coastal network for carbonate system monitoring: the CocoriCO2 dataset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Petton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérian Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth System Science Data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (4), pp.1667-1688. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/essd-16-1667-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04553461v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multifactorial effects of warming, low irradiance, and low salinity on Arctic kelps</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Summer primary production of Arctic kelp communities is more affected by duration than magnitude of simulated marine heatwaves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cale Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Alliouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Urrutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/bg-21-4605-2024⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.70183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04753036v2</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04713807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Productivity of mixed kelp communities in an Arctic fjord exhibit tolerance to a future climate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cale A Miller</w:t>
+                <w:t xml:space="preserve">A synthesis of ocean total alkalinity and dissolved inorganic carbon measurements from 1993 to 2022: the SNAPO-CO2-v1 dataset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Metzl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Fin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
+                <w:t xml:space="preserve">Claire Lo Monaco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.172571⟩</w:t>
+              <w:t xml:space="preserve">Earth System Science Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp.89-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/essd-16-89-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04564045v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04410454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A synthesis of SNAPO-CO2 ocean total alkalinity and total dissolved inorganic carbon measurements from 1993 to 2022</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Technical note: An autonomous flow-through salinity and temperature perturbation mesocosm system for multi-stressor experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cale Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Urrutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steeve Comeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Metzl</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Samir Alliouane</w:t>
+                <w:t xml:space="preserve">Anaïs Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Science Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/essd-2023-308⟩</w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (1), pp.315-333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-21-315-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04292340v2</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04628973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional changes across marine habitats due to ocean acidification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multifactorial effects of warming, low irradiance, and low salinity on Arctic kelps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cale Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Núria Teixidó</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cinzia de Vittor</w:t>
+                <w:t xml:space="preserve">Steeve Comeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Urrutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 30 (1), pp.170105. </w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (20), pp.4605-4620. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/gcb.17105⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/bg-21-4605-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04417178v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753036v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-frequency, year-round time series of the carbonate chemistry in a high-Arctic fjord (Svalbard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1697,51 +1697,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate change and species facilitation affect the recruitment of macroalgal marine forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margalida Monserrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Verdura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1818,51 +1818,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of dust addition on the metabolism of Mediterranean plankton communities and carbon export under present and future conditions of pH and temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France van Wambeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1952,51 +1952,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of dust addition on Mediterranean plankton communities under present and future conditions of pH and temperature: an experimental overview</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ridame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2220,103 +2220,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ocean acidification causes variable trait‐shifts in a coral species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Teixidó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Caroselli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Alliouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Ceccarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Change Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 26 (12), pp.6813-6830. </w:t>
@@ -2380,51 +2380,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Díaz-Castañeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Erin Cox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Fitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2514,51 +2514,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Rassmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lansard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Guidi-Guilvard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2616,736 +2616,736 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of in situ CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; enrichment on Posidonia oceanica epiphytic community composition and mineralogy</w:t>
+                <w:t xml:space="preserve">Coastal ocean acidification and increasing total alkalinity in the northwestern Mediterranean Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. E. Cox</w:t>
+                <w:t xml:space="preserve">Lydia Kapsenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Alliouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Nash</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laure Mousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00227-017-3136-7⟩</w:t>
+              <w:t xml:space="preserve">Ocean Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13 (3), pp.411-426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/os-13-411-2017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01520318v1</w:t>
+                <w:t xml:space="preserve">hal-01534516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of in situ CO 2 enrichment on epibiont settlement on artificial substrata within a Posidonia oceanica meadow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First mesocosm experiments to study the impacts of ocean acidification on plankton communities in the NW Mediterranean Sea (MedSeA project)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Maugendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T.E. Cox</w:t>
+                <w:t xml:space="preserve">J. Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Díaz-Castañeda</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">P. Mahacek</w:t>
+                <w:t xml:space="preserve">W. Dellisanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jembe.2017.10.003⟩</w:t>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 186 (A), pp.11-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2016.05.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01629341v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01320777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ocean acidification impacts on nitrogen fixation in the coastal western Mediterranean Sea</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of in situ CO 2 enrichment on epibiont settlement on artificial substrata within a Posidonia oceanica meadow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.E. Cox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Díaz-Castañeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Rees</w:t>
+                <w:t xml:space="preserve">S. Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kendra Turk-Kubo</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
+                <w:t xml:space="preserve">P. Mahacek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecss.2016.01.020⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 497, pp.197-211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jembe.2017.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03334111v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01629341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First mesocosm experiments to study the impacts of ocean acidification on plankton communities in the NW Mediterranean Sea (MedSeA project)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Effects of in situ CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; enrichment on Posidonia oceanica epiphytic community composition and mineralogy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. E. Cox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Maugendre</w:t>
+                <w:t xml:space="preserve">M. Déniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Louis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">W. Dellisanti</w:t>
+                <w:t xml:space="preserve">E. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecss.2016.05.014⟩</w:t>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 164 (5), pp.103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00227-017-3136-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01320777v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01520318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal ocean acidification and increasing total alkalinity in the northwestern Mediterranean Sea</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ocean acidification impacts on nitrogen fixation in the coastal western Mediterranean Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Rees</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydia Kapsenberg</w:t>
+                <w:t xml:space="preserve">Kendra Turk-Kubo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Al-Moosawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 13 (3), pp.411-426. </w:t>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 186, pp.45-57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/os-13-411-2017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2016.01.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01534516v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03334111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of in situ CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; enrichment on structural characteristics, photosynthesis, and growth of the Mediterranean seagrass &amp;lt;i&amp;gt;Posidonia oceanica&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Erin Cox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3416,321 +3416,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01301983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of ocean acidification on Posidonia oceanica epiphytic community and shoot productivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Erin Cox</w:t>
+                <w:t xml:space="preserve">Comparison of the alkalinity and calcium anomaly techniques to estimate rates of net calcification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Schenone</w:t>
+                <w:t xml:space="preserve">L Urbini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Delille</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Te Cox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Alliouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jp Gattuso</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2745.12477⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 527, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/meps11287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03334124v1</w:t>
+                <w:t xml:space="preserve">hal-03334364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the alkalinity and calcium anomaly techniques to estimate rates of net calcification</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Te Cox</w:t>
+                <w:t xml:space="preserve">Effects of ocean acidification on Posidonia oceanica epiphytic community and shoot productivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Erin Cox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Alliouane</w:t>
+                <w:t xml:space="preserve">Stefano Schenone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jp Gattuso</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jeremy Delille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Díaz-Castañeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Alliouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 527, pp.1-12. </w:t>
+              <w:t xml:space="preserve">Journal of Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 103 (6), pp.1594-1609. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3354/meps11287⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1365-2745.12477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03334364v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03334124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of ocean acidification and warming on the Mediterranean mussel (Mytilus galloprovincialis)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3859,51 +3859,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariachiara Chiantore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luisa Mangialajo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Francour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3967,51 +3967,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of increased pCO(2) on the planktonic metabolic balance during a mesocosm experiment in an Arctic fjord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Tanaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. G. B. Bellerby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4101,51 +4101,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of ocean acidification on overwintering juvenile Arctic pteropods Limacina helicina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -P. Gattuso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4218,64 +4218,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gorsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 157 (10), pp.2341-2345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4353,51 +4353,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of dust enrichment on the metabolism of Mediterranean plankton communities under present and future conditions of pH and temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4562,51 +4562,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Stoica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Petton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE International Workshop on Metrology for the Sea; Learning to Measure Sea Health Parameters (MetroSea)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, pp.11-15, 2023, </w:t>
@@ -4953,103 +4953,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technical Note: An Autonomous Flow through Salinity and Temperature Perturbation Mesocosm System for Multi-stressor Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cale Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Urrutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -5240,51 +5240,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449596v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Capitaine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Alliouane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cariou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Fisicaro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-22-75-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003817v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Metzl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lo Monaco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Mignon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-1075-2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103984v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lebrun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cale Miller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gazeau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Urrutti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.70074" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410454v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-16-89-2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713807v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.70183" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628973v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gattuso" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Comeau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-315-2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04553461v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Petton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pernet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Le Roy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Huber" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-16-1667-2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753036v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Meynadier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-4605-2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564045v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cale A Miller" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172571" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292340v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-2023-308" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417178v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Teixid&#243;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Carlot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Ballesteros" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia de Vittor" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17105" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268280v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Fischer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-15-2809-2023" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03835447v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margalida Monserrat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Verdura" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Spennato" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-22845-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388561v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France van Wambeke" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Mara&#241;&#243;n" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria P&#233;rez-Lorenzo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-5423-2021" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03342476v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ridame" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Stolpe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-5011-2021" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930392v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Brix" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burkard Baschek" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Kraberg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Brand" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00551" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374987v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Caroselli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Ceccarelli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15372" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330604v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria D&#237;az-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Erin Cox" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Fitzer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Delille" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.196543" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02336459v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Rassmann" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lansard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guidi-Guilvard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Pozzato" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2018.05.006" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01520318v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. E. Cox" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nash" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D&#233;niel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Legrand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-017-3136-7" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01629341v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.E. Cox" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. D&#237;az-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alliouane" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mahacek" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2017.10.003" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334111v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Rees" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kendra Turk-Kubo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Al-Moosawi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.01.020" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01320777v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sallon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maugendre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Louis" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Dellisanti" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.05.014" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01534516v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Kapsenberg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mousseau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-13-411-2017" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01301983v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris E. Hendriks" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mahacek" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-13-2179-2016" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334124v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Schenone" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Delille" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.12477" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334364v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Urbini" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Te Cox" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alliouane" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Gattuso" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11287" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334168v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bock" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Bramanti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias L&#227;&#179;pez Correa" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2014.00062" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01535594v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Asnaghi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariachiara Chiantore" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Mangialajo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Francour" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0061978" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502650v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tanaka" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G. B. Bellerby" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Czerny" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. De Kluijver" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-10-315-2013" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502684v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Comeau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -P. Gattuso" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps09696" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502056v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gorsky" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-010-1493-6" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/878A183622CACF9010B17F6A9055440D8D59785F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945042v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Stolpe" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blasco" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04402616v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Demeyer" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Stoica" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MetroSea58055.2023.10317274" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291352v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guieu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Desboeufs" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Albani" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17882/75747" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291643v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bonnet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Abadou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240387v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449596v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Capitaine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Alliouane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cariou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Fisicaro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-22-75-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103984v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lebrun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cale Miller" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gazeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Urrutti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.70074" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003817v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Metzl" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lo Monaco" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Mignon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-1075-2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564045v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cale A Miller" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gattuso" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172571" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417178v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Teixid&#243;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Carlot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Ballesteros" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia de Vittor" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17105" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292340v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-2023-308" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04553461v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Petton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pernet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Le Roy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Huber" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-16-1667-2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713807v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.70183" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410454v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-16-89-2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628973v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Comeau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-315-2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753036v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Meynadier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-4605-2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268280v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Fischer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-15-2809-2023" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03835447v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margalida Monserrat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Verdura" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Spennato" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-22845-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388561v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France van Wambeke" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Mara&#241;&#243;n" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria P&#233;rez-Lorenzo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-5423-2021" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03342476v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ridame" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Stolpe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-5011-2021" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930392v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Brix" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burkard Baschek" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Kraberg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Brand" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00551" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374987v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Caroselli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Ceccarelli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15372" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330604v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria D&#237;az-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Erin Cox" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Fitzer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Delille" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.196543" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02336459v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Rassmann" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lansard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guidi-Guilvard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Pozzato" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2018.05.006" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01534516v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Kapsenberg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mousseau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-13-411-2017" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01320777v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sallon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maugendre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Louis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Dellisanti" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.05.014" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01629341v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.E. Cox" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. D&#237;az-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alliouane" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mahacek" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2017.10.003" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01520318v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. E. Cox" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nash" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D&#233;niel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Legrand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-017-3136-7" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334111v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Rees" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kendra Turk-Kubo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Al-Moosawi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.01.020" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01301983v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris E. Hendriks" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mahacek" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-13-2179-2016" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334364v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Urbini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Te Cox" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alliouane" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Gattuso" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11287" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334124v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Schenone" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Delille" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.12477" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334168v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bock" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Bramanti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias L&#227;&#179;pez Correa" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2014.00062" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01535594v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Asnaghi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariachiara Chiantore" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Mangialajo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Francour" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0061978" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502650v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tanaka" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G. B. Bellerby" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Czerny" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. De Kluijver" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-10-315-2013" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502684v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Comeau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -P. Gattuso" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps09696" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502056v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gorsky" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-010-1493-6" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/878A183622CACF9010B17F6A9055440D8D59785F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945042v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Stolpe" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blasco" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04402616v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Demeyer" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Stoica" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MetroSea58055.2023.10317274" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291352v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guieu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Desboeufs" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Albani" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17882/75747" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291643v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bonnet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Abadou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240387v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>