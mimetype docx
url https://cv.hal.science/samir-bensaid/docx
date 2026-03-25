--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -3688,152 +3688,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04578520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of surface cracks in eddy current testing by the neuro-fuzzy system</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bachir Helifa</w:t>
+                <w:t xml:space="preserve">Finite Volume Analysis of an Improved Strategy related to Thickness Measurement of Metallic Coating of Steel Using ECT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Islam Nacereddine El Ghoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Cheriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Eddine Lakhdari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Bensaid</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inductics: Analysis, Multi-physical Modelling, and Optimal Design of Electromagnetic Devices and Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Pages Bleues Internationales, 2022, 978-9947-34-263-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04578478v1</w:t>
+                <w:t xml:space="preserve">hal-04578518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of X70 steel by magnetic measurements</w:t>
               </w:r>
@@ -3921,135 +3904,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04578484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite Volume Analysis of an Improved Strategy related to Thickness Measurement of Metallic Coating of Steel Using ECT</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ala Eddine Lakhdari</w:t>
+                <w:t xml:space="preserve">Estimation of surface cracks in eddy current testing by the neuro-fuzzy system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Barrarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Rayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bachir Helifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Bensaid</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibn Khaldoun Lefkaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inductics: Analysis, Multi-physical Modelling, and Optimal Design of Electromagnetic Devices and Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Pages Bleues Internationales, 2022, 978-9947-34-263-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04578518v1</w:t>
+                <w:t xml:space="preserve">hal-04578478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Five PV Model Parameters Determination Through PSO and Genetic Algorithm, a Comparative Study</w:t>
               </w:r>
@@ -4660,51 +4660,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B2D1C5B4"/>
+    <w:nsid w:val="E4F9AAC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4891,51 +4891,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samir-bensaid" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2512-5040" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970545v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Barrarat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Helifa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Bensaid" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibn Khaldoun Lefkaier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Rayane" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/kern-2024-0094" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578406v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Nebair" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Zidelmel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10921-024-01073-w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578410v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmalek Saidoune" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Houassine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacera Yassa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Abbas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/sr-11-2023-0618" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745466v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barrarat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Helifa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.K. Lefkaier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rayane" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32548/2024.me-04439" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733256v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rezki" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ad8594" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970548v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loukmane Gherdaoui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Saoudi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Trichet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24425/mms.2024.152047" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578411v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/pierl23090804" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578407v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iben Khaldoun Lefkaier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnm.3174" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578414v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2022.169397" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578413v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Sahnoune Chaouche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Moulahoum" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Sahnoune Chaouche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/s1061830922060092" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578416v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/pierm21031704" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578419v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nafia Dahmane" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Ayad" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2018.05.002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216691v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Safer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Wasselynck" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2751962" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578418v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Cheriet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islam El Ghoul" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-018-1753-z" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454616v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Fouladgar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2363174" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578523v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fouladgar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2009.2012833" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578424v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Doirat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grard Berthiau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lefevre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2007.892520" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578428v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Griche" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ic2em59347.2023.10419650" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578429v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icaee53772.2022.9962120" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578433v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M -S. Chaouche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Houassine" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moulahoum" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isef45929.2019.9097027" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578434v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Eddine Lakhdari" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Lamamra" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Bellouti" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cistem.2018.8613357" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578435v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islam Nacereddine El Ghoul" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISTEM.2016.8066777" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514608v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Kien Bui" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wasselynck" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Berthiau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pierquin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578472v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Chaouch" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Belhamdi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578465v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578462v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578427v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Ouadfel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-21216-1_12" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578431v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76081-6_41" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578520v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Adib Safer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Diaf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq Maafa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkayoum Hamza" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578478v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578484v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578518v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578432v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rezki" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Griche" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-37207-1_2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940501v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940508v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578524v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00424804v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samir-bensaid" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2512-5040" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970545v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Barrarat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Helifa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Bensaid" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibn Khaldoun Lefkaier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Rayane" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/kern-2024-0094" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578406v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Nebair" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Zidelmel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10921-024-01073-w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578410v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmalek Saidoune" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Houassine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacera Yassa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Abbas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/sr-11-2023-0618" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745466v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barrarat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Helifa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.K. Lefkaier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rayane" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32548/2024.me-04439" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733256v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rezki" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ad8594" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970548v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loukmane Gherdaoui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Saoudi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Trichet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24425/mms.2024.152047" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578411v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/pierl23090804" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578407v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iben Khaldoun Lefkaier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnm.3174" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578414v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2022.169397" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578413v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Sahnoune Chaouche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Moulahoum" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Sahnoune Chaouche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/s1061830922060092" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578416v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/pierm21031704" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578419v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nafia Dahmane" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Ayad" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2018.05.002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216691v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Safer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Wasselynck" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2751962" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578418v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Cheriet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islam El Ghoul" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-018-1753-z" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454616v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Fouladgar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2363174" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578523v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fouladgar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2009.2012833" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578424v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Doirat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grard Berthiau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lefevre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2007.892520" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578428v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Griche" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ic2em59347.2023.10419650" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578429v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icaee53772.2022.9962120" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578433v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M -S. Chaouche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Houassine" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moulahoum" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isef45929.2019.9097027" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578434v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Eddine Lakhdari" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Lamamra" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Bellouti" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cistem.2018.8613357" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578435v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islam Nacereddine El Ghoul" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISTEM.2016.8066777" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514608v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Kien Bui" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wasselynck" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Berthiau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pierquin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578472v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Chaouch" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Belhamdi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578465v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578462v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578427v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Ouadfel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-21216-1_12" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578431v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76081-6_41" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578520v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Adib Safer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Diaf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq Maafa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkayoum Hamza" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578518v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578484v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578478v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578432v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rezki" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Griche" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-37207-1_2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940501v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940508v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578524v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00424804v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>