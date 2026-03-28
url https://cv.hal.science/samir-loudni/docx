--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:125.08143322476px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Samir Loudni </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Full professor, IMT Atlantique, Department of Automation, Production Engineering, and Computer Science (DAPI), LS2N laboratory</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">samir-loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6245-7661</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">EDUCATION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  ◦ 2016 - Habilitation from the University of Caen Normandy, titled &amp;quot;Contributions to the Resolution of WCSP and Declarative Approaches for Data Mining&amp;quot;. Defended on October 5, 2016.     ◦ 1999 – 2002 - PhD in Computer Science from the University of Nantes, titled &amp;quot;Design and Implementation of Anytime Algorithms: A Constraint-Based Approach&amp;quot;. Defended December 2002.    ◦ 1998 – 1999 - Master (DEA) in Combinatorics, Parallelism, and Random Modeling from the University of Picardie Jules Verne in Amiens.    ◦ 1991 – 1997 - Engineer Degree in Computer Science from Mouloud Mammeri University, Tizi-Ouzou (Algeria). Obtained on September 21, 1997.   </w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CURRENT POSITION(S)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">◦ Since September, 2020 Full professor, IMT Atlantique, Department of Automation, Production Engineering, and Computer Science (DAPI), LS2N laboratory</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">PREVIOUS POSITIONS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  ◦ 2003 – 2020	- Associate professor, University of Caen Normandy, GREYC laboratory.      ◦ Jan – August 2003 - Post-doc, Computer Science Department, École des Mines de Nantes.      ◦ 1999 – 2002 - PhD student in Computer Science at École des Mines de Nantes.     ◦ 1997 – 1998  - Software Engineer, SNC DATA-LINKAGE, IT service company, Algeria.  </w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">SUPERVISION OF GRADUATE STUDENTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  1. **Nicolas Levasseur** (together with P. Boizumault), national grant, University Caen Normandy, 2004–2008.  		   2. **Jean-Philippe Métivier** (together with P. Boizumault), national grant, UCN, 2006–2010.      3. **Mathieu Fontaine** (together with P. Boizumault), funded by Region Normandy & CNRS, UCN, 2009–2013.  		  4. **Willy Ugarte** (together with P. Boizumault and B. Crémilleux), national grant, UCN, 2011–2014.   		  5. **Abdelkader Ouali** (together with P. Boizumault and Y. Lebbah), UCN, Oran 1 University, 2014–2017. 		  6. **Mehdi Maamar** (together with Y. Lebbah and N. Lazaar), Algerian doctoral scholarship, Oran 1 University, 2014–2017.   		  7. **Arnold Hien** (together with A. Zimmermann),  funded by RIN@PhD Region Normandy, UCN, 2018–2022.    		  8. **Sofia Bennai** (together with K. Amroun), Algerian doctoral scholarship, University of Bejaia, 2018–2023.     		  9. **Charles Vernerey** (main supervisor), IMT grant, IMT Atlantique, 2020–2023.    		  10. **Aymeric Beauchamp** (together with B. Dao and C. Vrain), ANR Project HERELLES, Univ. Orleans, 2021-25.    		  11. **Mohammed E.A. Douad** (together with N. Aribi),  Algerian doctoral scholarship, Oran1 University, 2021–24.    		  12. **Matthew Coyle** (together with  M. Tisi and Théo Le Calvar), bourse CDE + European project, 2022–2025.    		  13. **François Camelin** (co-supervised thesis with Gilles Pesant and Charlotte Truchet), IMT Atlantique, funded by the ANR project AI@IMT and by Polytechnique Montréal, 2022–2025.     14. **Coralie Marchau** (co-supervised thesis with  Simon de Givry and Charles Prud’homme) , IMT Atlantique, INRAE (MIAT), funded by the ANR project GMLaS, 2025–2028.   		  16. **Romaissa Ghlib** (co-supervised thesis with  Jean-Luc Lamotte and Abdelkader Ouali) , University of Caen Normandy, funded by the ANR project GMLaS, 2025–2028.    </w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">POSTDOCTORAL FELLOWS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  1. **Jean-Philippe Métivier**, Post-doc (funded by the ANR projects FICOLOFO and Hybride ), UCN, October, 2011–July, 2013.   				  2. **Amina Kemmar**, Post-doc (funded by the ANR Project Hybride), UCN, March, 2014 –June, 2014.				  3.**Noha NEKAMICHE**, Post-doc (partially funded by the european project EDIH DIVA), IMT Atlantique, March, 2026.      </w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">TEACHING ACTIVITIES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  ◦ Sept. 2003 –June 2020	[IUT of Caen] (https://loudni.users.greyc.fr/teaching.html) (2003-2020), UCN (Master 2 Research AMI, DECIM)							  	- “Advanced Network Security”,  “Internet network”,  “IP addressing and routing” 							  	- “Algorithms and programming”, “Advanced algorithms”, “Parallel programming”							  	- “Artificial Intelligence”, “Metaheuristics”, “Data mining”      ◦ Sept. 2020 –present	IMT Atlantique       	- “Object-oriented programming”, “C/C++ programming”, “Introduction to Python”, “Machine Learning”    </w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">INSTITUTIONAL RESPONSIBILITIES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  ◦ Since Febriary, 2024 : Designated Co-Lead of the Steering Committee for the IMT **Data & AI** community.	  ◦ Since January, 2022 : Head of the research team Theory, Algorithms and Constraint Systems (TASC), at LS2N  				  ◦ September, 2016–August, 2019 : Head of the Computer Science Department at the IUT of Caen				  ◦ September, 2022 –December, 2024 : Program Committee Board (PCB) member of the Inter. Conf. IJCAI 				  ◦ January, 2011 –October, 2014 : Coordinator for the GREYC lab of the FICOLOFO project funded by ANR    </w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">COMMISSIONS OF TRUST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  ◦ 2008–2021	Elected member of the CA of the French Association1 for Constraint Programming          ◦ June, 2010 –September 2020	Treasurer of the French Association2 for Constraint Programming</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Prizes/Awards/Academy memberships</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  ◦ UAI 2022 Inference Competition: [Toulbar2-VNS](http://miat.inrae.fr/toulbar2) and Toulbar2-ipr finished in 1st and 2nd places in the MPE and MMAP categories.         ◦ Third Best Paper Award at the [CIFSD 2021](https://cifsd-2021.sciencesconf.org/resource/page/id/13.html?) conference.         ◦ Best paper award at 2019 IEEE International Conference On Artificial Intelligence Testing (AITest 2019).          ◦ Best student paper award at Colloque sur l'Optimisation et les Systèmes d'Information (COSI'2015).           ◦ [Carl Smith student Award](http://eric.univ-lyon2.fr/ds-2012/awards.html) received at Fifteenth International Conference on Discovery Science (DS 2012). 				  ◦ Shared first place with Rina Dechter's team in the CPU-1h category of the UAI'12 competition challenge ([PIC'11](http://www.cs.huji.ac.il/project/PASCAL/index.php)). Invited for an oral presentation at the UAI'12 session dedicated to presenting our winning method for this [competition](http://www.auai.org/uai2012/pascal.shtml). </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (68)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échantillonnage Actif pour la Découverte de Règles Classification via des Comparaisons par Paires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor Matei Opran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction et Gestion des Connaissances, EGC'2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Strasboug, France. pp.231-238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04932747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sampling Frequent and Diversified Patterns Through Compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pesant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAC '25: 40th ACM/SIGAPP Symposium on Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Catania, Italy. pp.1053-1054, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3672608.3707872⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05363617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling OCL Collection Types and Type Casting using Constraint Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Coyle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Calvar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Tisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 37th International Conference on Tools with Artificial Intelligence (ICTAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Athène, Greece. pp.1428-1435, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI66417.2025.00206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Enforcing Structural OCL Constraints using Constraint Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Coyle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Calvar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Tisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAC '25: 40th ACM/SIGAPP Symposium on Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Catania, Italy. pp.1692-1701, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3672608.3707919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sampling Frequent and Diverse Patterns Through Compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pesant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Pacific-Asia Conference on Knowledge Discovery and Data Mining, PAKDD 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Sydney, NSW, Australia. pp.189-200, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-96-8170-9_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05363539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble de correction minimal basé sur l'adéquation des contraintes en clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Beauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi-Bich-Hanh Dao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones de Programmation par Contraintes (Évènement affilié à PFIA 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05095041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to Rank Based on Choquet Integral: Application to Association Rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Belmecheri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Knowledge Discovery and Data Mining - 28th Pacific-Asia Conference on Knowledge Discovery and Data Mining, {PAKDD} 2024,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Taipei, Taiwan. pp.313-326, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-97-2242-6_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux Descripteurs Discriminants pour la Fouille Interactive de Motifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albrecht Zimmermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème conférence francophone sur l'Extraction et la Gestion des Connaissances EGC 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Dijon (Bourgogne), France. pp.409--416</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille Interactive de Motifs à Haute Utilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Garfagni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albrecht Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beldiceanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème conférence francophone sur l'Extraction et la Gestion des Connaissances EGC 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Dijon (Bourgogne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échantillonnage d'ensemble de motifs diversifiés par compression locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pesant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème conférence francophone sur l'Extraction et la Gestion des Connaissances EGC 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive Pattern Mining using Discriminant Sub-patterns as Dynamic Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albrecht Zimmermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAKDD 2023: 27th Pacific-Asia Conference on Knowledge Discovery and Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Osaka (Japon), Japan. pp.252-263, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-33374-3_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incremental Constrained Clustering by Minimal Weighted Modification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Beauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi-Bich-Hanh Dao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CP 2023: 29th International Conference on Principles and Practice of Constraint Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Andre Augusto Cire, Aug 2023, Toronto, Ontario, Canada. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.CP.2023.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille de motifs sans seuil par optimisation multi-objectifs : Application aux règles d'association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2023 : 23ème conférence francophone sur l'extraction et la gestion des connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Lyon, France. pp.483--490</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration incrémentale de contraintes pour le clustering avec la programmation par contraintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Beauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi-Bich-Hanh Dao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones de Programmation par Contraintes (Evènement affilié à PFIA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Saint-Étienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode d'apprentissage par optimisation multicritère pour le rangement de motifs en fouille de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Belmecheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2022 - 22e Conférence Extraction et Gestion des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Blois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03687103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Threshold-free Pattern Mining Meets Multi-Objective Optimization: Application to Association Rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJCAI-ECAI 2022 - 31ST INTERNATIONAL JOINT CONFERENCE ON ARTIFICIAL INTELLIGENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Messe Wien, Vienna, Austria. pp.1880--1886, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24963/ijcai.2022/261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille de Motifs Fermés et Diversifiés Basée sur la Relaxation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Laghzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale Francophone sur la Science des Données (CIFSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers l'extraction efficace des représentations condensées de motifs; Application aux motifs Pareto Dominants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale Francophone sur la Science des Données (CIFSD) Actes de la 9e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation des techniques de fouille de données pour la compression de contraintes tables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soufia Bennai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Amroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20èmes Journées Francophones Extraction et Gestion des Connaissances, EGC 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02480627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Relaxation-based Approach for Mining Diverse Closed Patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Amine Laghzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Machine Learning and Knowledge Discovery in Databases - European Conference, {ECML} {PKDD} 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Ghent (virtual), Belgium. pp.36--54, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-67658-2_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03244005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Data Mining Techniques for Compressing Table Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soufia Bennai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Amroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 31st International Conference on Tools with Artificial Intelligence (ICTAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Portland, Oregon, United States. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI.2019.00015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compressing and Querying Skypattern Cubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Termier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEA/AIE-2019 - 32nd International Conference on Industrial, Engineering &amp; Other Applications of Applied Intelligent Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Graz, Austria. pp.406-421, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-22999-3_36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multiple Fault Localization Approach based on Multicriteria Analytical Hierarchy Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AITest 2019 - 1st IEEE International Conference on Artificial Intelligence Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, San Francisco, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AITest.2019.00-16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02089746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple Fault Localization Using Constraint Programming and Pattern Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 29th International Conference on Tools with Artificial Intelligence (ICTAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Boston, United States. pp.860-867, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI.2017.00134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03130609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche complète à voisinages variables guidée par la décomposition arborescente pour la minimisation d'énergie dans les modèles graphiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Journées Francophones sur les Réseaux Bayésiens et les Modèles Graphiques Probabilistes 2018 (JFRB 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Toulouse, France. 114 p., </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/RIA.-.1-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de l'opérateur OWA pour le clustering conceptueí equitable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Journées Francophones de Programmation Par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent algorithmic advances for combinatorial optimization in graphical models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Katsirelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Schiex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Zytnicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Symposium on Mathematical Programming (ISMP-18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Bordeaux, France. 80 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closed-Pattern : Une contrainte globale pour l’extraction de motifs fréquents fermés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2017 - 13es Journées Francophones de Programmation par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Montreuil sur Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative Decomposition Guided Variable Neighborhood Search for Graphical Model Energy Minimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Uncertainty in Artificial Intelligence (UAI'17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Sydney, Australia. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integer Linear Programming for Pattern Set Mining; with an Application to Tiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albrecht Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific-Asia Conference on Knowledge Discovery and Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Jeju, South Korea. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-57529-2_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01597819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Global Constraint for Closed Frequent Pattern Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Lemière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CP 2016 - 22nd International Conference on Principles and Practice of Constraint Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Toulouse, France. pp.333-349, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-44953-1_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-01374719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Global Constraint for Mining Sequential Patterns with {GAP} Constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integration of {AI} and {OR} Techniques in Constraint Programming - 13th International Conference (CPAIOR 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Banff, AB, Canada. pp.198--215, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-33954-2_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PREFIX-PROJECTION Global Constraint for Sequential Pattern Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principles and Practice of Constraint Programming - 21st International Conference, CP 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Cork, Ireland. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-23219-5_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation de fautes à l’aide de la fouille de données sous contraintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COSI: Colloque sur l'Optimisation et les Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Oran, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-01276185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul du cube de skypatterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11èmes Journées Francophones de Programmation par Contraintes (JFPC 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Mining Optimal Patterns using Dynamic CSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE 27th International Conference on Tools with Artificial Intelligence (ICTAI 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Vietri-sul-mare, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et extraction de motifs optimaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance de Formes et Intelligence Artificielle (RFIA) 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00989226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative parallel decomposition guided VNS for solving Weighted CSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Loukil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Int. Workshop on Hybrid MetaHeuristics (HM 14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, hamburg, Germany. pp 100-114, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-07644-7_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche PPC pour la fouille de données séquentielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Journées Francophones Extraction et Gestion des Connaissances, EGC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche PPC pour la fouille de données séquentielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Journées Francophones Extraction et Gestion des Connaissances, EGC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, rennes, France. pp.395-400</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining (Soft-) Skypatterns using Dynamic CSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lepailleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Int. Conf. on Integration of Artificial Intelligence (AI) and Operations Research (OR) techniques in Constraint Programming (CP-AI-OR'14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Lyon, France. pp.71-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining Relevant Sequence Patterns with CP-Based Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th {IEEE} International Conference on Tools with Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Limassol, Cyprus. pp.552 - 559, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI.2014.89⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffinement de la décomposition arborescente par fusion de clusters pour guider DGVNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9-èmes Journées Francophones de Programmation par Contraintes (JFPC'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, aix-en-provence, France. pp.133-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Constraint Programming Approach for Mining Sequential Patterns in a Sequence Database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Workshop Languages for Data Mining and Machine Learningco-located with the European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases (ECML/PKDD 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Prague, Czech Republic. p.50-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01023788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining (Soft-)Skypatterns using Constraint Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lepailleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Workshop Languages for Data Mining and Machine Learningco-located with the European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases (ECML/PKDD 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Prague, France. pp.20-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensification/Diversification in Decomposition Guided VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Workshop on Hybrid MetaHeuristics (HM'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Napoli, Italy. pp22-36, </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-38516-2_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete and Incomplete Approaches for Graph Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 4th International Conference on Web and Information Technologies (ICWIT 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Sidi Bel-Abbes, Algeria. pp.312-317</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01022850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction de motifs sous contraintes souples de seuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filtrage de fonctions de coût globales décomposables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Huitièmes Journées Francophones de Programmation par Contraintes (JFPC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Programmation par Contraintes (AFPC). FRA., May 2012, Toulouse, France. pp.358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation de la décomposition arborescente pour guider la recherche VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00810146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filtering decomposable global cost functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty-Sixth Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Toronto, Canada. pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained Clustering using SAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medhi Khiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Int. Symposium on Intelligent Data Analysis (IDA 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Helsinki, Finland. pp.207-218</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01023070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A constraint language for declarative pattern discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medhi Khiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAC '12 Proceedings of the 27th Annual ACM Symposium on Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Trento, Italy. pp.119-125, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2245276.2245302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01022008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensification/Diversification-Driven ILS for a Graph Coloring Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Conference on Evolutionary Computation in Combinatorial Optimization (EvoCOP 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Malaga, Spain. pp.160-171</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01022859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filtering Decomposable Global Cost Functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAI Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Toronto, ON, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00748187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining VNS and soft global constraints for solving NRPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème congrès de la société française de recherche opérationnelle et d'aide à la décision (ROADEF'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Saint Etienne, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01017726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering Knowledge using a Constraint-based Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medhi Khiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dagstuhl Seminar 11201 "Constraint Programming meets Machine Learning and Data Mining" (DPA 11201)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, -, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport des décompositions arborescentes dans les méthodes de recherche de type VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème congrès de la société française de recherche opérationnelle et d'aide à la décision (ROADEF'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Saint Etienne, France. pp.I: 89-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01017311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guiding VNS with tree decomposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IEEE International Conference on Tools with Artificial Intelligence (ICTAI 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Boca Raton, FL, United States. pp.505 - 512, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI.2011.82⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decomposing Global Cost Functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Guttiriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Workshop on Preferences and Soft Constraints (Soft'11) in 17th Int. Conf. on Principles and Practice of Constraint Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Perugia, Italy. pp.16-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01017977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting tree decomposition within VNS for solving constraint optimization problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The IX Metaheuristics International Conference (MIC'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Udine, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving Nurse Rostering Problems Using Soft Global Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Principles and Practice of Constraint Programming (CP'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Lisbon, Portugal, France. pp.73--87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relaxation de contraintes globales pour la modélisation de problème d'allocation d'infirmières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquièmes Journées Francophones de Programmation par Contraintes, Orléans, juin 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Orléans, France. pp.145-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00387838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Softening Gcc and Regular with preferences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th annual ACM Symposium on Applied Computing (SAC'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, University of Hawaii at Manoa, USA, United States. pp.1392--1396</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heuristiques de choix de voisinage pour les recherches à voisinage variable dans les WCSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Levasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2008- Quatrièmes Journées Francophones de Programmation par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LINA - Université de Nantes - Ecole des Mines de Nantes, Jun 2008, Nantes, France. pp.247-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00292651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relaxation de AllDifferent avec préférences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2008- Quatrièmes Journées Francophones de Programmation par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LINA - Université de Nantes - Ecole des Mines de Nantes, Jun 2008, Nantes, France. pp.191-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00291577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heuristique de choix de valeur dirigée par HQ dans les WCSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Levasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2008- Quatrièmes Journées Francophones de Programmation par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LINA - Université de Nantes - Ecole des Mines de Nantes, Jun 2008, Nantes, France. pp.257-266</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00292657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réservation en ligne avec reroutage de demandes de connexions dans les réseaux ATM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douzièmes Journées Francophones de Programmation en Logique et de programmation par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Amiens, France, France. pp.169 -- 182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximizing diversity in k-pattern set mining through constraint programming and entropy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Amine Douad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 55 (7), pp.597. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/S10489-025-06482-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05363589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling MDL and Markov chain Monte Carlo to sample diverse pattern sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pesant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data and Knowledge Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 156, pp.102393. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.datak.2024.102393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille de motifs diversifiés : une approche basée sur la relaxation et l'échantillonnage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Science des données SDC 2024, RNTI A.9, pp.33-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction efficace des représentations condensées de motifs: Applications aux skypatterns et aux clusterings conceptuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Science des donnée SDC 2024, RNTI-A-9, pp.71-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining diverse sets of patterns with constraint programming using the pairwise Jaccard similarity relaxation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Constraints</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10601-024-09373-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Java Library for Itemset Mining with Choco-solver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Open Source Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (88), pp.5654. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21105/JOSS.05654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Efficient Heuristic Approach Combining Maximal Itemsets and Area Measure for Compressing Voluminous Table Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soufia Bennai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Amroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Supercomputing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 79 (1), pp.650-676. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11227-022-04667-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting the Learning for Ranking Patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Belmecheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algorithms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 16 (5), pp.218. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/a16050218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interval graph mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kemmar Amina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Data Mining, Modelling and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (1), pp.1-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault localization using itemset mining under constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automated Software Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (2), pp.341-368. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10515-015-0189-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-01276633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skypattern mining: From pattern condensed representations to dynamic constraint satisfaction problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lepailleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence (AIJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 244, pp.48-69. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.artint.2015.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prefix-projection global constraint and top-k approach for sequential pattern mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Constraints</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 22 (2), pp.265 - 306. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10601-016-9252-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Constraint Programming Approach for Web Log Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Technology and Web Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (4), pp.24 - 42. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJITWE.2016100102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Replicated Parallel Strategies for Decomposition Guided VNS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Loukil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Notes in Discrete Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 47, pp.93-100. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.endm.2014.11.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Tree Decomposition for Guiding Neighborhoods Exploration for VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAIRO - Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47 (2), pp.91 - 123. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ro/2013030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Tree Decomposition for Guiding Neighborhoods Exploration for VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAIRO - Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47 (2), pp91-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-Line Resource Allocation for ATM Networks with Rerouting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 33 (10), pp.2891-2917</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00482990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Methods for Compressing Table Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soufia Bennai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Amroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rakia Jaziri; Antoine Cornuéjols; Fabrice Guillet; Arnaud Martin; Etienne Cuvelier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Knowledge Discovery and Management Vol. 10 (AKDM-10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1110, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Nature Switzerland AG</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-28, 2024, Studies in Computational Intelligence, 978-3-031-40402-3. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-40403-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable Neighborhood Search for Cost Function Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Formal Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Singapore, pp.1-29, 2023, 978-981-19-8851-6. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-19-8851-6_10-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cost Function Networks to Solve Large Computational Protein Design Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Katsirelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Malek Masmoudi, Bassem Jarboui, Patrick Siarry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Operations Research and Simulation in healthcare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.81-102, 2021, 978-3-030-45223-0. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-45223-0_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining (Soft-) Skypatterns Using Constraint Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lepailleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabrice Guillet; Bruno Pinaud; Gilles Venturini; Djamel Abdelkader Zighed. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Knowledge Discovery and Management 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 615, Springer, pp.105-136, 2016, Studies in Computational Intelligence, 978-3-319-23751-0. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-23751-0_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining (Soft-) Skypatterns Using Dynamic CSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lepailleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integration of AI and OR Techniques in Constraint Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8451, Springer International Publishing, pp.71-87, 2014, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-07046-9_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F-CPminer: Fault localization using itemset mining under constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:2f4b0830559d041d4ad561d6a01615c4aa9b34f2;origin=https://hal.archives-ouvertes.fr/lirmm-02148304;visit=swh:1:snp:49dec3fd34c903ae2cf6879176e33994092442a2;anchor=swh:1:rev:2370a16d3052c21d41fe81acc604c800f3be8bb1;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02148304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions à la résolution des WCSP et approches déclaratives pour la fouille de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Intelligence artificielle [cs.AI]. Université Caen Normandie, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01439261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId202"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:125.08143322476px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Samir Loudni </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Full professor, IMT Atlantique, Department of Automation, Production Engineering, and Computer Science (DAPI), LS2N laboratory</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">samir-loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6245-7661</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">EDUCATION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  ◦ 2016 - Habilitation from the University of Caen Normandy, titled &amp;quot;Contributions to the Resolution of WCSP and Declarative Approaches for Data Mining&amp;quot;. Defended on October 5, 2016.     ◦ 1999 – 2002 - PhD in Computer Science from the University of Nantes, titled &amp;quot;Design and Implementation of Anytime Algorithms: A Constraint-Based Approach&amp;quot;. Defended December 2002.    ◦ 1998 – 1999 - Master (DEA) in Combinatorics, Parallelism, and Random Modeling from the University of Picardie Jules Verne in Amiens.    ◦ 1991 – 1997 - Engineer Degree in Computer Science from Mouloud Mammeri University, Tizi-Ouzou (Algeria). Obtained on September 21, 1997.   </w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CURRENT POSITION(S)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">◦ Since September, 2020 Full professor, IMT Atlantique, Department of Automation, Production Engineering, and Computer Science (DAPI), LS2N laboratory</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">PREVIOUS POSITIONS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  ◦ 2003 – 2020	- Associate professor, University of Caen Normandy, GREYC laboratory.      ◦ Jan – August 2003 - Post-doc, Computer Science Department, École des Mines de Nantes.      ◦ 1999 – 2002 - PhD student in Computer Science at École des Mines de Nantes.     ◦ 1997 – 1998  - Software Engineer, SNC DATA-LINKAGE, IT service company, Algeria.  </w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">SUPERVISION OF GRADUATE STUDENTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  1. **Nicolas Levasseur** (together with P. Boizumault), national grant, University Caen Normandy, 2004–2008.  		   2. **Jean-Philippe Métivier** (together with P. Boizumault), national grant, UCN, 2006–2010.      3. **Mathieu Fontaine** (together with P. Boizumault), funded by Region Normandy & CNRS, UCN, 2009–2013.  		  4. **Willy Ugarte** (together with P. Boizumault and B. Crémilleux), national grant, UCN, 2011–2014.   		  5. **Abdelkader Ouali** (together with P. Boizumault and Y. Lebbah), UCN, Oran 1 University, 2014–2017. 		  6. **Mehdi Maamar** (together with Y. Lebbah and N. Lazaar), Algerian doctoral scholarship, Oran 1 University, 2014–2017.   		  7. **Arnold Hien** (together with A. Zimmermann),  funded by RIN@PhD Region Normandy, UCN, 2018–2022.    		  8. **Sofia Bennai** (together with K. Amroun), Algerian doctoral scholarship, University of Bejaia, 2018–2023.     		  9. **Charles Vernerey** (main supervisor), IMT grant, IMT Atlantique, 2020–2023.    		  10. **Aymeric Beauchamp** (together with B. Dao and C. Vrain), ANR Project HERELLES, Univ. Orleans, 2021-25.    		  11. **Mohammed E.A. Douad** (together with N. Aribi),  Algerian doctoral scholarship, Oran1 University, 2021–24.    		  12. **Matthew Coyle** (together with  M. Tisi and Théo Le Calvar), bourse CDE + European project, 2022–2025.    		  13. **François Camelin** (co-supervised thesis with Gilles Pesant and Charlotte Truchet), IMT Atlantique, funded by the ANR project AI@IMT and by Polytechnique Montréal, 2022–2025.     14. **Coralie Marchau** (co-supervised thesis with  Simon de Givry and Charles Prud’homme) , IMT Atlantique, INRAE (MIAT), funded by the ANR project GMLaS, 2025–2028.   		  16. **Romaissa Ghlib** (co-supervised thesis with  Jean-Luc Lamotte and Abdelkader Ouali) , University of Caen Normandy, funded by the ANR project GMLaS, 2025–2028.    </w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">POSTDOCTORAL FELLOWS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  1. **Jean-Philippe Métivier**, Post-doc (funded by the ANR projects FICOLOFO and Hybride ), UCN, October, 2011–July, 2013.   				  2. **Amina Kemmar**, Post-doc (funded by the ANR Project Hybride), UCN, March, 2014 –June, 2014.				  3.**Noha NEKAMICHE**, Post-doc (partially funded by the european project EDIH DIVA), IMT Atlantique, March, 2026.      </w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">TEACHING ACTIVITIES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  ◦ Sept. 2003 –June 2020	[IUT of Caen] (https://loudni.users.greyc.fr/teaching.html) (2003-2020), UCN (Master 2 Research AMI, DECIM)							  	- “Advanced Network Security”,  “Internet network”,  “IP addressing and routing” 							  	- “Algorithms and programming”, “Advanced algorithms”, “Parallel programming”							  	- “Artificial Intelligence”, “Metaheuristics”, “Data mining”      ◦ Sept. 2020 –present	IMT Atlantique       	- “Object-oriented programming”, “C/C++ programming”, “Introduction to Python”, “Machine Learning”    </w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">INSTITUTIONAL RESPONSIBILITIES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  ◦ Since Febriary, 2024 : Designated Co-Lead of the Steering Committee for the IMT **Data & AI** community.	  ◦ Since January, 2022 : Head of the research team Theory, Algorithms and Constraint Systems (TASC), at LS2N  				  ◦ September, 2016–August, 2019 : Head of the Computer Science Department at the IUT of Caen				  ◦ September, 2022 –December, 2024 : Program Committee Board (PCB) member of the Inter. Conf. IJCAI 				  ◦ January, 2011 –October, 2014 : Coordinator for the GREYC lab of the FICOLOFO project funded by ANR    </w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">COMMISSIONS OF TRUST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  ◦ 2008–2021	Elected member of the CA of the French Association1 for Constraint Programming          ◦ June, 2010 –September 2020	Treasurer of the French Association2 for Constraint Programming</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Prizes/Awards/Academy memberships</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  ◦ UAI 2022 Inference Competition: [Toulbar2-VNS](http://miat.inrae.fr/toulbar2) and Toulbar2-ipr finished in 1st and 2nd places in the MPE and MMAP categories.         ◦ Third Best Paper Award at the [CIFSD 2021](https://cifsd-2021.sciencesconf.org/resource/page/id/13.html?) conference.         ◦ Best paper award at 2019 IEEE International Conference On Artificial Intelligence Testing (AITest 2019).          ◦ Best student paper award at Colloque sur l'Optimisation et les Systèmes d'Information (COSI'2015).           ◦ [Carl Smith student Award](http://eric.univ-lyon2.fr/ds-2012/awards.html) received at Fifteenth International Conference on Discovery Science (DS 2012). 				  ◦ Shared first place with Rina Dechter's team in the CPU-1h category of the UAI'12 competition challenge ([PIC'11](http://www.cs.huji.ac.il/project/PASCAL/index.php)). Invited for an oral presentation at the UAI'12 session dedicated to presenting our winning method for this [competition](http://www.auai.org/uai2012/pascal.shtml). </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (92)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sampling Frequent and Diversified Patterns Through Compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pesant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAC '25: 40th ACM/SIGAPP Symposium on Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Catania, Italy. pp.1053-1054, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3672608.3707872⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05363617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échantillonnage Actif pour la Découverte de Règles Classification via des Comparaisons par Paires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor Matei Opran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction et Gestion des Connaissances, EGC'2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Strasboug, France. pp.231-238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04932747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling OCL Collection Types and Type Casting using Constraint Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Coyle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Calvar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Tisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 37th International Conference on Tools with Artificial Intelligence (ICTAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Athène, Greece. pp.1428-1435, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI66417.2025.00206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Enforcing Structural OCL Constraints using Constraint Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Coyle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Calvar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Tisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAC '25: 40th ACM/SIGAPP Symposium on Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Catania, Italy. pp.1692-1701, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3672608.3707919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sampling Frequent and Diverse Patterns Through Compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pesant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Pacific-Asia Conference on Knowledge Discovery and Data Mining, PAKDD 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Sydney, NSW, Australia. pp.189-200, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-96-8170-9_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05363539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble de correction minimal basé sur l'adéquation des contraintes en clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Beauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi-Bich-Hanh Dao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones de Programmation par Contraintes (Évènement affilié à PFIA 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05095041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to Rank Based on Choquet Integral: Application to Association Rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Belmecheri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Knowledge Discovery and Data Mining - 28th Pacific-Asia Conference on Knowledge Discovery and Data Mining, {PAKDD} 2024,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Taipei, Taiwan. pp.313-326, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-97-2242-6_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux Descripteurs Discriminants pour la Fouille Interactive de Motifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albrecht Zimmermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème conférence francophone sur l'Extraction et la Gestion des Connaissances EGC 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Dijon (Bourgogne), France. pp.409--416</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille Interactive de Motifs à Haute Utilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Garfagni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albrecht Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beldiceanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème conférence francophone sur l'Extraction et la Gestion des Connaissances EGC 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Dijon (Bourgogne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échantillonnage d'ensemble de motifs diversifiés par compression locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pesant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème conférence francophone sur l'Extraction et la Gestion des Connaissances EGC 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive Pattern Mining using Discriminant Sub-patterns as Dynamic Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albrecht Zimmermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAKDD 2023: 27th Pacific-Asia Conference on Knowledge Discovery and Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Osaka (Japon), Japan. pp.252-263, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-33374-3_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incremental Constrained Clustering by Minimal Weighted Modification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Beauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi-Bich-Hanh Dao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CP 2023: 29th International Conference on Principles and Practice of Constraint Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Andre Augusto Cire, Aug 2023, Toronto, Ontario, Canada. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.CP.2023.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille de motifs sans seuil par optimisation multi-objectifs : Application aux règles d'association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2023 : 23ème conférence francophone sur l'extraction et la gestion des connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Lyon, France. pp.483--490</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration incrémentale de contraintes pour le clustering avec la programmation par contraintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Beauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi-Bich-Hanh Dao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones de Programmation par Contraintes (Evènement affilié à PFIA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Saint-Étienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode d'apprentissage par optimisation multicritère pour le rangement de motifs en fouille de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Belmecheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2022 - 22e Conférence Extraction et Gestion des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Blois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03687103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Threshold-free Pattern Mining Meets Multi-Objective Optimization: Application to Association Rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJCAI-ECAI 2022 - 31ST INTERNATIONAL JOINT CONFERENCE ON ARTIFICIAL INTELLIGENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Messe Wien, Vienna, Austria. pp.1880--1886, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24963/ijcai.2022/261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille de Motifs Fermés et Diversifiés Basée sur la Relaxation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Laghzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale Francophone sur la Science des Données (CIFSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers l'extraction efficace des représentations condensées de motifs; Application aux motifs Pareto Dominants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale Francophone sur la Science des Données (CIFSD) Actes de la 9e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation des techniques de fouille de données pour la compression de contraintes tables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soufia Bennai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Amroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20èmes Journées Francophones Extraction et Gestion des Connaissances, EGC 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02480627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Relaxation-based Approach for Mining Diverse Closed Patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Amine Laghzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Machine Learning and Knowledge Discovery in Databases - European Conference, {ECML} {PKDD} 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Ghent (virtual), Belgium. pp.36--54, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-67658-2_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03244005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Data Mining Techniques for Compressing Table Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soufia Bennai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Amroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 31st International Conference on Tools with Artificial Intelligence (ICTAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Portland, Oregon, United States. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI.2019.00015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compressing and Querying Skypattern Cubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Termier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEA/AIE-2019 - 32nd International Conference on Industrial, Engineering &amp; Other Applications of Applied Intelligent Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Graz, Austria. pp.406-421, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-22999-3_36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multiple Fault Localization Approach based on Multicriteria Analytical Hierarchy Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AITest 2019 - 1st IEEE International Conference on Artificial Intelligence Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, San Francisco, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AITest.2019.00-16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02089746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple Fault Localization Using Constraint Programming and Pattern Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 29th International Conference on Tools with Artificial Intelligence (ICTAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Boston, United States. pp.860-867, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI.2017.00134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03130609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equitable Conceptual Clustering using OWA operator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Pacific-Asia Conference, PAKDD 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Melbourne, Australia. pp.465-477</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01709850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche complète à voisinages variables guidée par la décomposition arborescente pour la minimisation d'énergie dans les modèles graphiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Journées Francophones sur les Réseaux Bayésiens et les Modèles Graphiques Probabilistes 2018 (JFRB 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Toulouse, France. 114 p., </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/RIA.-.1-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent algorithmic advances for combinatorial optimization in graphical models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Katsirelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Schiex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Zytnicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Symposium on Mathematical Programming (ISMP-18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Bordeaux, France. 80 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de l'opérateur OWA pour le clustering conceptueí equitable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Journées Francophones de Programmation Par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closed-Pattern : Une contrainte globale pour l’extraction de motifs fréquents fermés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2017 - 13es Journées Francophones de Programmation par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Montreuil sur Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative Decomposition Guided Variable Neighborhood Search for Graphical Model Energy Minimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Uncertainty in Artificial Intelligence, UAI 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative Decomposition Guided Variable Neighborhood Search for Graphical Model Energy Minimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Uncertainty in Artificial Intelligence (UAI'17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Sydney, Australia. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integer Linear Programming for Pattern Set Mining; with an Application to Tiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albrecht Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific-Asia Conference on Knowledge Discovery and Data Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Jeju, South Korea. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-57529-2_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01597819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiently Finding Conceptual Clustering Models with Integer Linear Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albrecht Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th International Joint Conferences on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01597804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Global Constraint for Closed Frequent Pattern Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Lemière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CP 2016 - 22nd International Conference on Principles and Practice of Constraint Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Toulouse, France. pp.333-349, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-44953-1_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-01374719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering conceptuel en PLNE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loudni Samir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albrecht Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12-èmes Journées Francophones de Programmation par Contraintes (JFPC’16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering Conceptuel en PLNE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albrecht Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12-èmes Journées Francophones de Programmation par Contraintes (JFPC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02480619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Global Constraint for Mining Sequential Patterns with {GAP} Constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integration of {AI} and {OR} Techniques in Constraint Programming - 13th International Conference (CPAIOR 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Banff, AB, Canada. pp.198--215, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-33954-2_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PREFIX-PROJECTION Global Constraint for Sequential Pattern Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principles and Practice of Constraint Programming - 21st International Conference, CP 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Cork, Ireland. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-23219-5_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation de fautes à l’aide de la fouille de données sous contraintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COSI: Colloque sur l'Optimisation et les Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Oran, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-01276185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul du cube de skypatterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11èmes Journées Francophones de Programmation par Contraintes (JFPC 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Mining Optimal Patterns using Dynamic CSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE 27th International Conference on Tools with Artificial Intelligence (ICTAI 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Vietri-sul-mare, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computing Skypattern Cubes using Relaxation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Int. Conf. on Tools with Artificial Intelligence (ICTAI 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Limassol, Cyprus. pp.859-866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et extraction de motifs optimaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance de Formes et Intelligence Artificielle (RFIA) 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00989226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining Skypattern Cubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Europ. Conf. on Artificial Intelligence, (ECAI'14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Prague, Czech Republic. p1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01026285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative parallel decomposition guided VNS for solving Weighted CSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Loukil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Int. Workshop on Hybrid MetaHeuristics (HM 14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, hamburg, Germany. pp 100-114, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-07644-7_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining (Soft-) Skypatterns using Dynamic CSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lepailleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Int. Conf. on Integration of Artificial Intelligence (AI) and Operations Research (OR) techniques in Constraint Programming (CP-AI-OR'14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Lyon, France. pp.71-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche PPC pour la fouille de données séquentielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Journées Francophones Extraction et Gestion des Connaissances, EGC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, rennes, France. pp.395-400</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche PPC pour la fouille de données séquentielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Journées Francophones Extraction et Gestion des Connaissances, EGC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining Relevant Sequence Patterns with CP-Based Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th {IEEE} International Conference on Tools with Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Limassol, Cyprus. pp.552 - 559, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI.2014.89⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche parallèle coopérative exploitant la décomposition arborescente dans VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Loukil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Colloque sur l'Optimisation et les Systèmes d'Information et les Systèmes d'Information (COSI 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Béjaia, Algeria. pp.P1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01026276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining Relevant Sequence Patterns with CP-based Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Int. Conf. on Tools with Artificial Intelligence (ICTAI 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Limassol,, Cyprus. pp.552-559</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte des soft-skypatterns avec une approche PPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lepailleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 13ème Journées Francophones Extraction et Gestion de Connaissances (EGC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, toulouse, France. pp.217-228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01023905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiter les séparateurs : une approche hybride combinant recherche locale et recherche arborescente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones de Programmation par Contraintes (JFPC'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, aix-en-provence, France. pp.223-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Constraint Programming Approach for Mining Sequential Patterns in a Sequence Database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Workshop Languages for Data Mining and Machine Learningco-located with the European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases (ECML/PKDD 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Prague, Czech Republic. p.50-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01023788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffinement de la décomposition arborescente par fusion de clusters pour guider DGVNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9-èmes Journées Francophones de Programmation par Contraintes (JFPC'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, aix-en-provence, France. pp.133-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensification/Diversification in Decomposition Guided VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hybrid Metaheuristics - 8th International Workshop, HM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Napoli, Italy. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-38516-2_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower and upper queries for graph-mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Ouali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Workshop Languages for Data Mining and Machine Learning co-located with the European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases (ECML/PKDD 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, prague, Czech Republic. pp.95-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining (Soft-)Skypatterns using Constraint Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lepailleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Workshop Languages for Data Mining and Machine Learningco-located with the European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases (ECML/PKDD 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Prague, France. pp.20-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensification/Diversification in Decomposition Guided VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Workshop on Hybrid MetaHeuristics (HM'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Napoli, Italy. pp22-36, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-38516-2_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DGVNS guidée par les séparateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9-èmes Journées Francophones de Programmation par Contraintes (JFPC'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, aix-en-provence, France. pp.205-214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01023971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction de motifs sous contraintes souples de seuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete and Incomplete Approaches for Graph Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 4th International Conference on Web and Information Technologies (ICWIT 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Sidi Bel-Abbes, Algeria. pp.312-317</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01022850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation de la décomposition arborescente pour guider la recherche VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00810146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filtrage de fonctions de coût globales décomposables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Huitièmes Journées Francophones de Programmation par Contraintes (JFPC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Programmation par Contraintes (AFPC). FRA., May 2012, Toulouse, France. pp.358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filtering decomposable global cost functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty-Sixth Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Toronto, Canada. pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filtrage de fonctions de coût globales décomposables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2012 - 8es Journées Francophones de Programmation par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering sous contraintes utilisant SAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medhi Khiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loudni Samir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée francophones de programmation par contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00810470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agrégations de Among à l'aide de décompositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée francophones de programmation par contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00810481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft Threshold Constraints for Pattern Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Int. Conf. on Discovery Science (DS 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Lyon, France. pp.313-327</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01023751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constrained Clustering using SAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medhi Khiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Int. Symposium on Intelligent Data Analysis (IDA 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Helsinki, Finland. pp.207-218</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01023070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filtering Decomposable Global Cost Functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAI Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Toronto, ON, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00748187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A constraint language for declarative pattern discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medhi Khiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAC '12 Proceedings of the 27th Annual ACM Symposium on Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Trento, Italy. pp.119-125, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2245276.2245302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01022008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensification/Diversification-Driven ILS for a Graph Coloring Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Conference on Evolutionary Computation in Combinatorial Optimization (EvoCOP 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Malaga, Spain. pp.160-171</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01022859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting separators for guiding VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURO Conference XXVIII on Variable Neighbourhood Search (MEC VNS'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, belgrade, Serbia. pp.24 (abstract)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01025545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining VNS and soft global constraints for solving NRPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème congrès de la société française de recherche opérationnelle et d'aide à la décision (ROADEF'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Saint Etienne, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01017726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Constraint-based Language for Declarative Pattern Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medhi Khiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Mining Workshops (ICDMW), 2011 IEEE 11th International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, vancouver, Canada. p.1112-1119, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDMW.2011.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01017223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering Knowledge using a Constraint-based Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medhi Khiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dagstuhl Seminar 11201 "Constraint Programming meets Machine Learning and Data Mining" (DPA 11201)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, -, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensification/Diversification de VNS : Application au Problème de Coloration de Graphes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Septièmes Journées Francophones de Programmation par Contraintes (JFPC'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Lyon, France. p.191-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport des décompositions arborescentes dans les méthodes de recherche de type VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème congrès de la société française de recherche opérationnelle et d'aide à la décision (ROADEF'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Saint Etienne, France. pp.I: 89-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01017311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guiding VNS with tree decomposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IEEE International Conference on Tools with Artificial Intelligence (ICTAI 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Boca Raton, FL, United States. pp.505 - 512, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI.2011.82⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting tree decomposition within VNS for solving constraint optimization problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The IX Metaheuristics International Conference (MIC'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Udine, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decomposing Global Cost Functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Guttiriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Workshop on Preferences and Soft Constraints (Soft'11) in 17th Int. Conf. on Principles and Practice of Constraint Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Perugia, Italy. pp.16-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01017977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining VNDS with Soft Global Constraints Filtering for Solving NRPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference on the Practice and Theory of Automated Timetabling (PATAT'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Belfast, Ireland. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01017218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Softening the Global Cardinality Constraint with Preferences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF'09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Nancy, France. pp39-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving Nurse Rostering Problems Using Soft Global Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Principles and Practice of Constraint Programming (CP'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Lisbon, Portugal, France. pp.73--87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relaxation de contraintes globales pour la modélisation de problème d'allocation d'infirmières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquièmes Journées Francophones de Programmation par Contraintes, Orléans, juin 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Orléans, France. pp.145-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00387838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Softening Gcc and Regular with preferences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th annual ACM Symposium on Applied Computing (SAC'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, University of Hawaii at Manoa, USA, United States. pp.1392--1396</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heuristiques de choix de voisinage pour les recherches à voisinage variable dans les WCSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Levasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2008- Quatrièmes Journées Francophones de Programmation par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LINA - Université de Nantes - Ecole des Mines de Nantes, Jun 2008, Nantes, France. pp.247-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00292651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relaxation de AllDifferent avec préférences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Metivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2008- Quatrièmes Journées Francophones de Programmation par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LINA - Université de Nantes - Ecole des Mines de Nantes, Jun 2008, Nantes, France. pp.191-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00291577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heuristique de choix de valeur dirigée par HQ dans les WCSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Levasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPC 2008- Quatrièmes Journées Francophones de Programmation par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LINA - Université de Nantes - Ecole des Mines de Nantes, Jun 2008, Nantes, France. pp.257-266</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00292657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-Line Resources Allocation for ATM Networks with Rerouting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth International Workshop on Integration of AI and OR techniques in Constraint Programming for Combinatorial Problems (CP-AI-OR 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Montréal, Canada, Canada. pp.51 -- 65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réservation en ligne avec reroutage de demandes de connexions dans les réseaux ATM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douzièmes Journées Francophones de Programmation en Logique et de programmation par Contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Amiens, France, France. pp.169 -- 182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximizing diversity in k-pattern set mining through constraint programming and entropy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Amine Douad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 55 (7), pp.597. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/S10489-025-06482-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05363589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling MDL and Markov chain Monte Carlo to sample diverse pattern sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pesant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data and Knowledge Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 156, pp.102393. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.datak.2024.102393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille de motifs diversifiés : une approche basée sur la relaxation et l'échantillonnage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Science des données SDC 2024, RNTI A.9, pp.33-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction efficace des représentations condensées de motifs: Applications aux skypatterns et aux clusterings conceptuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Science des donnée SDC 2024, RNTI-A-9, pp.71-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining diverse sets of patterns with constraint programming using the pairwise Jaccard similarity relaxation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Hien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Constraints</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10601-024-09373-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Java Library for Itemset Mining with Choco-solver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vernerey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Open Source Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (88), pp.5654. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21105/JOSS.05654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Efficient Heuristic Approach Combining Maximal Itemsets and Area Measure for Compressing Voluminous Table Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soufia Bennai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Amroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Supercomputing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 79 (1), pp.650-676. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11227-022-04667-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting the Learning for Ranking Patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Belmecheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algorithms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 16 (5), pp.218. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/a16050218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable neighborhood search for graphical model energy minimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence (AIJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 278, pp.103194. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.artint.2019.103194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interval graph mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kemmar Amina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Data Mining, Modelling and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (1), pp.1-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault localization using itemset mining under constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automated Software Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (2), pp.341-368. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10515-015-0189-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-01276633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skypattern mining: From pattern condensed representations to dynamic constraint satisfaction problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lepailleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence (AIJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 244, pp.48-69. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.artint.2015.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prefix-projection global constraint and top-k approach for sequential pattern mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Constraints</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 22 (2), pp.265 - 306. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10601-016-9252-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tractability-preserving Transformations of Global Cost Functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence (AIJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 238, pp.166-189. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.artint.2016.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-01374533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une contrainte globale pour l'extraction de motifs séquentiels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kemmar Amina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lebbah Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loudni Samir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charnois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 30 (6), pp.675--703. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ria.30.675-703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01421274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Constraint Programming Approach for Web Log Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Kemmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Technology and Web Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (4), pp.24 - 42. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJITWE.2016100102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Replicated Parallel Strategies for Decomposition Guided VNS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Loukil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Notes in Discrete Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 47, pp.93-100. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.endm.2014.11.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft Constraints for Pattern Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lepailleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 44 (2), pp.193-221. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10844-013-0281-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Tree Decomposition for Guiding Neighborhoods Exploration for VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAIRO - Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47 (2), pp.91 - 123. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ro/2013030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Tree Decomposition for Guiding Neighborhoods Exploration for VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAIRO - Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47 (2), pp91-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Separators for Guiding VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Notes in Discrete Mathematics (39)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.265-272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01023183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced generic neighorhoood heuristics for VNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Levasseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (5), pp.Pages 736-764. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.engappai.2010.01.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01016540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-Line Resource Allocation for ATM Networks with Rerouting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 33 (10), pp.2891-2917</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00482990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Methods for Compressing Table Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soufia Bennai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Amroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rakia Jaziri; Antoine Cornuéjols; Fabrice Guillet; Arnaud Martin; Etienne Cuvelier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Knowledge Discovery and Management Vol. 10 (AKDM-10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1110, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Nature Switzerland AG</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-28, 2024, Studies in Computational Intelligence, 978-3-031-40402-3. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-40403-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable Neighborhood Search for Cost Function Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Ouali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Formal Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Singapore, pp.1-29, 2023, 978-981-19-8851-6. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-19-8851-6_10-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cost Function Networks to Solve Large Computational Protein Design Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Katsirelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Malek Masmoudi, Bassem Jarboui, Patrick Siarry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Operations Research and Simulation in healthcare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.81-102, 2021, 978-3-030-45223-0. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-45223-0_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining (Soft-) Skypatterns Using Constraint Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lepailleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabrice Guillet; Bruno Pinaud; Gilles Venturini; Djamel Abdelkader Zighed. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Knowledge Discovery and Management 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 615, Springer, pp.105-136, 2016, Studies in Computational Intelligence, 978-3-319-23751-0. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-23751-0_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining (Soft-) Skypatterns Using Dynamic CSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Ugarte Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Boizumault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Crémilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lepailleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integration of AI and OR Techniques in Constraint Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8451, Springer International Publishing, pp.71-87, 2014, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-07046-9_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AHP: A Multiple Fault Localization Approach based on Multicriteria Analytical Hierarchy Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:41e22cc1f4f175b1435eb01238cff25f232468c6;origin=https://hal.archives-ouvertes.fr/lirmm-02149465;visit=swh:1:snp:99ffb54b9e9d64e9ebcec7d401081c8eb42a1237;anchor=swh:1:rev:9870e2f41abe0ea3333ca3a8e146d755f7ff4658;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02149465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F-CPminer: Fault localization using itemset mining under constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Lazaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahia Lebbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Aribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:2f4b0830559d041d4ad561d6a01615c4aa9b34f2;origin=https://hal.archives-ouvertes.fr/lirmm-02148304;visit=swh:1:snp:49dec3fd34c903ae2cf6879176e33994092442a2;anchor=swh:1:rev:2370a16d3052c21d41fe81acc604c800f3be8bb1;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02148304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions à la résolution des WCSP et approches déclaratives pour la fouille de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Loudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Intelligence artificielle [cs.AI]. Université Caen Normandie, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01439261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId243"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="82CD5BE8"/>
+    <w:nsid w:val="87ECE389"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="CBF0CCA1"/>
+    <w:nsid w:val="CA8EB7B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -489,51 +489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samir-loudni" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6245-7661" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932747v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor Matei Opran" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Loudni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363617v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Camelin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pesant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Truchet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707872" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411063v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Coyle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Le Calvar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Tisi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI66417.2025.00206" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068730v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707919" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363539v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-8170-9_15" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095041v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Beauchamp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Bich-Hanh Dao" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Vrain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719092v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vernerey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Aribi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Lebbah" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Belmecheri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-2242-6_25" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931430v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold Hien" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ouali" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albrecht Zimmermann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931411v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Garfagni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beldiceanu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719113v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042541v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33374-3_20" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158825v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CP.2023.10" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042605v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687871v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03687103v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Lazaar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687132v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2022/261" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686185v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Laghzaoui" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686143v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480627v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufia Bennai" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Amroun" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03244005v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Amine Laghzaoui" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67658-2_3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02463468v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2019.00015" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190788v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Ugarte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Boizumault" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cr&#233;milleux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Termier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-22999-3_36" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089746v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Maamar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AITest.2019.00-16" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03130609v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2017.00134" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733676v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Allouche" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RIA.-.1-7" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818827v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785380v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Katsirelos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schiex" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Zytnicki" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02088910v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bessiere" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733961v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597819v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57529-2_23" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01374719v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lemi&#232;re" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44953-1_22" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421282v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Kemmar" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Charnois" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-33954-2_15" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628152v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23219-5_17" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01276185v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627117v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247156v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989226v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Ugarte Rojas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024659v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Loukil" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07644-7_8" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628146v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Metivier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024811v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024756v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lepailleur" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628142v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2014.89" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024611v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fontaine" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023788v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024454v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024361v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38516-2_3" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-GFFLCL19-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022850v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Ouali" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00811198v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747133v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gutierrez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00810146v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747813v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023070v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Khiari" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022008v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2245276.2245302" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022859v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00748187v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017726v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018027v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017311v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018444v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2011.82" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017977v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Guttiriez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018054v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015106v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387838v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015040v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00292651v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Levasseur" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00291577v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00292657v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448545v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe David" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363589v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Amine Douad" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S10489-025-06482-6" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931484v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2024.102393" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931467v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931456v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719085v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10601-024-09373-8" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457360v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/JOSS.05654" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779874v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-022-04667-1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130835v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a16050218" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628164v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kemmar Amina" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01276633v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10515-015-0189-z" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048224v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2015.04.003" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628159v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10601-016-9252-z" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628157v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJITWE.2016100102" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02088733v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ouali," TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2014.11.013" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JC1G83QM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628137v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2013030" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024210v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00482990v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687051v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-40403-0?sap-outbound-id=F21FAF0858AF588E0B5DF6F273C09984DC76A4E3&amp;amp;utm_source=standard&amp;amp;utm_medium=email&amp;amp;utm_campaign=000_LAN36_0000019083_Book%20author%20congrats%20NEW&amp;amp;utm_content=EN_34155_20240205&amp;amp;mkt-key=42010A0D569E1EDCA9E5C5BAA2989BA9" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40403-0" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457378v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-8851-6_10-1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177634v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbe" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Katsirelos" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-030-45223-0_4" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45223-0_4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627054v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23751-0_6" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481479v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07046-9_6" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02148304v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:2f4b0830559d041d4ad561d6a01615c4aa9b34f2;origin=https://hal.archives-ouvertes.fr/lirmm-02148304;visit=swh:1:snp:49dec3fd34c903ae2cf6879176e33994092442a2;anchor=swh:1:rev:2370a16d3052c21d41fe81acc604c800f3be8bb1;path=/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01439261v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samir-loudni" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6245-7661" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363617v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Camelin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Loudni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pesant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Truchet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707872" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932747v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor Matei Opran" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411063v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Coyle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Le Calvar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Tisi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI66417.2025.00206" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068730v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707919" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363539v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-8170-9_15" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095041v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Beauchamp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Bich-Hanh Dao" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Vrain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719092v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vernerey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Aribi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Lebbah" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Belmecheri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-2242-6_25" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931430v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold Hien" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ouali" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albrecht Zimmermann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931411v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Garfagni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beldiceanu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719113v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042541v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33374-3_20" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158825v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CP.2023.10" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042605v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687871v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03687103v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Lazaar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687132v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2022/261" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686185v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Laghzaoui" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686143v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480627v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufia Bennai" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Amroun" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03244005v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Amine Laghzaoui" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67658-2_3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02463468v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2019.00015" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190788v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Ugarte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Boizumault" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cr&#233;milleux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Termier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-22999-3_36" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089746v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Maamar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AITest.2019.00-16" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03130609v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2017.00134" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709850v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733676v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Allouche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RIA.-.1-7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785380v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Katsirelos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schiex" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Zytnicki" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818827v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02088910v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bessiere" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628162v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733961v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597819v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57529-2_23" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597804v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01374719v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lemi&#232;re" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44953-1_22" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02088803v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loudni Samir" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02480619v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421282v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Kemmar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Charnois" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-33954-2_15" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628152v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23219-5_17" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01276185v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627117v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247156v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145902v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Ugarte Rojas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989226v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026285v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024659v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Loukil" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07644-7_8" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024756v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lepailleur" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024811v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Metivier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628146v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628142v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2014.89" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026276v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145905v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023905v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024045v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fontaine" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023788v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024611v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628147v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38516-2_3" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-GFFLCL19-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024401v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Ouali" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024454v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024361v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023971v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00811198v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022850v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00810146v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747133v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gutierrez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747813v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00809789v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00810470v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Khiari" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00810481v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023751v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023070v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00748187v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022008v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2245276.2245302" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022859v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025545v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017726v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017223v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDMW.2011.11" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018027v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018452v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017311v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018444v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2011.82" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018054v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017977v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Guttiriez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017218v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015047v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015106v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387838v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015040v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00292651v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Levasseur" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00291577v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00292657v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448544v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe David" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448545v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363589v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Amine Douad" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S10489-025-06482-6" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931484v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2024.102393" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931467v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931456v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719085v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10601-024-09373-8" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457360v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/JOSS.05654" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779874v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-022-04667-1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130835v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a16050218" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02463467v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2019.103194" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628164v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kemmar Amina" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01276633v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10515-015-0189-z" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048224v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2015.04.003" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628159v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10601-016-9252-z" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01374533v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2016.06.005" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421274v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebbah Yahia" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.30.675-703" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628157v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJITWE.2016100102" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02088733v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ouali," TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2014.11.013" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JC1G83QM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024695v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-013-0281-4" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628137v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2013030" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024210v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023183v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016540v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2010.01.014" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4F5JMTXD-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00482990v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687051v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-40403-0?sap-outbound-id=F21FAF0858AF588E0B5DF6F273C09984DC76A4E3&amp;amp;utm_source=standard&amp;amp;utm_medium=email&amp;amp;utm_campaign=000_LAN36_0000019083_Book%20author%20congrats%20NEW&amp;amp;utm_content=EN_34155_20240205&amp;amp;mkt-key=42010A0D569E1EDCA9E5C5BAA2989BA9" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40403-0" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457378v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-8851-6_10-1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177634v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbe" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Katsirelos" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-030-45223-0_4" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45223-0_4" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627054v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23751-0_6" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481479v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07046-9_6" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02149465v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:41e22cc1f4f175b1435eb01238cff25f232468c6;origin=https://hal.archives-ouvertes.fr/lirmm-02149465;visit=swh:1:snp:99ffb54b9e9d64e9ebcec7d401081c8eb42a1237;anchor=swh:1:rev:9870e2f41abe0ea3333ca3a8e146d755f7ff4658;path=/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02148304v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:2f4b0830559d041d4ad561d6a01615c4aa9b34f2;origin=https://hal.archives-ouvertes.fr/lirmm-02148304;visit=swh:1:snp:49dec3fd34c903ae2cf6879176e33994092442a2;anchor=swh:1:rev:2370a16d3052c21d41fe81acc604c800f3be8bb1;path=/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01439261v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>