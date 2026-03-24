--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Samir Saoudi </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Samir Saoudi, Professeur et chef du département &amp;quot;Mathematical & Engineering&amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">samir-saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3220-6754</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">06037408X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.imt-atlantique.fr/fr/personne/samir-saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource Allocation in Full-Duplex Multi-User RIS-Assisted Wireless-Powered IIoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reynah Akwafo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Kwamena Menanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hoon Yun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Internet of Things Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JIOT.2026.3667107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05526404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Neural Network Driven Precision Agriculture Multi-Path Multi-hop Noisy Plant Image Data Transmission and Plant Disease Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bennin Kwabena Ebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis A. Gookyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12243-025-01087-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-Efficiency With Massive MIMO MU-NOMA in Symbiotic BackCom IoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumaila Mahama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hoon Yun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (10), pp.2318-2322. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2024.3448372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04910070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fresnel Line-of-Sight Probability with Applications in Airborne Platform-Assisted Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2022.3151461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03566664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uplink Energy Efficiency Distribution with Aerial Users in Cellular Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Benevides da Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (2), </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LWC.2020.3029544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02963321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Trends in Stochastic Geometry for Wireless Networks: A Tutorial and Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Di Renzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JPROC.2021.3061778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03149285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TAS Strategies for Incremental Cognitive MIMO Relaying: New Results and Accurate Comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Tourki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.1 - 19. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2018.2829930⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01780395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-parametric kernel-based bit error probability estimation in digital communication systems: An estimator for soft coded QAM BER computation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasteur Poda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Guilloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Marie-Yves Tapsoba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Africaine de Recherche en Informatique et Mathématiques Appliquées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Volume 27 - 2017 - Special issue CARI 2016, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/arima.4348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01449035v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erasure coding for reliable adaptive retransmission in wireless broadcast/multicast systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amin Zribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramesh Pyndiah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Lagrange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Telecommunication Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 65 (4), pp.591 - 604. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11235-016-0253-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01573596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Level Kernel-based QAM symbol Error Probability Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasteur Poda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Science and Engineering (international journal)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Analysis of Project-and-Forward Relaying in Mixed MIMO-Pinhole and Rayleigh Dual-Hop Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20 (3), pp.610 - 613. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2016.2514348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of optical properties of high chiral planar waveguides obtained by sol–gel method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hadiouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Le Luyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Bensalah-Ledoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 36 (5), pp.885 - 891. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optmat.2013.12.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01896753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy efficiency of MIMO cooperative networks with energy harvesting sensor nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said El Abdellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Fakhri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJAHUC - International Journal of Ad Hoc and Ubiquitous Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (2), pp.1 - 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00834007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Complexity Frequency Domain Hybrid--ARQ Chase Combining for Broadband MIMO CDMA Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athanasios Vasilakos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012, pp.134. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1687-1499-2012-134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo Packet Combining for Relaying Schemes over Multi-Antenna Broadband Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 61 (7), pp.2965 - 2977. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2012.2201761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast performance prediction of power controlled HSUPA with channel estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012, pp.148. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1687-1499-2012-148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opportunistic Random Access Scheme Design for OFDMA-based Indoor PLC Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rongping Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Delivery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 27 (4), pp.2073 - 2081. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPWRD.2012.2203616⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo packet combining for broadband space-time BICM hybrid-ARQ systems with co-channel interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Wireless Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 9 (5), pp.1686 - 1697. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TWC.2010.05.090441⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast soft bit error rate estimation method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Derham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coupé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2010, pp.372370. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2010/372370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A turbo decoder included in a multi-user detector: a solution to be retained</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Kerouedan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makram Touzri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of communications, network and system sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3 (10), pp.826 - 834. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/ijcns.2010.310112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00704254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive quasi-orthogonal space time block codes using partial feedback in MIMO HSDPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakimi Walid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammar Bouallègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of computational science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3 (4), pp.415 - 435</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00444457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial Crosstalk Cancellation with a discrete bit-loading using genetic algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issam Wahibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AEU - International Journal of Electronics and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 64 (5), pp.383-389</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIC/LMMSE detector for 3GPP WCDMA enhanced uplink system over multipath fading channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud El Jamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of computational science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3 (5), pp.501 - 511</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Iterative Soft Bit Error Rate Estimation ofAny Digital Communication Systems Using aNon Parametric Probability Density Function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.1 - 17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo packet combining strategies for the MIMO ISI ARQ Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (12), pp.3782 - 3793. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCOMM.2009.12.080318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00473723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chip-level HARQ chase combining for HSUPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research letters in communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2009 (ID 230276), </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2009/230276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stationary Interference Cancellation in Upstream Coordinated DSL Using a Turbo-MMSE Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issam Wahibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multimedia Broadcasting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2008, pp.428037. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2008/428037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical plug-in method for kernel density estimator applied to genetic neutrality study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel M. Alimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Advances in Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2008, pp.739082. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2008/739082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HARQ-SIC algorithm for MC-CDMA system in multipath radio fading channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ahmed Faqihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benayad Nsiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of computational science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2 (6)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space time turbo equalization with successive interference cancellation for multipath coded MIMO channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 57 (5), pp.2766 - 2778. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2007.914061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conjugate-gradient based iterative interference concellation in DS-CDMA systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Marocain d'Automatique, d'Informatique et de Traitement du Signal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.1 - 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative successive cancellation for multi user DS/CDMA detectors in multi-path channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 57 (1-2), pp.105 - 124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic K-means Algorithm for vector quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balach Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pattern Recognition Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 22 (6-7), pp.603 - 610. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0167-8655(01)00021-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High quality low delay (5ms) sub-band audio coder (20hz-15KHs) at low bit rate (64kbit/s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mainard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 54 (5-6), pp.267 - 280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codage audio haute qualité (20 Hz-15 KHz) à débit réduit (64 kbits/s) et à faire retard (5ms)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mainard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 54 (5-6), pp.267 - 280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real time vector quantization of LSP parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balázs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Horvath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 29 (1), pp.39 - 47. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0167-6393(99)00026-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some Statistical properties of the kernel-diffeomorphism estimator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hillion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Stochastic Models and Data Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 13 (1), pp.39 - 58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-parametric probability density function estimation on a bounded support: applications to shape classification and speech coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hillion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Stochastic Models and Data Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 10 (3), pp.215 - 231. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/asm.3150100306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new efficient algorithm to compute the LSP parameters for speech coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 28 (2), pp.201 - 212. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0165-1684(92)90036-V⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (157)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Efficient Device-To-Device Routing in Three-Tier Symbiotic Radio IoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bennin Kwabena Ebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjillali Mustapha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2025: IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Mar 2025, Milan, Italy. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC61545.2025.10978523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-user Full-duplex Reconfigurable Intelligent Surface Assisted Wireless Powered IIoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akwafo Reynah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Menanor Samuel K.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lee Kyoung-Jae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC2025-Spring: IEEE 101st Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jun 2025, Oslo (Norway), Norway. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VTC2025-Spring65109.2025.11174875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicle-To-Everything Downlink and Uplink Communication Using Multi-Carrier Rate-Splitting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Ji-Hoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjillali Mustapha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jun 2025, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revealing Embedded System Behaviors: A Comparative Analysis of Power Consumption and Hardware Performance Counters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mezaouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yehya Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Oliver Pahl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HS3 2025: 1st Workshop on Hardware-Supported Software Security - Co-located with ESORICS 2025, 25th of September 2025 in Toulouse, FR.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESORICS 2025, 25th of September 2025 in Toulouse, FR., Sep 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05225637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sum-Rate Maximization of Symbiotic Multi-V2X MISO and Multi-RIS BackCom with Imperfections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kofi Ofori-Amanfo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hoon Yun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 100th Vehicular Technology Conference (VTC2024-Fall)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Washington, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VTC2024-Fall63153.2024.10757468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04910086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision Agriculture Deep Neural Network Driven Multi-hop Plant Image Noisy Data Transmission and Plant Disease Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kwadwo Boateng Ofori-Amanfo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kwabena Ebo Bennin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyoung-Jae Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC 2024: IEEE International Conference on Signal, Image, Video and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Marrakech, Morocco. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIVC61350.2024.10577918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Source Cognitive BackCom with Temporal Combining for Reliable IoT Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard B Nti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hoon Yun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CTW 2024: IEEE Communication Theory Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Banff, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource Allocation for IRS-Assisted Symbiotic Vehicular RSMA and Backscatter Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kofi Ofori-Amanfo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hoon Yun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 15th International Conference on Information and Communication Technology Convergence (ICTC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Jeju Island, South Korea. pp.1169-1170, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTC62082.2024.10827565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04910102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Energy-Efficient MU-MIMO and IRS BackCom Symbiotic Radio Network Resource Allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Menanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyoung-Jae Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hoon Yun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2024: IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Dubai, United Arab Emirates. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC57260.2024.10570509⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comparative Analysis of MU-NOMA IRS-and Relay-Assisted Symbiotic Radio IoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Kwamena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prince Anokye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyoung-Jae Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GC Wkshps 2023: IEEE Globecom Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Kuala Lumpur, Malaysia. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GCWkshps58843.2023.10464425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the role of stochastic geometry in sixth generation wireless networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Signal, Image, Video and Communications (ISIVC ’20)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Saint-Etienne, France. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIVC49222.2021.9487542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak supervision learning for semantic segmentation of metoceanic processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Longépé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Fablet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Tandeo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Informatics 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uplink Coverage and Handoff Rate with Realistic Power Control Models and Blind Cell Search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIMRC 2020: IEEE 31st Annual International Symposium on Personal, Indoor and Mobile Radio Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC48278.2020.9217209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02876545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Stochastic Geometry Based Approach to Tractable 5G RNPO with a New H-LOS Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2019 : IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Marrakech, Morocco. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2019.8885422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal TAS for Cross-Interference Mitigation in Cognitive MIMO MRC Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Tourki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Wireless Communications &amp; Mobile Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Tanger, Morocco. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IWCMC.2019.8766445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Analysis of UDNs With Resource Capacity and User Scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2019 : IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Marrakech, Morocco. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNCW.2019.8902783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closed-form Coverage Probability under the Idle Mode Capability: A Stochastic Geometry Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC 2018 : 9th International Symposium on Signal Image Video and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rabat, Morocco. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIVC.2018.8709219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01893752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Efficient kernel-based technique for QAM symbol error probability estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasteur Poda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2017 : IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, San Francisco, United States. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNCW.2017.7919077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01548351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Kernel-Based QAM Symbol Error Probability Estimation Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasteur Poda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2017 Fall : IEEE 86th Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Toronto, Canada. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VTCFall.2017.8287956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01614296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cross-validation based semi-analytical performance evaluation for high order modulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Ezzahra Naamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WINCOM 2016 : International Conference on Wireless Networks and Mobile Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Fez, Morocco. pp.140 - 145, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WINCOM.2016.7777205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Kernel-based soft BER estimator for coded QAM transmission systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasteur Poda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tapsoba Theodore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Guilloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC 2016 : 8th International Symposium on Signal, Image, Video and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kernel-based performance evaluation of coded QAM systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasteur Poda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Guilloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tapsoba Theodore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CARI 2016 : 13th African Conference on Research in Computer Science and Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Tunis, Tunisia. pp.182 - 191</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact Outage Analysis of SIMO Relay-aided Underlay Communications with Limited Feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Tourki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2016 Spring : 83th Semi-Annual Vehicular Technology Conference VTC Spring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Nanjing, China. pp.1 - 7, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VTCSpring.2016.7504243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrally-efficient SIMO relay-aided underlay communications: An exact outage analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Tourki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2014 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Sydney, Australia. pp.1531 - 1536, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2014.6883539⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01188823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centralized Scheduling of In-band Device-to-Device Communication Underlaying Cellular Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junyi Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Derham</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WPMC 2013 : 16th IEEE International Symposium on Wireless Personal Multimedia Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Atlantic City, Nj, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00945123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal-Level Cooperative Spatial Multiplexing for Uplink Throughput Enhancement in MIMO Broadband Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2013 : IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00833891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo receiver design for relay ARQ transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Ghogho</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBECOM 2012 : IEEE Global Communications Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Anaheim, California, United States. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2012.6503825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordinated in-band ad-hoc transmission underlying cellular networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junyi Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Letian Rong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Derham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC2012-Spring : IEEE 75th Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Maximum Likelihood and Expectation Maximization methods for Unsupervised Iterative Soft Bit Error Rate Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jia Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2012-Fall: 76th IEEE Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00947725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance prediction of HARQ Chase Combining with power control for HSUPA system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 3rd International Conference on Multimedia Computing and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Tanger, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Bit Error Rate Estimation Using Maximum Likelihood Kernel Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jia Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2012-Spring : IEEE 75th Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Yokohama, Japan. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2012.6240152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kernel method for Bit Error Rate Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jia Dong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC12: International Symposium on signal, Image, Video and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact Outage Probability Analysis for Relay-aided Underlay Cognitive Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Tourki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Qaraqe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC2012-Fall: 76th IEEE Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint-over-transmissions project and forward relaying for single carrier broadband MIMO ARQ systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2011-Spring: 73rd IEEE Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual antenna based combining for hybrid AF/DF relaying scheme over multi-antenna broadband channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WWRF : Wireless World Research Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Düsseldorf, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La méthode du noyau pour estimer rapidement une très faible probabilité derreur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jia Dong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA 2011 : Traitement et analyse de l'information, méthodes et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel non-parametric iterative soft bit error rate estimation technique for digital communications systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yukou Mochida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC2011: IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Kyoto, Japan. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icc.2011.5962691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A two-dimension opportunistic CSMA/CA protocol for OFDMA-based in-home PLC networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rongping Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2011 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Kyoto, Japan. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icc.2011.5962436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation rapide de la probabilité d'erreur pour les systèmes de communicationos numériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jia Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An opportunistic random access MAC protocol for indoor PLC networks with short-term fairness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rongping Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPLC 2011: 15th IEEE International Symposium on Power Line Communications and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Udine, Italy. pp.382 - 387, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISPLC.2011.5764427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo packet combining for hybrid AF/DF multi-relay-assisted systems over multi-antenna broadband channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WWRF27: 27th Wireless World Research Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Dussendorf, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cognitive cross-layer resource allocation scheme for in-home power line communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rongping Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2010 : International Conference on Communications,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of packet combining for single carrier multi-relay broadband system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPAWC 2010 : 11th IEEE International Workshop on Signal Processing Advances in Wireless Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative chip-level HARQ-chase combining for the 3GPP enhanced uplink system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud El Jamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISWPC 2010 : International Symposium on Wireless Pervasive Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Modena, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo packet combining techniques for multi-relay-assisted systems over multi- antenna broadband channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2010 : International Wireless Communications &amp; Mobile Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Caen, France. pp.1070 - 1074, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1815396.1815641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal-level turbo packet combining for multi-rate relay-assisted systems over multi-antenna broadband channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Globecom 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Miami, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness study of a new iterative soft bit rate estimation of any digital communication system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IST 2010 : IEEE International Conference on Imaging Systems and Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00498437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utility-based joint resource allocation and scheduling for indoor power line communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rongping Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPLC : International Symposium on Power Line Communications and its applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Rio De Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relay ARQ strategies for single carrier MIMO broadband amplify-and-forward cooperative transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st annual IEEE International Symposium on Personal, Indoor and Mobile Radio Communications, PIMRC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the design of turbo packet combining schemes for relay-assisted systems over multi-antenna broadband channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC2010-Spring : 71st IEEE international Conference on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of frequency domain HARQ chase combining schemes for broadband single carrier MIMO CDMA communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Globecom 2010 Workshop on Broadband Single Carrier and Frequency Domain Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Miami, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative channel estimation in MIMO HSDPA with QSTBC codes and MPIC receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakimi Walid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International symposium on turbo codes &amp; iterative information processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new SIC-HARQ receiver for the WCDMA enhanced uplink system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud El Jamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2010 : International Wireless Communications &amp; Mobile Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Caen, France. pp.1045 - 1049, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1815396.1815635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chip-level LMMSE based HARQ Chase Combining for HSUPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC Spring 2009 : 69th IEEE Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00473893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation non paramétrique et itérative de la probabilité d'erreur d'un système de communication numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA'09 : sixième édition des ateliers de travail sur le traitement et l'analyse de linformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Hammamet, Tunisie. pp.315 - 324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new hybrid ARQ scheme based on blind separation sources over MIMO system in multipaths radio fading channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ahmed Faqihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benayad Nsiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellah Adib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICM'09 : International Conference on Microelectronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved bit-error-rate estimation over experimental optical wireless channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamdouh El Tabach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Tortelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramesh Pyndiah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics West 2009, free-space laser communication technologies XXI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, San Jose, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La combinaison de l'égalisation linéaire LMMSE avec la technique HARQ pour le système HSUPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud El Jamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA'09 : sixième édition des ateliers de travail sur le traitement et l'analyse de linformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Hammamet, Tunisie. pp.353 - 360</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00450113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo packet combining for broadband MIMO relay communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MMS 2009 : Mediterranean Microwave Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Tangiers, Morocco. pp.1 - 4, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MMS.2009.5409772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crosstalk concellation in upstream coordinated DSL using an iterative MMSE receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issam Wahibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC09 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Dresden, Germany. pp.1 - 5, </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2009.5198876⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00473704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint turbo equalization for relaying schemes over frequency-selective fading channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2009 : International Wireless Communications and Mobile Computing Conference, 21-24 June, Leipzig, Germany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Leipzig, Germany. pp.1359 - 1364, </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1582379.1582678⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00473896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency domain hybridARQ chase combining for broadband MIMO communication with co-channel interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBECOM 2009 : IEEE Global Communications Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Hawaii, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00450186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of SIR-based power control in a WCDMA enhanced uplink system with the hybrid ARQ technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud El Jamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ISWPC09 : International Symposium on Wireless and Pervasive Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Link performance prediction for HSUPA in a multipath channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud El Jamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2009 : International Wireless Communications and Mobile Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Leipzig, Germany. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1582379.1582566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00473703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Packet combining and MMSE-based turbo equalization for the MIMO-ISI channel : performance-complexity trade-off</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WoSPA 2008 : 5th International Workshop on Signal processing and its Applications, March 18-20, Sharjah, UAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Sharjah, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non linear successive interference cancellation for Turbo CDMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCTA 2008 : 3rd International Conference on Information &amp; Communication Technology : from theory to applications, April 7-11, Damascus, Syria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Damascus, Syria. pp.1 - 3, </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTTA.2008.4530246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency domain packet combining with integrated MMSE block turbo equalization for broadband MIMO communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'08 : 4th IEEE International Symposium on Image/Video Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Bibao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of hybrid ARQ performance for HSDPA over block fading channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Hakimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammar Bouallegue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'08 : 4th IEEE International Symposium on Image/Video Communications, July 9-11, Bilbao, Spain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation and complexity evaluation of packet combining for multi-code transmission over multi-antenna broadband channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2008 : IEEE International Wireless Communications and Mobile Computing Conference, August 6-8, Crete Island, Greece</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Crete, Greece. pp.1006 - 1011, </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IWCMC.2008.174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpolation based channel estimation methods for DS-CDMA systems in Rayleigh multipath channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS'08, September 15-18, Québec, Canada</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint hybrid ARQ and iterative space-time equalization for coded transmission over MIMO-ISI channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2008 : IEEE wireless communications &amp; networking conference, March 31 - April 3, Las Vegas, USA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Las Vegas, United States. pp.622 - 627, </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2008.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generalised wideband space-time MIMO channel simulator based on the geometrical multi-radii one-ring model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Hakimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammar Bouallègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE VTC Spring '08 : 67th vehicular technology conference, 11-14 may, Marina Bay, Singapore</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Marina Bay, Singapore. pp.1266 - 1270, </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2008.267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint MIMO and inter path cancellation for HSDPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Hakimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammar Bouallegue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'08 : 4th IEEE International Symposium on Image/Video Communications, July 9-11, Bilbao, Spain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Packet combining with chip level frequency domain turbo equalization for multi-code transmission over multi-antenna broadband channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIMRC 2008 : 19th annual IEEE International Symposium on Personal, Indoor and Mobile Radio Communications, September 15-18, Cannes, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Cannes, France. pp.1 - 5, </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC.2008.4699809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpolation based channel estimation methods for DS-CDMA systems in Rayleigh multipath channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS'08, September 15-18, Québec, Canada</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward performance improvements of RAKE receiver with pilot power allocation and Lagrange filtering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS'08 - MTS/IEEE, Kobe Techno-Ocean, 8-11 April, Kobe, Japan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Kobe, Japan. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANSKOBE.2008.4531096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of bit error rate for CDMA systems by plug-in method for Kernel density estimator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel M. Alimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'08 : 4th IEEE International Symposium on Image/Video Communications, July 9-11, Bilbao, Spain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo packet combining for MIMO-ISI channels with co-channel interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIMRC 2008 : 19th annual IEEE International Symposium on Personal, Indoor and Mobile Radio Communications, 15-18 september, Cannes, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Cannes, France. pp.1 - 5, </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC.2008.4699824⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critère de sélection spatio-fréquentielle basé sur une contrainte de performance pour une réduction de la diaphonie dans les systèmes DSL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issam Wahibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GRETSI sur le traitement du signal et des images (GRETSI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Troyes, France. pp.1133-1136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low complexity iterative multiuser detection and equalization for multipath MIMO coded systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RWS'07 : IEEE Radio and Wireless Symposium, January 9-11, Long Beach, CA, USA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2007, Long Beach, Ca, United States. pp.523 - 526, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RWS.2007.351883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance comparison of RAKE and SIC/RAKE receivers for multiuser underwater acoustic communication applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans 2007 : MTS/IEEE Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Aberdeen, Ecosse, United Kingdom. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANSE.2007.4302357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced complexity iterative channel estimation and with turbo equalization for multiuser space-time BICM signaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC'07: IEEE Vehicular Technology Conference, April 22-25, Dublin, Ireland</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Dublin, Ireland. pp.1622 - 1627, </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2007.338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel low complexity linear precompensation technique for multi-user DSL Transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issam Wahibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Wireless Communication Systems (ISWCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Trondheim, Norway. pp.456-459, </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISWCS.2007.4392381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implémentation pratique d'un récepteur RAKE pour un réseau de modems acoustiques sous-marins discrets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA'07 : Traitement et analyse de l'information : méthodes et applications. 22-26 mai Hammamet, Tunisie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative Soft Multipath Interference Cancellation Assisted by Hybrid ARQ with Constellation rearrangement for HSDPA System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC2007-spring : IEEE 65th Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Dublin, Ireland. pp.1990 - 1994, </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2007.412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic neutrality study by using Kernel density estimator based on a fast plug-in method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel M. Alimi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Eurocon 2007, 9-12 September, Warsaw, Poland</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les algorithmes HARQ pour les systèmes CDMA multiporteuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moulay Faqihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA'07: Traitement et Analyse de l'Information : méthodes et applications, 22-26 mai Hammamet, Tunisie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance du récepteur RAKE pour des applications de communications discrètes à travers un canal acoustique sous-marin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2007 : 21ème collloque sur le traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the performance of SIC-MMSE turbo equalization with iterative channel estimation for UCCI-limited MIMO-ISI systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISWPC'07: IEEE International Symposium on Wireless Pervasive Computing, February 5-7, San Juan, Puerto Rico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, San Juan, Puerto Rico. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISWPC.2007.342564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un algorithme rapide d'estimation des densités de probabilité basé sur le plug-in : application à des données génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel M. Alimi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2007 : groupe d'études du traitement du signal et des images, 10-14 septembre, Troyes, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Successive Interference Cancellation Turbo Receivers for Frequency Selective Fading MIMO Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCCSP'06 Marrakech, Maroc - Mars 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02124388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid ARQ for HSDPA over block fading channel and time varying channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'06 : 3d International Symposium on Image/Video Communications over fixed and mobile Networks, September 13-15, Hammamet, Tunisie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des performances et de la complexité d'un détecteur conjoint innovant appliqué à l'UMTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makram Touzri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Kerouedan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'06 : 3d International Symposium on Image/Video Communications over fixed and mobile Networks, September 13-15, Hammamet, Tunisie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02124361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel algorithme itératif pour l'ajustement de distributions statistiques : Application à des données génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'06 : 3d International Symposium on Image/Video Communications over fixed and mobile Networks, September 13-15, Hammamet, Tunisie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02124341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient MMSE-based space-time turbo equalization in the presence of co-channel interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2006 : IEEE 63rd Vehicular Technology Conference, 7-10 May, Melbourne, Australia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Melbourne, Australia. pp.1482 - 1486, </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2006.1683082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simplified simulator of the Rake receiver in the HSDPA system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCCSP 2006 : 2d international symposium on communications, control and signal processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01893786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implantation d'un récepteur multi-utilisateurs appliqué à la liaison montante UMTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makram Touzri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Kerouedan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2005 : 20ème colloque sur le traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Louvain-La-Neuve, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-User Detection Implementation Approach for UMTS Uplink Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makram Touzri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Kerouedan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IST Mobile &amp; Wireless Communications Summit, Dresden, Germany, June</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1995-2005 : Ten years of active research on underwater acoustic communications in Brest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Lapierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beuzeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Labat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Trubuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Brest, France. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANSE.2005.1511752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les performances du système HSPDA sur un canal à trajet multiple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA 05 - Septembre - Hammamet TUNISIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-Complexity MMSE Turbo Equalization with Successive Interference Cancellation for MIMO-ISI Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIMRC'05 : 16th International Symposium on Personal, Indoor and Mobile Radio Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Berlin, Allemagne. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC.2005.1651597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Turbo-Detection for MIMO Systems with Flat Fading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE, ITS05, 5th International Conference on ITS Telecommunications, 27-28 June, Brest, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo multiuser detection for turbo-codes CDMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE, ISIVC04, International Symposium on Image/Video Communications over fixed and mobile Networks, 7-9 July, Brest-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Brest, France. pp.181 - 184</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des performances du sytème HSPDA sur un canal gaussien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE, ISIVC04, International Symposium on Image/Video Communications over fixed and mobile Networks, 7-9 July, Brest-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving V-BLAST performance over Interference limited channels using oblique projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ISIVC04, International symposium on image/video communications over fixed and mobile Networks, 7-9 July, Brest-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Block turbo codes for efficient image transmission over wireless channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Zaibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Amis Cavalec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramesh Pyndiah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE San Jose - USA - Janvier 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, San Jose, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiuser channel estimation with interference cancellation for the uplink UMTS-FDD mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE, ISIVC04, International Symposium on Image/Video Communications over fixed and mobile Networks, 7-9 July, Brest-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Brest, France. pp.193 - 196</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DS-CDMA Iterative Multiuser Detection and turbo decoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIMNA (Congres International sur les Modélisations Numériques appliquées) - novembre 2003 - Beyrouth (Liban)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Beyrouth, Liban</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02128686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo Détection Multi-utilisateur (DS-CDMA) pour la liaison montante du système UMTS-FDD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI (Groupe de recherche et d'Etude du Traitement du Signal et des Images) - Septembre 2003 - Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02128466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection multi-utilisateur pour les systèmes DS-CDMA : une approche de type gradient-conjugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETIT 2003 : conférence internationale Sciences Electroniques, Technologies de l'Information et Télécommunications 11-15 mars Sousse, Tunisie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Sousse, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02128322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-user detection in ds-cdma systems: a conjugate-gradient implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2003 : 57th IEEE Semiannual Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2003, Jeju, Corée du Sud. pp.2148 - 2151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative multiuser detection for turbo coded CDMA in uplink UMTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Turbo Codes, septembre 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Brest, France. pp.311 - 314</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02128407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative multi-user detection and decoding for turbo-coded DS-CDMA systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eusipco 2002 (XI European signal processing)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximate and exact ML detectors for CDMA and MIMO systems: a tree detection approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiaccess, Mobility and Teletraffic for Wireless Communications (MMT'02)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-stage SIC structure for uplink UMTS multiuser receiver over multipath Rayleigh channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE VTC 2001 : IEEE spring vehicular technology conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Rhodes, Greece. pp.2514 - 2518, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2001.944054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asynchronous multi-stage SIC Detector for DS/CDMA systems over multi-path fading channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPAWC '01 : IEEE Third Signal Processing Workshop on Signal Processing Advances in Wireless Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2001, Taiwan, China. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SPAWC.2001.923879⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle structure SIC Iterative avec estimation conjointe du canal pour la liaison montante du système UMTS-FDD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gretsi 2001, Colloque sur le traitement du Signal et des Images, Toulouse, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02138811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation of the elementary soft BCH decoder for a block Turbo Code combined with a 16-QAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramesh Pyndiah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Glavieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on Turbo &amp; Related Topics, Brest, France, September</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02140941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of DS-CSMA Receivers with multiuser detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'2000, the International IEEE Symposium on Image/Video Communications over fixed and mobile Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint source-channel coding for a robust waveform codebook in noisy channels for speech transmission at low bit rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Ramirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Inteligencia '99 : International Symposium on Electronics and telecommunications, october, México</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1999, New Mexico, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmo de busqueda rapida y robusta para codification fuante - canal de la senal de voz para canales de transmission no-esticionarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Ramirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Inteligencia'99, International Symposium on Electronics and Telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1999, Mexico, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non parametric probability density function estimation and some applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hillion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA'99</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02147913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and robust search algorithm for source-channel speech coding for non-stationnary transmission channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Ramirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Digital Signal Processing Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1996, Bryce Canyon, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new distance measure in LPC coding : application for real time situations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balach Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Horvath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROSPEECH 97 : 5th European Conference on Speech Communication and Technology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Rhodes, Greece. pp.1275 - 1278</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification vectorielle des paramètres LSP en présence d'erreurs de transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balazs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kesri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICT 97 : international conference on telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1997, Fes, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The D5 Lattice quantization for 64 bits/s low delay subband audio coder with 15 kHz bandwidth.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mainard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP-97</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithme rapide de codage conjoint source-canal pour un canal de transmission non-stationnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balazs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc M Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Horvath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI'97 : seizième colloque du groupe d'études du traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Grenoble, France. pp.1065 - 1068</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification vectorielle en réseau de point D5 pour un codeur audio bas délai en sous-bandes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mainard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 97 : 6ème colloque GRETSI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification vectorielle rapide des LSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kesri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICT '97 : international conference on telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1997, Melbourne, Australie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02150912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsurpervised and non parametric bayesian classifier for HOS speaker independent HMM based isolated word speech recognition systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Zribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SSPA '96 : 8th IEEE signal processing workshop on statistical signal and array processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Corfu, Greece. pp.190 - 193, </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSAP.1996.534850⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02158564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low delay sub-band audio coder (20 Hz-15 KHz) at 64 kbit/s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mainard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TFTS-96, the third IEEE Signal Processing Symposium on Time-Frequency and Time-Scale Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Paris, France. </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TFSA.1996.547464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02158604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction d'un quantificateur vectoriel des paramètres LSP dans un codeur de type CELP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kesri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale communications - signaux- systèmes,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1996, Rabat, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast search method for reducing complexity of vector quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balazs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Horvath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Minisymposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1996, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A real time processing TCELP coder/decoder at 4.8 kbit/s using LSP split vector quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kesri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO '96 : 8th european signal processing conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1996, Trieste, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radar signal extraction using correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hillion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO '96 : 8 th european signal processing conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1996, Trieste, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LSP markov model for reducing the complexity of vector quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balazs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zlatan Reguly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROSPEECH '95 : fourth european conference on speech communication and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Madrid, Spain. pp.1041 - 1044</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An intrinsically reliable and fast algorithm to compute the line spectrum pairs (LSP) in low bit rate CELP coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ICASSP '95 : international conference on acoustics speech and signal processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1996, Detroit, United States. pp.728 - 731, </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANS.1994.364247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normalité et invariance de l'estimateur à noyau difféomorphisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hillion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIèmes journée de statistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1995, Jouy En Josas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction d'un dictionnaire stochastique pour un codeur de parole de type CELP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kesri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSS '95: Conférence internationale communications - signaux- systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1995, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction de la complexité de la quantification vectorielle des paramètres LSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kesri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MCEA '95 : mediterranean conference on electronics and automatic control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1996, Grenoble, France. pp.195 - 200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction de la complexité de la quantification vectorielle des coefficients LSP pour le codage de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balazs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zlatan Reguly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI '95 : groupe d'études du traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Juan Les Pins, France. pp.353 - 356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Text dependent speaker verification using dynamic time warping and vector quantization of LSF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Bonifas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inma Hernaez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Etxebarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROSPEECH '95 : fourth european conference on speech communication and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Madrid, Spain. pp.359 - 362</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast robust stochastic algorithm for vector quantizer design for nonstationary channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balazs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zlatan Reguly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ICASSP '95 : international conference on acoustics speech and signal processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1996, Detroit, United States. pp.269 - 272, </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.1995.479525⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-channel linear predictive coding of audio signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROSPEECH '95 : fourth european conference on speech communication and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1996, Madrid, Spain. pp.53 - 56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a digital acoustic underwater phone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Labat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Trubuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Rioualen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE OCEANS' 94 : proceedings of oceans engineering for today's technology and tomorrow's preservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Brest, France. pp.III- 489 - III- 494, </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANS.1994.364247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast LSP vector quantization algorithms comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MELECON '94 : IEEE mediterranean electrotechnical conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1994, Antalya, Turkey. pp.1127 - 1130, </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MELCON.1994.380871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real time processing of a 5,45 kbit/s TCELP coder/decoder on DSP MOTOROLA 56001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSPAT '93 : fourth international conference on signal processing applications and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1993, Santa Clara, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implémentation en temps réel de codeur décodeur (CELP) de parole à bas débit sur processeur de signal en virgule fixe MOTOROLA DSP 56001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI '93 : quatorzième colloque du groupe d'études du traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1993, Juan Les Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real time implementation of a low bit rate coder for an acoustic underwater phone on a fixed point DSP 56001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Laot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSPAT '92 : third international conference on signal processing applications and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1992, Boston, United States. pp.921 - 927</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mixed gaussian stochastic code book for CELP coder in LSP speech coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSLP '92 : second international conference on spoken language processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1993, Banff, Canada. pp.1645 - 1648</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paires de raies spectrales pour le codage de la parole à bas débit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 91 : 13ème colloque sur le traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1991, Juan-Les-Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimateur à noyau tenant compte du support de la densité de probabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hillion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIIème journée de statistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1991, Strasbourg, France. pp.175 - 177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medium band speech coding using optimal scalar quantization of LSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROSPEECH '91 : european conference on speech communication and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1991, Genova, Italy. pp.905 - 908</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The split Levinson algorithm for extracting the line spectrum pairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO '90 : european signal processing conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1990, Barcelone, Spain. pp.1295 - 1298</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal scalar quantization of the LSP and the LAR for speech coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ICSLP '90 : international conference on spoken language processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1990, Kobe, Japan. pp.101 - 104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of the kernel method for optimal scalar quantization of the parcor coefficients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO '88 : Fourth european signal processing conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1988, Grenoble, France. pp.1533 - 1536</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal scalar quantization of the parcor coefficients for speech coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE EUROCON'88 : 8th european conference on area communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1988, Stockholm, Sweden. pp.32 - 35, </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EURCON.1988.11097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codes and Turbo Codes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Berrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Amis Cavalec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Graell I Amat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer-Verlag, pp.400, 2010, IRIS international series, 9782817800387</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codes et turbocodes (sous la direction de Claude Berrou)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Berrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Amis Cavalec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Glavieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, pp.397, 2007, Iris, Iris, 978-2-287-32739-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced hybrid-ARQ receivers for broadband MIMO communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athanasios Vasilakos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radio communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alessandro Bazzi, 2010, In Tech</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00486741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplified simulation methodology for HSUPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB); Laboratoire en sciences et technologies de l'information, de la communication et de la connaissance (UMR CNRS 6285 - Télécom Bretagne - Université de Bretagne Occidentale - Université de Bretagne Sud - ENSTA Bretagne - Ecole Nationale d'ingénieurs de Brest). 2008, pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical specifications for high speed uplink packet access (HSUPA), FTR&D, 4G Radio project, Ref: 46142964</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB); Laboratoire en sciences et technologies de l'information, de la communication et de la connaissance (UMR CNRS 6285 - Télécom Bretagne - Université de Bretagne Occidentale - Université de Bretagne Sud - ENSTA Bretagne - Ecole Nationale d'ingénieurs de Brest). 2008, pp.56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HSUPA simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB); Laboratoire en sciences et technologies de l'information, de la communication et de la connaissance (UMR CNRS 6285 - Télécom Bretagne - Université de Bretagne Occidentale - Université de Bretagne Sud - ENSTA Bretagne - Ecole Nationale d'ingénieurs de Brest). 2008, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau de modems acoustiques discrets - contrat REMODI - SERCEL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB). 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02124517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission de données pour le HSDPA et étude des algorithmes HARQ (Contrat France Télécom)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB). 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission des canaux de contrôles pour le HSDPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB). 2005, pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annulation des interférences d'accès multiple pour le système UMTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB). 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection simultanée des balises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB). 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du positionnement acoustique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Laanaia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB). 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId432"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Samir Saoudi </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Samir Saoudi, Professeur et chef du département &amp;quot;Mathematical & Engineering&amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">samir-saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3220-6754</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">06037408X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.imt-atlantique.fr/fr/personne/samir-saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource Allocation in Full-Duplex Multi-User RIS-Assisted Wireless-Powered IIoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reynah Akwafo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Kwamena Menanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hoon Yun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Internet of Things Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JIOT.2026.3667107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05526404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Neural Network Driven Precision Agriculture Multi-Path Multi-hop Noisy Plant Image Data Transmission and Plant Disease Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bennin Kwabena Ebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis A. Gookyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12243-025-01087-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-Efficiency With Massive MIMO MU-NOMA in Symbiotic BackCom IoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumaila Mahama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hoon Yun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (10), pp.2318-2322. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2024.3448372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04910070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fresnel Line-of-Sight Probability with Applications in Airborne Platform-Assisted Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2022.3151461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03566664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uplink Energy Efficiency Distribution with Aerial Users in Cellular Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Benevides da Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Wireless Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (2), </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LWC.2020.3029544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02963321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Trends in Stochastic Geometry for Wireless Networks: A Tutorial and Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Di Renzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JPROC.2021.3061778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03149285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TAS Strategies for Incremental Cognitive MIMO Relaying: New Results and Accurate Comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Tourki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.1 - 19. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2018.2829930⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01780395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-parametric kernel-based bit error probability estimation in digital communication systems: An estimator for soft coded QAM BER computation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasteur Poda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Guilloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Marie-Yves Tapsoba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Africaine de Recherche en Informatique et Mathématiques Appliquées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Volume 27 - 2017 - Special issue CARI 2016, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/arima.4348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01449035v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erasure coding for reliable adaptive retransmission in wireless broadcast/multicast systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amin Zribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramesh Pyndiah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Lagrange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Telecommunication Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 65 (4), pp.591 - 604. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11235-016-0253-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01573596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Level Kernel-based QAM symbol Error Probability Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasteur Poda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Science and Engineering (international journal)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Analysis of Project-and-Forward Relaying in Mixed MIMO-Pinhole and Rayleigh Dual-Hop Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20 (3), pp.610 - 613. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCOMM.2016.2514348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of optical properties of high chiral planar waveguides obtained by sol–gel method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hadiouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Le Luyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Bensalah-Ledoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 36 (5), pp.885 - 891. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optmat.2013.12.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01896753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy efficiency of MIMO cooperative networks with energy harvesting sensor nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said El Abdellaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Fakhri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJAHUC - International Journal of Ad Hoc and Ubiquitous Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (2), pp.1 - 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00834007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo Packet Combining for Relaying Schemes over Multi-Antenna Broadband Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 61 (7), pp.2965 - 2977. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2012.2201761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Complexity Frequency Domain Hybrid--ARQ Chase Combining for Broadband MIMO CDMA Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athanasios Vasilakos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012, pp.134. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1687-1499-2012-134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast performance prediction of power controlled HSUPA with channel estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012, pp.148. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1687-1499-2012-148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opportunistic Random Access Scheme Design for OFDMA-based Indoor PLC Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rongping Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Delivery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 27 (4), pp.2073 - 2081. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPWRD.2012.2203616⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo packet combining for broadband space-time BICM hybrid-ARQ systems with co-channel interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Wireless Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 9 (5), pp.1686 - 1697. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TWC.2010.05.090441⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast soft bit error rate estimation method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Derham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coupé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2010, pp.372370. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2010/372370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A turbo decoder included in a multi-user detector: a solution to be retained</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Kerouedan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makram Touzri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of communications, network and system sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3 (10), pp.826 - 834. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/ijcns.2010.310112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00704254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive quasi-orthogonal space time block codes using partial feedback in MIMO HSDPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakimi Walid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammar Bouallègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of computational science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3 (4), pp.415 - 435</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00444457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial Crosstalk Cancellation with a discrete bit-loading using genetic algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issam Wahibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AEU - International Journal of Electronics and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 64 (5), pp.383-389</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIC/LMMSE detector for 3GPP WCDMA enhanced uplink system over multipath fading channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud El Jamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of computational science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3 (5), pp.501 - 511</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo packet combining strategies for the MIMO ISI ARQ Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (12), pp.3782 - 3793. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCOMM.2009.12.080318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00473723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Iterative Soft Bit Error Rate Estimation ofAny Digital Communication Systems Using aNon Parametric Probability Density Function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.1 - 17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chip-level HARQ chase combining for HSUPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research letters in communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2009 (ID 230276), </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2009/230276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical plug-in method for kernel density estimator applied to genetic neutrality study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel M. Alimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Advances in Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2008, pp.739082. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2008/739082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stationary Interference Cancellation in Upstream Coordinated DSL Using a Turbo-MMSE Receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issam Wahibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multimedia Broadcasting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2008, pp.428037. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2008/428037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HARQ-SIC algorithm for MC-CDMA system in multipath radio fading channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ahmed Faqihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benayad Nsiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of computational science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2 (6)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space time turbo equalization with successive interference cancellation for multipath coded MIMO channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 57 (5), pp.2766 - 2778. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2007.914061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conjugate-gradient based iterative interference concellation in DS-CDMA systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Marocain d'Automatique, d'Informatique et de Traitement du Signal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.1 - 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative successive cancellation for multi user DS/CDMA detectors in multi-path channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 57 (1-2), pp.105 - 124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic K-means Algorithm for vector quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balach Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pattern Recognition Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 22 (6-7), pp.603 - 610. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0167-8655(01)00021-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High quality low delay (5ms) sub-band audio coder (20hz-15KHs) at low bit rate (64kbit/s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mainard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 54 (5-6), pp.267 - 280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codage audio haute qualité (20 Hz-15 KHz) à débit réduit (64 kbits/s) et à faire retard (5ms)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mainard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 54 (5-6), pp.267 - 280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real time vector quantization of LSP parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balázs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Horvath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speech Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 29 (1), pp.39 - 47. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0167-6393(99)00026-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some Statistical properties of the kernel-diffeomorphism estimator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hillion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Stochastic Models and Data Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 13 (1), pp.39 - 58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-parametric probability density function estimation on a bounded support: applications to shape classification and speech coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hillion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Stochastic Models and Data Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 10 (3), pp.215 - 231. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/asm.3150100306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new efficient algorithm to compute the LSP parameters for speech coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 28 (2), pp.201 - 212. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0165-1684(92)90036-V⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (159)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closing the Loop in Embedded Security: Evolution of an AIOps Framework for Threat Hunting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mezaouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yehya Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Oliver Pahl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st IEEE/IFIP International Workshop on AI-driven Management and ML Ops for Networks and Services (AIMLOps)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE/IFIP Network Operations and Management Symposium – NOMS 2026, May 2026, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05543590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time Instruction-Level Anomaly Detection for Embedded Applications using AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yehya Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mezaouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Oliver Pahl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Management of Complex Threats In conjunction with IEEE/IFIP Network Operations and Management Symposium - NOMS 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE/IFIP Network Operations and Management Symposium - NOMS 2026, May 2026, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05543603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Efficient Device-To-Device Routing in Three-Tier Symbiotic Radio IoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bennin Kwabena Ebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjillali Mustapha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2025: IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Mar 2025, Milan, Italy. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC61545.2025.10978523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-user Full-duplex Reconfigurable Intelligent Surface Assisted Wireless Powered IIoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akwafo Reynah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Menanor Samuel K.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lee Kyoung-Jae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC2025-Spring: IEEE 101st Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jun 2025, Oslo (Norway), Norway. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VTC2025-Spring65109.2025.11174875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicle-To-Everything Downlink and Uplink Communication Using Multi-Carrier Rate-Splitting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Ji-Hoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjillali Mustapha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jun 2025, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revealing Embedded System Behaviors: A Comparative Analysis of Power Consumption and Hardware Performance Counters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mezaouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yehya Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Oliver Pahl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HS3 2025: 1st Workshop on Hardware-Supported Software Security - Co-located with ESORICS 2025, 25th of September 2025 in Toulouse, FR.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESORICS 2025, 25th of September 2025 in Toulouse, FR., Sep 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05225637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Source Cognitive BackCom with Temporal Combining for Reliable IoT Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard B Nti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hoon Yun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CTW 2024: IEEE Communication Theory Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Banff, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision Agriculture Deep Neural Network Driven Multi-hop Plant Image Noisy Data Transmission and Plant Disease Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kwadwo Boateng Ofori-Amanfo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kwabena Ebo Bennin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyoung-Jae Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC 2024: IEEE International Conference on Signal, Image, Video and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Marrakech, Morocco. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIVC61350.2024.10577918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sum-Rate Maximization of Symbiotic Multi-V2X MISO and Multi-RIS BackCom with Imperfections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kofi Ofori-Amanfo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hoon Yun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 100th Vehicular Technology Conference (VTC2024-Fall)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Washington, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VTC2024-Fall63153.2024.10757468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04910086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource Allocation for IRS-Assisted Symbiotic Vehicular RSMA and Backscatter Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kofi Ofori-Amanfo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hoon Yun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 15th International Conference on Information and Communication Technology Convergence (ICTC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Jeju Island, South Korea. pp.1169-1170, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTC62082.2024.10827565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04910102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Energy-Efficient MU-MIMO and IRS BackCom Symbiotic Radio Network Resource Allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Menanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyoung-Jae Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hoon Yun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2024: IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Dubai, United Arab Emirates. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC57260.2024.10570509⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comparative Analysis of MU-NOMA IRS-and Relay-Assisted Symbiotic Radio IoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Kwamena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prince Anokye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyoung-Jae Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GC Wkshps 2023: IEEE Globecom Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Kuala Lumpur, Malaysia. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GCWkshps58843.2023.10464425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the role of stochastic geometry in sixth generation wireless networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Signal, Image, Video and Communications (ISIVC ’20)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Saint-Etienne, France. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIVC49222.2021.9487542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak supervision learning for semantic segmentation of metoceanic processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Longépé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Fablet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Tandeo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Informatics 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uplink Coverage and Handoff Rate with Realistic Power Control Models and Blind Cell Search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIMRC 2020: IEEE 31st Annual International Symposium on Personal, Indoor and Mobile Radio Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC48278.2020.9217209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02876545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Stochastic Geometry Based Approach to Tractable 5G RNPO with a New H-LOS Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2019 : IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Marrakech, Morocco. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2019.8885422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal TAS for Cross-Interference Mitigation in Cognitive MIMO MRC Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Tourki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Wireless Communications &amp; Mobile Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Tanger, Morocco. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IWCMC.2019.8766445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Analysis of UDNs With Resource Capacity and User Scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2019 : IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Marrakech, Morocco. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNCW.2019.8902783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closed-form Coverage Probability under the Idle Mode Capability: A Stochastic Geometry Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hmamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC 2018 : 9th International Symposium on Signal Image Video and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rabat, Morocco. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIVC.2018.8709219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01893752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Efficient kernel-based technique for QAM symbol error probability estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasteur Poda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2017 : IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, San Francisco, United States. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNCW.2017.7919077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01548351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Kernel-Based QAM Symbol Error Probability Estimation Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasteur Poda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2017 Fall : IEEE 86th Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Toronto, Canada. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VTCFall.2017.8287956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01614296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cross-validation based semi-analytical performance evaluation for high order modulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Ezzahra Naamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WINCOM 2016 : International Conference on Wireless Networks and Mobile Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Fez, Morocco. pp.140 - 145, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WINCOM.2016.7777205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Kernel-based soft BER estimator for coded QAM transmission systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasteur Poda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tapsoba Theodore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Guilloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC 2016 : 8th International Symposium on Signal, Image, Video and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact Outage Analysis of SIMO Relay-aided Underlay Communications with Limited Feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Tourki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2016 Spring : 83th Semi-Annual Vehicular Technology Conference VTC Spring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Nanjing, China. pp.1 - 7, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VTCSpring.2016.7504243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kernel-based performance evaluation of coded QAM systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasteur Poda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Guilloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tapsoba Theodore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CARI 2016 : 13th African Conference on Research in Computer Science and Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Tunis, Tunisia. pp.182 - 191</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrally-efficient SIMO relay-aided underlay communications: An exact outage analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Tourki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2014 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Sydney, Australia. pp.1531 - 1536, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2014.6883539⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01188823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centralized Scheduling of In-band Device-to-Device Communication Underlaying Cellular Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junyi Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Derham</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WPMC 2013 : 16th IEEE International Symposium on Wireless Personal Multimedia Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Atlantic City, Nj, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00945123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal-Level Cooperative Spatial Multiplexing for Uplink Throughput Enhancement in MIMO Broadband Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2013 : IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00833891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo receiver design for relay ARQ transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Ghogho</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBECOM 2012 : IEEE Global Communications Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Anaheim, California, United States. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2012.6503825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordinated in-band ad-hoc transmission underlying cellular networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junyi Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Letian Rong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Derham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC2012-Spring : IEEE 75th Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Maximum Likelihood and Expectation Maximization methods for Unsupervised Iterative Soft Bit Error Rate Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jia Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2012-Fall: 76th IEEE Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00947725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance prediction of HARQ Chase Combining with power control for HSUPA system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 3rd International Conference on Multimedia Computing and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Tanger, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Bit Error Rate Estimation Using Maximum Likelihood Kernel Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jia Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2012-Spring : IEEE 75th Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Yokohama, Japan. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2012.6240152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kernel method for Bit Error Rate Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jia Dong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC12: International Symposium on signal, Image, Video and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact Outage Probability Analysis for Relay-aided Underlay Cognitive Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Tourki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Qaraqe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC2012-Fall: 76th IEEE Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La méthode du noyau pour estimer rapidement une très faible probabilité derreur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jia Dong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA 2011 : Traitement et analyse de l'information, méthodes et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A two-dimension opportunistic CSMA/CA protocol for OFDMA-based in-home PLC networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rongping Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2011 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Kyoto, Japan. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icc.2011.5962436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel non-parametric iterative soft bit error rate estimation technique for digital communications systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yukou Mochida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC2011: IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Kyoto, Japan. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icc.2011.5962691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual antenna based combining for hybrid AF/DF relaying scheme over multi-antenna broadband channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WWRF : Wireless World Research Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Düsseldorf, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint-over-transmissions project and forward relaying for single carrier broadband MIMO ARQ systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatim Chergui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Benjillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2011-Spring: 73rd IEEE Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation rapide de la probabilité d'erreur pour les systèmes de communicationos numériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jia Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An opportunistic random access MAC protocol for indoor PLC networks with short-term fairness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rongping Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPLC 2011: 15th IEEE International Symposium on Power Line Communications and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Udine, Italy. pp.382 - 387, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISPLC.2011.5764427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo packet combining for hybrid AF/DF multi-relay-assisted systems over multi-antenna broadband channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WWRF27: 27th Wireless World Research Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Dussendorf, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal-level turbo packet combining for multi-rate relay-assisted systems over multi-antenna broadband channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Globecom 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Miami, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness study of a new iterative soft bit rate estimation of any digital communication system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IST 2010 : IEEE International Conference on Imaging Systems and Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00498437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utility-based joint resource allocation and scheduling for indoor power line communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rongping Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPLC : International Symposium on Power Line Communications and its applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Rio De Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo packet combining techniques for multi-relay-assisted systems over multi- antenna broadband channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2010 : International Wireless Communications &amp; Mobile Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Caen, France. pp.1070 - 1074, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1815396.1815641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of packet combining for single carrier multi-relay broadband system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPAWC 2010 : 11th IEEE International Workshop on Signal Processing Advances in Wireless Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative chip-level HARQ-chase combining for the 3GPP enhanced uplink system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud El Jamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISWPC 2010 : International Symposium on Wireless Pervasive Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Modena, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cognitive cross-layer resource allocation scheme for in-home power line communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rongping Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2010 : International Conference on Communications,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relay ARQ strategies for single carrier MIMO broadband amplify-and-forward cooperative transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria El-Moutaouakkil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st annual IEEE International Symposium on Personal, Indoor and Mobile Radio Communications, PIMRC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the design of turbo packet combining schemes for relay-assisted systems over multi-antenna broadband channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC2010-Spring : 71st IEEE international Conference on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of frequency domain HARQ chase combining schemes for broadband single carrier MIMO CDMA communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Globecom 2010 Workshop on Broadband Single Carrier and Frequency Domain Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Miami, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative channel estimation in MIMO HSDPA with QSTBC codes and MPIC receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakimi Walid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International symposium on turbo codes &amp; iterative information processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new SIC-HARQ receiver for the WCDMA enhanced uplink system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud El Jamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2010 : International Wireless Communications &amp; Mobile Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Caen, France. pp.1045 - 1049, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1815396.1815635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La combinaison de l'égalisation linéaire LMMSE avec la technique HARQ pour le système HSUPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud El Jamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA'09 : sixième édition des ateliers de travail sur le traitement et l'analyse de linformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Hammamet, Tunisie. pp.353 - 360</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00450113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved bit-error-rate estimation over experimental optical wireless channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamdouh El Tabach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Tortelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramesh Pyndiah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics West 2009, free-space laser communication technologies XXI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, San Jose, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crosstalk concellation in upstream coordinated DSL using an iterative MMSE receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issam Wahibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC09 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Dresden, Germany. pp.1 - 5, </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2009.5198876⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00473704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo packet combining for broadband MIMO relay communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MMS 2009 : Mediterranean Microwave Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Tangiers, Morocco. pp.1 - 4, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MMS.2009.5409772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chip-level LMMSE based HARQ Chase Combining for HSUPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC Spring 2009 : 69th IEEE Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00473893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new hybrid ARQ scheme based on blind separation sources over MIMO system in multipaths radio fading channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ahmed Faqihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benayad Nsiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellah Adib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICM'09 : International Conference on Microelectronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation non paramétrique et itérative de la probabilité d'erreur d'un système de communication numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA'09 : sixième édition des ateliers de travail sur le traitement et l'analyse de linformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Hammamet, Tunisie. pp.315 - 324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint turbo equalization for relaying schemes over frequency-selective fading channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Yanikomeroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2009 : International Wireless Communications and Mobile Computing Conference, 21-24 June, Leipzig, Germany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Leipzig, Germany. pp.1359 - 1364, </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1582379.1582678⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00473896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency domain hybridARQ chase combining for broadband MIMO communication with co-channel interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBECOM 2009 : IEEE Global Communications Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Hawaii, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00450186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of SIR-based power control in a WCDMA enhanced uplink system with the hybrid ARQ technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud El Jamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ISWPC09 : International Symposium on Wireless and Pervasive Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Link performance prediction for HSUPA in a multipath channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud El Jamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2009 : International Wireless Communications and Mobile Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Leipzig, Germany. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1582379.1582566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00473703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non linear successive interference cancellation for Turbo CDMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCTA 2008 : 3rd International Conference on Information &amp; Communication Technology : from theory to applications, April 7-11, Damascus, Syria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Damascus, Syria. pp.1 - 3, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTTA.2008.4530246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of hybrid ARQ performance for HSDPA over block fading channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Hakimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammar Bouallegue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'08 : 4th IEEE International Symposium on Image/Video Communications, July 9-11, Bilbao, Spain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency domain packet combining with integrated MMSE block turbo equalization for broadband MIMO communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'08 : 4th IEEE International Symposium on Image/Video Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Bibao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Packet combining and MMSE-based turbo equalization for the MIMO-ISI channel : performance-complexity trade-off</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WoSPA 2008 : 5th International Workshop on Signal processing and its Applications, March 18-20, Sharjah, UAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Sharjah, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpolation based channel estimation methods for DS-CDMA systems in Rayleigh multipath channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS'08, September 15-18, Québec, Canada</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation and complexity evaluation of packet combining for multi-code transmission over multi-antenna broadband channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2008 : IEEE International Wireless Communications and Mobile Computing Conference, August 6-8, Crete Island, Greece</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Crete, Greece. pp.1006 - 1011, </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IWCMC.2008.174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint MIMO and inter path cancellation for HSDPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Hakimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammar Bouallegue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'08 : 4th IEEE International Symposium on Image/Video Communications, July 9-11, Bilbao, Spain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint hybrid ARQ and iterative space-time equalization for coded transmission over MIMO-ISI channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2008 : IEEE wireless communications &amp; networking conference, March 31 - April 3, Las Vegas, USA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Las Vegas, United States. pp.622 - 627, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WCNC.2008.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generalised wideband space-time MIMO channel simulator based on the geometrical multi-radii one-ring model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Hakimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammar Bouallègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE VTC Spring '08 : 67th vehicular technology conference, 11-14 may, Marina Bay, Singapore</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Marina Bay, Singapore. pp.1266 - 1270, </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2008.267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpolation based channel estimation methods for DS-CDMA systems in Rayleigh multipath channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS'08, September 15-18, Québec, Canada</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Packet combining with chip level frequency domain turbo equalization for multi-code transmission over multi-antenna broadband channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIMRC 2008 : 19th annual IEEE International Symposium on Personal, Indoor and Mobile Radio Communications, September 15-18, Cannes, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Cannes, France. pp.1 - 5, </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC.2008.4699809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward performance improvements of RAKE receiver with pilot power allocation and Lagrange filtering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS'08 - MTS/IEEE, Kobe Techno-Ocean, 8-11 April, Kobe, Japan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Kobe, Japan. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANSKOBE.2008.4531096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of bit error rate for CDMA systems by plug-in method for Kernel density estimator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel M. Alimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'08 : 4th IEEE International Symposium on Image/Video Communications, July 9-11, Bilbao, Spain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo packet combining for MIMO-ISI channels with co-channel interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIMRC 2008 : 19th annual IEEE International Symposium on Personal, Indoor and Mobile Radio Communications, 15-18 september, Cannes, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Cannes, France. pp.1 - 5, </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC.2008.4699824⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel low complexity linear precompensation technique for multi-user DSL Transmissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issam Wahibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Wireless Communication Systems (ISWCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Trondheim, Norway. pp.456-459, </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISWCS.2007.4392381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implémentation pratique d'un récepteur RAKE pour un réseau de modems acoustiques sous-marins discrets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA'07 : Traitement et analyse de l'information : méthodes et applications. 22-26 mai Hammamet, Tunisie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced complexity iterative channel estimation and with turbo equalization for multiuser space-time BICM signaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC'07: IEEE Vehicular Technology Conference, April 22-25, Dublin, Ireland</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Dublin, Ireland. pp.1622 - 1627, </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2007.338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critère de sélection spatio-fréquentielle basé sur une contrainte de performance pour une réduction de la diaphonie dans les systèmes DSL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issam Wahibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ouzzif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Le Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GRETSI sur le traitement du signal et des images (GRETSI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Troyes, France. pp.1133-1136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance comparison of RAKE and SIC/RAKE receivers for multiuser underwater acoustic communication applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans 2007 : MTS/IEEE Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Aberdeen, Ecosse, United Kingdom. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANSE.2007.4302357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low complexity iterative multiuser detection and equalization for multipath MIMO coded systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RWS'07 : IEEE Radio and Wireless Symposium, January 9-11, Long Beach, CA, USA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2007, Long Beach, Ca, United States. pp.523 - 526, </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RWS.2007.351883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative Soft Multipath Interference Cancellation Assisted by Hybrid ARQ with Constellation rearrangement for HSDPA System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC2007-spring : IEEE 65th Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Dublin, Ireland. pp.1990 - 1994, </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2007.412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic neutrality study by using Kernel density estimator based on a fast plug-in method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel M. Alimi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Eurocon 2007, 9-12 September, Warsaw, Poland</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les algorithmes HARQ pour les systèmes CDMA multiporteuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moulay Faqihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Aboutajdine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA'07: Traitement et Analyse de l'Information : méthodes et applications, 22-26 mai Hammamet, Tunisie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un algorithme rapide d'estimation des densités de probabilité basé sur le plug-in : application à des données génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel M. Alimi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2007 : groupe d'études du traitement du signal et des images, 10-14 septembre, Troyes, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the performance of SIC-MMSE turbo equalization with iterative channel estimation for UCCI-limited MIMO-ISI systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISWPC'07: IEEE International Symposium on Wireless Pervasive Computing, February 5-7, San Juan, Puerto Rico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, San Juan, Puerto Rico. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISWPC.2007.342564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance du récepteur RAKE pour des applications de communications discrètes à travers un canal acoustique sous-marin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2007 : 21ème collloque sur le traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des performances et de la complexité d'un détecteur conjoint innovant appliqué à l'UMTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makram Touzri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Kerouedan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'06 : 3d International Symposium on Image/Video Communications over fixed and mobile Networks, September 13-15, Hammamet, Tunisie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02124361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid ARQ for HSDPA over block fading channel and time varying channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'06 : 3d International Symposium on Image/Video Communications over fixed and mobile Networks, September 13-15, Hammamet, Tunisie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Successive Interference Cancellation Turbo Receivers for Frequency Selective Fading MIMO Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCCSP'06 Marrakech, Maroc - Mars 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02124388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel algorithme itératif pour l'ajustement de distributions statistiques : Application à des données génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molka Troudi-Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'06 : 3d International Symposium on Image/Video Communications over fixed and mobile Networks, September 13-15, Hammamet, Tunisie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02124341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient MMSE-based space-time turbo equalization in the presence of co-channel interference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2006 : IEEE 63rd Vehicular Technology Conference, 7-10 May, Melbourne, Australia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Melbourne, Australia. pp.1482 - 1486, </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2006.1683082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simplified simulator of the Rake receiver in the HSDPA system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCCSP 2006 : 2d international symposium on communications, control and signal processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01893786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-User Detection Implementation Approach for UMTS Uplink Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makram Touzri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Kerouedan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IST Mobile &amp; Wireless Communications Summit, Dresden, Germany, June</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implantation d'un récepteur multi-utilisateurs appliqué à la liaison montante UMTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makram Touzri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Kerouedan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2005 : 20ème colloque sur le traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Louvain-La-Neuve, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1995-2005 : Ten years of active research on underwater acoustic communications in Brest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Lapierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beuzeulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Labat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Trubuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Brest, France. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANSE.2005.1511752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les performances du système HSPDA sur un canal à trajet multiple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA 05 - Septembre - Hammamet TUNISIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-Complexity MMSE Turbo Equalization with Successive Interference Cancellation for MIMO-ISI Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIMRC'05 : 16th International Symposium on Personal, Indoor and Mobile Radio Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Berlin, Allemagne. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PIMRC.2005.1651597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Turbo-Detection for MIMO Systems with Flat Fading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE, ITS05, 5th International Conference on ITS Telecommunications, 27-28 June, Brest, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving V-BLAST performance over Interference limited channels using oblique projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ISIVC04, International symposium on image/video communications over fixed and mobile Networks, 7-9 July, Brest-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des performances du sytème HSPDA sur un canal gaussien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Visoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE, ISIVC04, International Symposium on Image/Video Communications over fixed and mobile Networks, 7-9 July, Brest-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiuser channel estimation with interference cancellation for the uplink UMTS-FDD mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE, ISIVC04, International Symposium on Image/Video Communications over fixed and mobile Networks, 7-9 July, Brest-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Brest, France. pp.193 - 196</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Block turbo codes for efficient image transmission over wireless channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Zaibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Amis Cavalec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramesh Pyndiah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE San Jose - USA - Janvier 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, San Jose, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo multiuser detection for turbo-codes CDMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE, ISIVC04, International Symposium on Image/Video Communications over fixed and mobile Networks, 7-9 July, Brest-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Brest, France. pp.181 - 184</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbo Détection Multi-utilisateur (DS-CDMA) pour la liaison montante du système UMTS-FDD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI (Groupe de recherche et d'Etude du Traitement du Signal et des Images) - Septembre 2003 - Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02128466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DS-CDMA Iterative Multiuser Detection and turbo decoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIMNA (Congres International sur les Modélisations Numériques appliquées) - novembre 2003 - Beyrouth (Liban)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Beyrouth, Liban</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02128686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection multi-utilisateur pour les systèmes DS-CDMA : une approche de type gradient-conjugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETIT 2003 : conférence internationale Sciences Electroniques, Technologies de l'Information et Télécommunications 11-15 mars Sousse, Tunisie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Sousse, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02128322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-user detection in ds-cdma systems: a conjugate-gradient implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VTC 2003 : 57th IEEE Semiannual Vehicular Technology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2003, Jeju, Corée du Sud. pp.2148 - 2151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative multiuser detection for turbo coded CDMA in uplink UMTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al Housseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Turbo Codes, septembre 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Brest, France. pp.311 - 314</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02128407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative multi-user detection and decoding for turbo-coded DS-CDMA systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eusipco 2002 (XI European signal processing)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximate and exact ML detectors for CDMA and MIMO systems: a tree detection approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiaccess, Mobility and Teletraffic for Wireless Communications (MMT'02)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-stage SIC structure for uplink UMTS multiuser receiver over multipath Rayleigh channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE VTC 2001 : IEEE spring vehicular technology conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Rhodes, Greece. pp.2514 - 2518, </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2001.944054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asynchronous multi-stage SIC Detector for DS/CDMA systems over multi-path fading channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPAWC '01 : IEEE Third Signal Processing Workshop on Signal Processing Advances in Wireless Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2001, Taiwan, China. </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SPAWC.2001.923879⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle structure SIC Iterative avec estimation conjointe du canal pour la liaison montante du système UMTS-FDD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gretsi 2001, Colloque sur le traitement du Signal et des Images, Toulouse, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02138811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation of the elementary soft BCH decoder for a block Turbo Code combined with a 16-QAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramesh Pyndiah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Glavieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on Turbo &amp; Related Topics, Brest, France, September</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02140941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of DS-CSMA Receivers with multiuser detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'2000, the International IEEE Symposium on Image/Video Communications over fixed and mobile Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint source-channel coding for a robust waveform codebook in noisy channels for speech transmission at low bit rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Ramirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Inteligencia '99 : International Symposium on Electronics and telecommunications, october, México</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1999, New Mexico, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non parametric probability density function estimation and some applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hillion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA'99</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02147913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmo de busqueda rapida y robusta para codification fuante - canal de la senal de voz para canales de transmission no-esticionarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Ramirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Inteligencia'99, International Symposium on Electronics and Telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1999, Mexico, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and robust search algorithm for source-channel speech coding for non-stationnary transmission channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Ramirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Digital Signal Processing Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1996, Bryce Canyon, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The D5 Lattice quantization for 64 bits/s low delay subband audio coder with 15 kHz bandwidth.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mainard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP-97</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithme rapide de codage conjoint source-canal pour un canal de transmission non-stationnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balazs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc M Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Horvath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI'97 : seizième colloque du groupe d'études du traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Grenoble, France. pp.1065 - 1068</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification vectorielle des paramètres LSP en présence d'erreurs de transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balazs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kesri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICT 97 : international conference on telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1997, Fes, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new distance measure in LPC coding : application for real time situations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balach Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Horvath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROSPEECH 97 : 5th European Conference on Speech Communication and Technology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Rhodes, Greece. pp.1275 - 1278</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification vectorielle en réseau de point D5 pour un codeur audio bas délai en sous-bandes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mainard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 97 : 6ème colloque GRETSI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification vectorielle rapide des LSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kesri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICT '97 : international conference on telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1997, Melbourne, Australie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02150912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low delay sub-band audio coder (20 Hz-15 KHz) at 64 kbit/s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mainard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TFTS-96, the third IEEE Signal Processing Symposium on Time-Frequency and Time-Scale Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Paris, France. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TFSA.1996.547464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02158604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction d'un quantificateur vectoriel des paramètres LSP dans un codeur de type CELP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kesri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale communications - signaux- systèmes,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1996, Rabat, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radar signal extraction using correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hillion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO '96 : 8 th european signal processing conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1996, Trieste, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A real time processing TCELP coder/decoder at 4.8 kbit/s using LSP split vector quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kesri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO '96 : 8th european signal processing conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1996, Trieste, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast search method for reducing complexity of vector quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balazs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Horvath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Minisymposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1996, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsurpervised and non parametric bayesian classifier for HOS speaker independent HMM based isolated word speech recognition systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Zribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SSPA '96 : 8th IEEE signal processing workshop on statistical signal and array processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Corfu, Greece. pp.190 - 193, </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSAP.1996.534850⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02158564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An intrinsically reliable and fast algorithm to compute the line spectrum pairs (LSP) in low bit rate CELP coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ICASSP '95 : international conference on acoustics speech and signal processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1996, Detroit, United States. pp.728 - 731, </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANS.1994.364247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normalité et invariance de l'estimateur à noyau difféomorphisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hillion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIèmes journée de statistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1995, Jouy En Josas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction d'un dictionnaire stochastique pour un codeur de parole de type CELP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kesri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSS '95: Conférence internationale communications - signaux- systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1995, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LSP markov model for reducing the complexity of vector quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balazs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zlatan Reguly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROSPEECH '95 : fourth european conference on speech communication and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Madrid, Spain. pp.1041 - 1044</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction de la complexité de la quantification vectorielle des coefficients LSP pour le codage de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balazs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zlatan Reguly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI '95 : groupe d'études du traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Juan Les Pins, France. pp.353 - 356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction de la complexité de la quantification vectorielle des paramètres LSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kesri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MCEA '95 : mediterranean conference on electronics and automatic control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1996, Grenoble, France. pp.195 - 200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Text dependent speaker verification using dynamic time warping and vector quantization of LSF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Luc Bonifas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inma Hernaez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Etxebarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROSPEECH '95 : fourth european conference on speech communication and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Madrid, Spain. pp.359 - 362</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast robust stochastic algorithm for vector quantizer design for nonstationary channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balazs Kövesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zlatan Reguly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ICASSP '95 : international conference on acoustics speech and signal processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1996, Detroit, United States. pp.269 - 272, </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.1995.479525⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-channel linear predictive coding of audio signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROSPEECH '95 : fourth european conference on speech communication and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1996, Madrid, Spain. pp.53 - 56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a digital acoustic underwater phone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Labat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Trubuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Rioualen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE OCEANS' 94 : proceedings of oceans engineering for today's technology and tomorrow's preservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Brest, France. pp.III- 489 - III- 494, </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANS.1994.364247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast LSP vector quantization algorithms comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MELECON '94 : IEEE mediterranean electrotechnical conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1994, Antalya, Turkey. pp.1127 - 1130, </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MELCON.1994.380871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real time processing of a 5,45 kbit/s TCELP coder/decoder on DSP MOTOROLA 56001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSPAT '93 : fourth international conference on signal processing applications and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1993, Santa Clara, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implémentation en temps réel de codeur décodeur (CELP) de parole à bas débit sur processeur de signal en virgule fixe MOTOROLA DSP 56001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI '93 : quatorzième colloque du groupe d'études du traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1993, Juan Les Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real time implementation of a low bit rate coder for an acoustic underwater phone on a fixed point DSP 56001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Goalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Laot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSPAT '92 : third international conference on signal processing applications and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1992, Boston, United States. pp.921 - 927</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mixed gaussian stochastic code book for CELP coder in LSP speech coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Naja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSLP '92 : second international conference on spoken language processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1993, Banff, Canada. pp.1645 - 1648</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paires de raies spectrales pour le codage de la parole à bas débit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 91 : 13ème colloque sur le traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1991, Juan-Les-Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimateur à noyau tenant compte du support de la densité de probabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzi Ghorbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hillion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIIème journée de statistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1991, Strasbourg, France. pp.175 - 177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medium band speech coding using optimal scalar quantization of LSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROSPEECH '91 : european conference on speech communication and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1991, Genova, Italy. pp.905 - 908</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The split Levinson algorithm for extracting the line spectrum pairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO '90 : european signal processing conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1990, Barcelone, Spain. pp.1295 - 1298</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal scalar quantization of the LSP and the LAR for speech coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ICSLP '90 : international conference on spoken language processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1990, Kobe, Japan. pp.101 - 104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal scalar quantization of the parcor coefficients for speech coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE EUROCON'88 : 8th european conference on area communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1988, Stockholm, Sweden. pp.32 - 35, </w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EURCON.1988.11097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of the kernel method for optimal scalar quantization of the parcor coefficients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Guyader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO '88 : Fourth european signal processing conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1988, Grenoble, France. pp.1533 - 1536</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codes and Turbo Codes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Berrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Amis Cavalec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Graell I Amat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer-Verlag, pp.400, 2010, IRIS international series, 9782817800387</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codes et turbocodes (sous la direction de Claude Berrou)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Berrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Amis Cavalec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Glavieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, pp.397, 2007, Iris, Iris, 978-2-287-32739-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced hybrid-ARQ receivers for broadband MIMO communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Ait Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chafnaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athanasios Vasilakos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radio communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alessandro Bazzi, 2010, In Tech</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00486741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplified simulation methodology for HSUPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB); Laboratoire en sciences et technologies de l'information, de la communication et de la connaissance (UMR CNRS 6285 - Télécom Bretagne - Université de Bretagne Occidentale - Université de Bretagne Sud - ENSTA Bretagne - Ecole Nationale d'ingénieurs de Brest). 2008, pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical specifications for high speed uplink packet access (HSUPA), FTR&D, 4G Radio project, Ref: 46142964</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB); Laboratoire en sciences et technologies de l'information, de la communication et de la connaissance (UMR CNRS 6285 - Télécom Bretagne - Université de Bretagne Occidentale - Université de Bretagne Sud - ENSTA Bretagne - Ecole Nationale d'ingénieurs de Brest). 2008, pp.56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HSUPA simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB); Laboratoire en sciences et technologies de l'information, de la communication et de la connaissance (UMR CNRS 6285 - Télécom Bretagne - Université de Bretagne Occidentale - Université de Bretagne Sud - ENSTA Bretagne - Ecole Nationale d'ingénieurs de Brest). 2008, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau de modems acoustiques discrets - contrat REMODI - SERCEL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB). 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02124517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission de données pour le HSDPA et étude des algorithmes HARQ (Contrat France Télécom)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB). 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission des canaux de contrôles pour le HSDPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Et Tolba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB). 2005, pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annulation des interférences d'accès multiple pour le système UMTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB). 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection simultanée des balises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB). 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du positionnement acoustique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Laanaia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dépt. Signal et Communications (Institut Mines-Télécom-Télécom Bretagne-UEB). 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId434"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="358E71FE"/>
+    <w:nsid w:val="A6E5FE6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samir-saoudi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3220-6754" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/06037408X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imt-atlantique.fr/fr/personne/samir-saoudi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526404v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reynah Akwafo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kwamena Menanor" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Kwaku Pobi Asiedu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Saoudi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Hoon Yun" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2026.3667107" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063354v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bennin Kwabena Ebo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis A. Gookyi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Benjillali" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-025-01087-z" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910070v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumaila Mahama" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2024.3448372" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-03566664v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Hmamouche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2022.3151461" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963321v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Benevides da Costa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LWC.2020.3029544" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149285v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Yanikomeroglu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Di Renzo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPROC.2021.3061778" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01780395v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria El-Moutaouakkil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Tourki" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2018.2829930" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449035v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasteur Poda" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chonavel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guilloud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Marie-Yves Tapsoba" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/arima.4348" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573596v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Zribi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramesh Pyndiah" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lagrange" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-016-0253-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01829672v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375946v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatim Chergui" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2016.2514348" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896753v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hadiouche" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Luyer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Bensalah-Ledoux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2013.12.016" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LFWMH1ML-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834007v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said El Abdellaoui" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Fakhri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Aboutajdine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703657v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Chafnaji" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Ait Idir" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Vasilakos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1499-2012-134" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739564v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2012.2201761" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703644v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Et Tolba" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Visoz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1499-2012-148" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739562v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongping Dong" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Ouzzif" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRD.2012.2203616" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490388v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2010.05.090441" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565746v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Derham" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coup&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2010/372370" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704254v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kerouedan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makram Touzri" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Adde" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ijcns.2010.310112" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444457v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakimi Walid" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Ammar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Bouall&#232;gue" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491512v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Wahibi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Masson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862133v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud El Jamai" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862127v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molka Troudi-Ghorbel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Ghorbel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473723v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2009.12.080318" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862132v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2009/230276" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491604v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2008/428037" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118685v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel M. Alimi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2008/739082" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862130v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ahmed Faqihi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benayad Nsiri" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862137v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najib Naja" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2007.914061" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862129v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al Housseini" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862128v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862125v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balach K&#246;vesi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boucher" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8655(01)00021-6" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JF606L34-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864871v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Hay" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mainard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862123v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862119v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs K&#246;vesi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Horvath" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-6393(99)00026-6" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MJP7K4X1-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149714v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hillion" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864846v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asm.3150100306" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3442ED5E1DE515B937C7C2D56060DEC42383EA2C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862121v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Guyader" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0165-1684(92)90036-V" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6MMTR1R4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063346v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjillali Mustapha" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC61545.2025.10978523" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063366v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akwafo Reynah" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menanor Samuel K." TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Kyoung-Jae" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2025-Spring65109.2025.11174875" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063360v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Ji-Hoon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05225637v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Mezaouli" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehya Nasser" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Oliver Pahl" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910086v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi Ofori-Amanfo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2024-Fall63153.2024.10757468" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04600029v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwadwo Boateng Ofori-Amanfo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwabena Ebo Bennin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoung-Jae Lee" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC61350.2024.10577918" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599969v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard B Nti" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910102v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTC62082.2024.10827565" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04600063v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Menanor" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC57260.2024.10570509" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599930v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kwamena" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Anokye" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GCWkshps58843.2023.10464425" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02897827v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC49222.2021.9487542" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02927335v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Colin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Long&#233;p&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Fablet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tandeo" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02876545v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC48278.2020.9217209" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02067720v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2019.8885422" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02117370v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC.2019.8766445" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02067730v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNCW.2019.8902783" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893752v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC.2018.8709219" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548351v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNCW.2017.7919077" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614296v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTCFall.2017.8287956" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487066v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ezzahra Naamane" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WINCOM.2016.7777205" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487070v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tapsoba Theodore" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487063v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375600v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTCSpring.2016.7504243" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188823v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2014.6883539" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945123v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junyi Feng" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833891v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640734v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Ghogho" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2012.6503825" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725644v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letian Rong" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947725v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Dong" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739429v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811754v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2012.6240152" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739561v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739578v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Qaraqe" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623604v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640716v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640678v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623619v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukou Mochida" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icc.2011.5962691" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623608v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icc.2011.5962436" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623606v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623607v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISPLC.2011.5764427" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725639v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490390v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523125v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472685v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504360v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1815396.1815641" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565924v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498437v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490391v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565846v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490392v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565927v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565847v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504362v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1815396.1815635" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473893v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460202v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460205v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Adib" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862134v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamdouh El Tabach" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tortelier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450113v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490389v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMS.2009.5409772" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473704v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2009.5198876" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473896v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1582379.1582678" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450186v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862120v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473703v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1582379.1582566" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119262v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120754v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTTA.2008.4530246" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864975v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119144v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Hakimi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Bouallegue" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119220v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC.2008.174" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119367v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Ouertani" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120651v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2008.115" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120732v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2008.267" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120764v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120779v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2008.4699809" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120872v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119289v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSKOBE.2008.4531096" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120790v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120848v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2008.4699824" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491705v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864851v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RWS.2007.351883" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864777v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Houcke" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2007.4302357" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121682v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2007.338" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491656v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISWCS.2007.4392381" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121362v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864953v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2007.412" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121525v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121199v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Faqihi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865000v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121376v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISWPC.2007.342564" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121689v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124388v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122934v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124361v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124341v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122898v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2006.1683082" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893786v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864942v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125165v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864808v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lapierre" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beuzeulin" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Labat" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Trubuil" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Goalic" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2005.1511752" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125204v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864866v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2005.1651597" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125117v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127488v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127498v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127504v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125857v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Zaibi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Amis Cavalec" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127440v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128686v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128466v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128322v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865037v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128407v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862124v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vaton" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129821v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864708v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2001.944054" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864828v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC.2001.923879" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138811v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140941v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Lacroix" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Glavieux" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139360v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348586v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ramirez" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348549v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147913v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149560v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865025v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Horvath" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348561v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balazs K&#246;vesi" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Kesri" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149744v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865038v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc M Boucher" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864901v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150912v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158564v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zribi" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSAP.1996.534850" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158604v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFSA.1996.547464" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160052v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338462v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864945v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864858v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lan&#231;on" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865015v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zlatan Reguly" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159352v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS.1994.364247" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159917v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159946v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159342v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865014v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159329v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Bonifas" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inma Hernaez" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Etxebarria" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159168v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.1995.479525" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159358v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160308v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rioualen" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864718v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELCON.1994.380871" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160850v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725648v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160893v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laot" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160885v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160921v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185470v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864884v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160996v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161250v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161271v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161254v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EURCON.1988.11097" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170419v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berrou" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Arzel" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Douillard" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Graell I Amat" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801570v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486741v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862122v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862135v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862118v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124517v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862136v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864716v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862126v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862131v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862138v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laanaia" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samir-saoudi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3220-6754" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/06037408X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imt-atlantique.fr/fr/personne/samir-saoudi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526404v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reynah Akwafo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kwamena Menanor" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Kwaku Pobi Asiedu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Saoudi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Hoon Yun" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2026.3667107" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063354v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bennin Kwabena Ebo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis A. Gookyi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Benjillali" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-025-01087-z" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910070v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumaila Mahama" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2024.3448372" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-03566664v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Hmamouche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2022.3151461" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963321v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Benevides da Costa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LWC.2020.3029544" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149285v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Yanikomeroglu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Di Renzo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPROC.2021.3061778" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01780395v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria El-Moutaouakkil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Tourki" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2018.2829930" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449035v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasteur Poda" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chonavel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guilloud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Marie-Yves Tapsoba" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/arima.4348" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573596v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Zribi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramesh Pyndiah" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lagrange" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-016-0253-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01829672v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375946v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatim Chergui" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2016.2514348" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896753v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hadiouche" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Luyer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Bensalah-Ledoux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2013.12.016" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LFWMH1ML-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834007v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said El Abdellaoui" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Fakhri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Aboutajdine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739564v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Chafnaji" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Ait Idir" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2012.2201761" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703657v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Vasilakos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1499-2012-134" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703644v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Et Tolba" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Visoz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1499-2012-148" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739562v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongping Dong" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Ouzzif" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRD.2012.2203616" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490388v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2010.05.090441" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565746v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Derham" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coup&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2010/372370" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704254v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kerouedan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makram Touzri" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Adde" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ijcns.2010.310112" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444457v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakimi Walid" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Ammar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Bouall&#232;gue" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491512v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Wahibi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Masson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862133v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud El Jamai" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473723v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2009.12.080318" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862127v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molka Troudi-Ghorbel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Ghorbel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862132v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2009/230276" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118685v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel M. Alimi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2008/739082" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491604v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2008/428037" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862130v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ahmed Faqihi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benayad Nsiri" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862137v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najib Naja" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2007.914061" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862129v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al Housseini" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862128v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862125v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balach K&#246;vesi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boucher" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8655(01)00021-6" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JF606L34-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864871v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Hay" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mainard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862123v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862119v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs K&#246;vesi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Horvath" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-6393(99)00026-6" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MJP7K4X1-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149714v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hillion" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864846v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asm.3150100306" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3442ED5E1DE515B937C7C2D56060DEC42383EA2C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862121v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Guyader" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0165-1684(92)90036-V" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6MMTR1R4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05543590v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Mezaouli" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehya Nasser" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Oliver Pahl" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05543603v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063346v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjillali Mustapha" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC61545.2025.10978523" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063366v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akwafo Reynah" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menanor Samuel K." TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Kyoung-Jae" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2025-Spring65109.2025.11174875" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063360v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Ji-Hoon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05225637v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599969v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard B Nti" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04600029v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwadwo Boateng Ofori-Amanfo" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwabena Ebo Bennin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoung-Jae Lee" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC61350.2024.10577918" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910086v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi Ofori-Amanfo" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2024-Fall63153.2024.10757468" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910102v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTC62082.2024.10827565" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04600063v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Menanor" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC57260.2024.10570509" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599930v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kwamena" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Anokye" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GCWkshps58843.2023.10464425" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02897827v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC49222.2021.9487542" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02927335v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Colin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Long&#233;p&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Fablet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tandeo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02876545v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC48278.2020.9217209" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02067720v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2019.8885422" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02117370v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC.2019.8766445" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02067730v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNCW.2019.8902783" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893752v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC.2018.8709219" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548351v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNCW.2017.7919077" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614296v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTCFall.2017.8287956" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487066v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ezzahra Naamane" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WINCOM.2016.7777205" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487070v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tapsoba Theodore" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375600v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTCSpring.2016.7504243" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487063v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188823v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2014.6883539" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945123v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junyi Feng" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833891v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640734v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Ghogho" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2012.6503825" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725644v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letian Rong" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947725v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Dong" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739429v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811754v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2012.6240152" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739561v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739578v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Qaraqe" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640678v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623608v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icc.2011.5962436" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623619v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukou Mochida" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icc.2011.5962691" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640716v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623604v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623606v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623607v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISPLC.2011.5764427" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725639v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565924v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498437v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490391v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504360v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1815396.1815641" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523125v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472685v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490390v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565846v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490392v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565927v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565847v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504362v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1815396.1815635" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450113v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862134v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamdouh El Tabach" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tortelier" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473704v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2009.5198876" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490389v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMS.2009.5409772" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473893v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460205v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Adib" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460202v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473896v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1582379.1582678" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450186v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862120v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473703v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1582379.1582566" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120754v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTTA.2008.4530246" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119144v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Hakimi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Bouallegue" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864975v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119262v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119367v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Ouertani" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119220v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC.2008.174" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120764v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120651v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2008.115" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120732v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2008.267" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120872v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120779v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2008.4699809" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119289v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSKOBE.2008.4531096" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120790v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120848v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2008.4699824" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491656v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISWCS.2007.4392381" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121362v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Houcke" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121682v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2007.338" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491705v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864777v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2007.4302357" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864851v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RWS.2007.351883" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864953v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2007.412" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121525v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121199v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Faqihi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121689v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121376v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISWPC.2007.342564" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865000v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124361v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122934v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124388v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124341v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122898v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2006.1683082" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893786v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125165v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864942v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864808v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lapierre" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beuzeulin" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Labat" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Trubuil" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Goalic" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2005.1511752" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125204v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864866v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2005.1651597" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125117v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127504v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127498v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127440v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125857v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Zaibi" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Amis Cavalec" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127488v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128466v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128686v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128322v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865037v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128407v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862124v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vaton" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129821v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864708v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2001.944054" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864828v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC.2001.923879" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138811v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140941v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Lacroix" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Glavieux" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139360v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348586v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ramirez" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147913v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348549v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149560v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149744v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865038v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balazs K&#246;vesi" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc M Boucher" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Horvath" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348561v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Kesri" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865025v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864901v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150912v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158604v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFSA.1996.547464" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160052v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864858v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lan&#231;on" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864945v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338462v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158564v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zribi" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSAP.1996.534850" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159352v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS.1994.364247" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159917v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159946v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865015v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zlatan Reguly" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865014v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159342v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159329v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Bonifas" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inma Hernaez" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Etxebarria" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159168v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.1995.479525" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159358v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160308v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rioualen" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864718v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELCON.1994.380871" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160850v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725648v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160893v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laot" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160885v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160921v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185470v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864884v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160996v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161250v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161254v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EURCON.1988.11097" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161271v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170419v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berrou" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Arzel" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Douillard" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Graell I Amat" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801570v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486741v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862122v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862135v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862118v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124517v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862136v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864716v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862126v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862131v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862138v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laanaia" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>