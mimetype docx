--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -788,563 +788,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05345939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent Light Control of a Metastable Hidden Phase</w:t>
+                <w:t xml:space="preserve">Ultrafast Hidden Spin Polarization Dynamics of Bright and Dark Excitons in 2 H − WSe 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julian Maklar</w:t>
+                <w:t xml:space="preserve">Mauro Fanciulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jit Sarkar</w:t>
+                <w:t xml:space="preserve">David Bresteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Shuo Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tommaso Pincelli</w:t>
+                <w:t xml:space="preserve">Romain Géneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 9 (47), </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 131 (6), pp.066402. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.adi4661⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.066402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03797999v1</w:t>
+                <w:t xml:space="preserve">hal-04239132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast Hidden Spin Polarization Dynamics of Bright and Dark Excitons in 2 H − WSe 2</w:t>
+                <w:t xml:space="preserve">Coherent Light Control of a Metastable Hidden Phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauro Fanciulli</w:t>
+                <w:t xml:space="preserve">Julian Maklar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Bresteau</w:t>
+                <w:t xml:space="preserve">Jit Sarkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuo Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Gaudin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Shuo Dong</w:t>
+                <w:t xml:space="preserve">Yaroslav Gerasimenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Géneaux</w:t>
+                <w:t xml:space="preserve">Tommaso Pincelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 131 (6), pp.066402. </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (47), </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.066402⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.adi4661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04239132v1</w:t>
+                <w:t xml:space="preserve">hal-03797999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of Multi‐Directional Energy Transfer in a Hybrid Plasmonic–Excitonic Nanostructure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tommaso Pincelli</w:t>
+                <w:t xml:space="preserve">Observation of ultrafast interfacial Meitner-Auger energy transfer in a Van der Waals heterostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuo Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Vasileiadis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Samuel Beaulieu</w:t>
+                <w:t xml:space="preserve">Malte Selig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maciej Dendzik</w:t>
+                <w:t xml:space="preserve">Philipp Rosenzweig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominik Christiansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adma.202209100⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.5057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-40815-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04239137v1</w:t>
+                <w:t xml:space="preserve">hal-04239121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of ultrafast interfacial Meitner-Auger energy transfer in a Van der Waals heterostructure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Observation of Multi‐Directional Energy Transfer in a Hybrid Plasmonic–Excitonic Nanostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Pincelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Vasileiadis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuo Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominik Christiansen</w:t>
+                <w:t xml:space="preserve">Maciej Dendzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (1), pp.5057. </w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-40815-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adma.202209100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04239121v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04239137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orbital-resolved Observation of Singlet Fission</w:t>
               </w:r>
@@ -1369,64 +1369,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hammer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuo Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Maklar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 616, pp.275-279. </w:t>
@@ -1458,429 +1458,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03797189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast Momentum-Resolved Hot Electron Dynamics in the Two-Dimensional Topological Insulator Bismuthene</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Role of spin-orbit coupling in high-order harmonic generation revealed by supercycle Rydberg trajectories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raúl Stühler</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Shuo Dong</w:t>
+                <w:t xml:space="preserve">N. Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Á. Jiménez-Galán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Patchkovskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Kornilov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.2c01462⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 129 (17), pp.173202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.173202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03795648v1</w:t>
+                <w:t xml:space="preserve">hal-04239160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polarization-Modulated Angle-Resolved Photoemission Spectroscopy: Toward Circular Dichroism without Circular Photons and Bloch Wave-function Reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schüler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Pincelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuo Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Devereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review X</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (1), pp.011019. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevX.12.011019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03796692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of spin-orbit coupling in high-order harmonic generation revealed by supercycle Rydberg trajectories</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Patchkovskii</w:t>
+                <w:t xml:space="preserve">Ultrafast Momentum-Resolved Hot Electron Dynamics in the Two-Dimensional Topological Insulator Bismuthene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Maklar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Kornilov</w:t>
+                <w:t xml:space="preserve">Raúl Stühler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Dendzik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Pincelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuo Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 129 (17), pp.173202. </w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (13), pp.5420-5426. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.173202⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.2c01462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04239160v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03795648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing topological Floquet states in WSe2 using circular dichroism in time- and angle-resolved photoemission spectroscopy</w:t>
               </w:r>
@@ -2130,64 +2130,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schüler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Schusser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuo Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Pincelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Npj Quantum Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 6 (1), pp.93. </w:t>
@@ -2225,103 +2225,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct measurement of key exciton properties: Energy, dynamics, and spatial distribution of the wave function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuo Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Puppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Pincelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominik Christiansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Latvian Academy of Sciences. Section B. Natural, Exact, and Applied Sciences.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 1 (1), </w:t>
@@ -2372,90 +2372,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrafast dynamical Lifshitz transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuo Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tancogne-Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maciej Dendzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Pincelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (17), </w:t>
@@ -3023,295 +3023,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02391642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoexcitation Circular Dichroism in Chiral Molecules</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Fabre</w:t>
+                <w:t xml:space="preserve">Multiphoton photoelectron circular dichroism of limonene with independent polarization state control of the bound-bound and bound-continuum transitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Comby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo Garcia</w:t>
+                <w:t xml:space="preserve">D. Descamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Légaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41567-017-0038-z⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 149 (13), pp.134301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5042533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01417835v2</w:t>
+                <w:t xml:space="preserve">hal-02110387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphoton photoelectron circular dichroism of limonene with independent polarization state control of the bound-bound and bound-continuum transitions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Petit</w:t>
+                <w:t xml:space="preserve">Photoexcitation Circular Dichroism in Chiral Molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Comby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Descamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Légaré</w:t>
+                <w:t xml:space="preserve">Gustavo Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 149 (13), pp.134301. </w:t>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14, pp.484-489. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5042533⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41567-017-0038-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02110387v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01417835v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonantly-initiated quantum trajectories and their role in the generation of near-threshold harmonics</w:t>
               </w:r>
@@ -3453,64 +3453,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 26 (5), pp.6001-6009. </w:t>
@@ -3730,51 +3730,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Clergerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 358 (6368), pp.1288 - 1294. </w:t>
@@ -3812,51 +3812,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radial index of Laguerre-Gaussian modes in high-order-harmonic generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Géneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chappuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3998,51 +3998,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Clergerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 358 (6368), pp.1288-1294. </w:t>
@@ -4132,51 +4132,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Comby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 95, pp.041401. </w:t>
@@ -4208,429 +4208,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01506825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of accurate electron chiral asymmetries in fenchone and camphor in the VUV range: sensitivity to isomerism and enantiomeric purity</w:t>
+                <w:t xml:space="preserve">Coherent control of D$_2$ /H$_2$ dissociative ionization by a mid-infrared two-color laser field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Nahon</w:t>
+                <w:t xml:space="preserve">Vincent Wanie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Nag</w:t>
+                <w:t xml:space="preserve">Heide Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. A. Garcia</w:t>
+                <w:t xml:space="preserve">Nicolas Thiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Myrgorodska</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">U. Meierhenrich</w:t>
+                <w:t xml:space="preserve">Bruno Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C6CP01293K⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49, pp.025601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-4075/49/2/025601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01426435v1</w:t>
+                <w:t xml:space="preserve">hal-01754821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Excited States In High-order Harmonic Generation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Beaulieu</w:t>
+                <w:t xml:space="preserve">Determination of accurate electron chiral asymmetries in fenchone and camphor in the VUV range: sensitivity to isomerism and enantiomeric purity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Nahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Camp</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Comby</w:t>
+                <w:t xml:space="preserve">L. Nag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Wanie</w:t>
+                <w:t xml:space="preserve">G. A. Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Myrgorodska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Meierhenrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.203001⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18, pp.12696-12706. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C6CP01293K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01644307v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01426435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent control of D$_2$ /H$_2$ dissociative ionization by a mid-infrared two-color laser field</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Samuel Beaulieu</w:t>
+                <w:t xml:space="preserve">Role of Excited States In High-order Harmonic Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Thiré</w:t>
+                <w:t xml:space="preserve">S. Camp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Descamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Comby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Schmidt</w:t>
+                <w:t xml:space="preserve">V. Wanie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 49, pp.025601. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 117 (20), </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-4075/49/2/025601⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.203001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01754821v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01644307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing ultrafast dynamics of chiral molecules using time-resolved photoelectron circular dichroism</w:t>
               </w:r>
@@ -4936,51 +4936,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Géneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Canonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 18, pp.102002. </w:t>
@@ -5018,51 +5018,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">10 mJ 5-cycle pulses at 1.8 μ m through optical parametric amplification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5070,51 +5070,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laramée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Wanie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 106 (9), </w:t>
@@ -5165,77 +5165,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">0.42 TW 2-cycle pulses at 1.8 $\mu$m via hollow-core fiber compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Wanie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Légaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5286,103 +5286,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tabletop imaging using 266nm femtosecond laser pulses, for characterization of structural evolution in, single molecule, chemical reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heide Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benji Wales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 635 (11), </w:t>
@@ -5523,103 +5523,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tabletop imaging of structural evolutions in chemical reactions demonstrated for the acetylene cation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heide Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benji Wales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 5, pp.4422. </w:t>
@@ -6117,51 +6117,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Comby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Géneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6238,64 +6238,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High peak-power (0.42TW) mid-IR pulses achieved through hollow-core fiber compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Wanie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6359,103 +6359,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isotope Effect in the three Break-up Channels of the Acetylene Cation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heide Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benji Wales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Ultrafast Phenomena</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Santa Fe, France. </w:t>
@@ -6493,103 +6493,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single shot absorption measurements in the water window XUV region via HHG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Wanie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">High Intensity Lasers and High Field Phenomena</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Long Beach, France. </w:t>
@@ -6640,64 +6640,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mid-IR 0.4TW Pulses Achieved Through Hollow-Core Fiber Compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Wanie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6761,51 +6761,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High flux table-top ultrafast soft X-ray source generated by high harmonic generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Shmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6953,51 +6953,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yashasvi Mehra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Fanciulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Heckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7078,51 +7078,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yashasvi Mehra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Fanciulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Heckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7177,103 +7177,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrafast Hidden Spin Polarization Dynamics of Bright and Dark Excitons in 2H-WSe2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Fanciulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bresteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Géneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quantum Phenomena in 2D Matter: QP2DM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, San Sebastian, Spain</w:t>
@@ -7491,51 +7491,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Courtade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olena Tkach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7701,90 +7701,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berry curvature signatures in chiroptical excitonic transitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuo Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktor Christiansson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philipp Werner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Pincelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -7806,103 +7806,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of ultrafast interfacial Meitner-Auger energy transfer in a van der Waals heterostructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuo Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malte Selig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philipp Rosenzweig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominik Christiansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -8196,51 +8196,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345883v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Girotto Erhardt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotirios Fragkos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Descamps" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sch&#252;ler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/dvlz-93t8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345929v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fabre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Tkach" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-61076-7" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677698v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Beaulieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Larroque" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.110.013103" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803845v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Symeonidou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Lasserre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c04019" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345939v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aydin Ashrafi-Belgabad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Karimi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Monfared" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaili Tian" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parviz Parvin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-024-01863-8" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797999v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Maklar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jit Sarkar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Dong" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaroslav Gerasimenko" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Pincelli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adi4661" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239132v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Fanciulli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bresteau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaudin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain G&#233;neaux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.066402" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239137v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vasileiadis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Dendzik" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202209100" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239121v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Selig" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Rosenzweig" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Christiansen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40815-8" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797189v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Neef" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hammer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-05814-1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795648v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l St&#252;hler" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c01462" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796692v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devereaux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Wolf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.12.011019" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239160v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mayer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;. Jim&#233;nez-Gal&#225;n" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Patchkovskii" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kornilov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.173202" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798041v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-022-00944-w" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796672v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Comby" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debobrata Rajak" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Blanchet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/ac7a49" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796784v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Schusser" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41535-021-00398-3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796926v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Puppin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ntls.10010" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797101v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tancogne-Dejean" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abd9275" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796755v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bloch" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Larroque" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rozen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beaulieu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Comby" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.11.041056" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04444557v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schusser" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dong" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sch&#252;ler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pincelli" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.216404" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985546v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fedorov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belsky" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bouillaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0012485" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391642v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bloch" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Petit" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois L&#233;gar&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ab28b9" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417835v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Garcia" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-017-0038-z" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110387v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Descamps" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. L&#233;gar&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5042533" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754804v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Camp" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Schafer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Gaarde" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/aaac12" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754807v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Constant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.006001" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754811v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Basdevant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey-Anne Guilbault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jobin-Des Lauriers" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Legault" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pac-2016-1212" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754779v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Clergerie" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caillat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aao5624" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01571633v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chappuis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Auguste" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy T. Gorman" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.95.051801" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03958730v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01506825v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barreau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.95.041401" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01426435v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nahon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nag" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. A. Garcia" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Myrgorodska" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Meierhenrich" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CP01293K" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644307v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Camp" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Wanie" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.203001" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754821v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wanie" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heide Ibrahim" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thir&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Schmidt" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/49/2/025601" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582329v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ferr&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6fd00113k" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395562v2" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Boggio-Pasqua" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois L&#233;gar&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.6b02065" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01383954v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferr&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G&#233;neaux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Canonge" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/18/10/102002" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754827v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cardin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laram&#233;e" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4914344" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754828v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4934861" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754810v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benji Wales" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/635/11/112128" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754824v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201501177" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/220E2E2263FE405A92A195FA29E41C71961DEDD0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754835v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5422" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754818v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bisson" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ramadhan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2014.05.003" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754831v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Alexandre Champagne" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pomarole" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-&#200;ve Th&#233;rien" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Benhassine" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol400765a" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754820v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wales" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gigu&#232;re" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4804653" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754846v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/UP.2016.UTu1A.1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754849v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/HILAS.2016.HS4B.4" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754843v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/UP.2016.UF2A.3" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754850v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/HILAS.2016.HT2B.1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754852v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2015.SM1P.2" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754808v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Shmidt" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fourmeaux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/UP.2014.09.Wed.P3.49" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342161v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yashasvi Mehra" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heckmann" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Hricovini" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765681v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764937v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Gaudin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345958v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hibiki Orio" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akib Jabed" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarath Sasi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345971v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Courtade" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345978v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jabed" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goto" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Frimpong" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Armanno" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Longa" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239154v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Christiansson" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Werner" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797255v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01939703v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018BORD0063" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345883v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Girotto Erhardt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotirios Fragkos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Descamps" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sch&#252;ler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/dvlz-93t8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345929v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fabre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Tkach" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-61076-7" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677698v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Beaulieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Larroque" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.110.013103" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803845v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Symeonidou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Lasserre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c04019" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345939v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aydin Ashrafi-Belgabad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Karimi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Monfared" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaili Tian" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parviz Parvin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-024-01863-8" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239132v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Fanciulli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bresteau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaudin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Dong" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain G&#233;neaux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.066402" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797999v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Maklar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jit Sarkar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaroslav Gerasimenko" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Pincelli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adi4661" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239121v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Selig" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Rosenzweig" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Christiansen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40815-8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239137v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vasileiadis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Dendzik" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202209100" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797189v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Neef" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hammer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-05814-1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239160v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mayer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;. Jim&#233;nez-Gal&#225;n" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Patchkovskii" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kornilov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.173202" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796692v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devereaux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Wolf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.12.011019" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795648v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l St&#252;hler" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c01462" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798041v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-022-00944-w" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796672v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Comby" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debobrata Rajak" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Blanchet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/ac7a49" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796784v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Schusser" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41535-021-00398-3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796926v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Puppin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ntls.10010" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797101v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tancogne-Dejean" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abd9275" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796755v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bloch" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Larroque" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rozen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beaulieu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Comby" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.11.041056" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04444557v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schusser" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dong" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sch&#252;ler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pincelli" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.216404" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985546v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fedorov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belsky" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bouillaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0012485" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391642v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bloch" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Petit" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois L&#233;gar&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ab28b9" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110387v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Descamps" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. L&#233;gar&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5042533" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417835v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Garcia" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-017-0038-z" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754804v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Camp" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Schafer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Gaarde" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/aaac12" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754807v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Constant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.006001" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754811v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Basdevant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey-Anne Guilbault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jobin-Des Lauriers" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Legault" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pac-2016-1212" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754779v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Clergerie" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caillat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aao5624" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01571633v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chappuis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Auguste" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy T. Gorman" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.95.051801" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03958730v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01506825v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barreau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.95.041401" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754821v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wanie" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heide Ibrahim" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thir&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Schmidt" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/49/2/025601" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01426435v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nahon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nag" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. A. Garcia" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Myrgorodska" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Meierhenrich" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CP01293K" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644307v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Camp" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Wanie" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.203001" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582329v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ferr&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6fd00113k" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395562v2" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Boggio-Pasqua" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois L&#233;gar&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.6b02065" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01383954v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferr&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G&#233;neaux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Canonge" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/18/10/102002" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754827v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cardin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laram&#233;e" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4914344" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754828v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4934861" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754810v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benji Wales" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/635/11/112128" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754824v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201501177" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/220E2E2263FE405A92A195FA29E41C71961DEDD0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754835v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5422" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754818v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bisson" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ramadhan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2014.05.003" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754831v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Alexandre Champagne" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pomarole" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-&#200;ve Th&#233;rien" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Benhassine" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol400765a" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754820v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wales" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gigu&#232;re" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4804653" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754846v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/UP.2016.UTu1A.1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754849v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/HILAS.2016.HS4B.4" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754843v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/UP.2016.UF2A.3" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754850v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/HILAS.2016.HT2B.1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754852v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2015.SM1P.2" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754808v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Shmidt" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fourmeaux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/UP.2014.09.Wed.P3.49" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342161v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yashasvi Mehra" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heckmann" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Hricovini" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765681v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764937v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Gaudin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345958v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hibiki Orio" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akib Jabed" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarath Sasi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345971v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Courtade" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345978v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jabed" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goto" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Frimpong" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Armanno" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Longa" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239154v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Christiansson" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Werner" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797255v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01939703v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018BORD0063" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>