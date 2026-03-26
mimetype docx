--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -830,295 +830,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03964969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un handicap institutionnalisé : la lèpre au Moyen Âge</w:t>
+                <w:t xml:space="preserve">Disability in a medieval village community: A unique case of facial dysmorphism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leïa Mion</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
+                <w:t xml:space="preserve">Boris Laure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Zadora-Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/nda.12778⟩</w:t>
+              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35, pp.22-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2021.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03230492v1</w:t>
+                <w:t xml:space="preserve">hal-03345924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disability in a medieval village community: A unique case of facial dysmorphism</w:t>
+                <w:t xml:space="preserve">Un handicap institutionnalisé : la lèpre au Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
+                <w:t xml:space="preserve">Leïa Mion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Pacory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 35, pp.22-28. </w:t>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Archéologies du handicap, 165, pp.30-37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2021.08.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/nda.12778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03345924v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D reappraisal of trepanations at St. Cosme priory between the 12th and the 15th centuries, France</w:t>
               </w:r>
@@ -1143,51 +1143,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Travers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1532,273 +1532,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repérer et caractériser des traces d’interventions anthropiques sur os humains de La Tène : méthodologie mise en place pour le PCR Ambacia (Amboise – Indre-et-Loire)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ethical Challenges in Anthropology, Bioarchaeology and Paleoanthropology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Production et analyse d’images en anthropologie et archéologie funéraire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sophie Oudry; Jean-Philippe Chimier; Matthieu Gaultier; Amélie Laurent; Sylvain Badey; Samuel Bédécarrats; Dominique Pacot, Mar 2025, Pessac, France</w:t>
+              <w:t xml:space="preserve">Exploring Ethics in Archaeology and Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Samuel Bédécarrats; Adeline Le Cabec; Antoine Souron; Sacha Kacki; Hélène Réveillas, Apr 2025, PESSAC, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05435533v1</w:t>
+                <w:t xml:space="preserve">hal-05027243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accueillir, soigner, réparer au Moyen Âge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Repérer et caractériser des traces d’interventions anthropiques sur os humains de La Tène : méthodologie mise en place pour le PCR Ambacia (Amboise – Indre-et-Loire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Ciesielski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valérie Delattre</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cafés historiques en région Centre Val de Loire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, François Barré, Sep 2025, Tours, France</w:t>
+              <w:t xml:space="preserve">Production et analyse d’images en anthropologie et archéologie funéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sophie Oudry; Jean-Philippe Chimier; Matthieu Gaultier; Amélie Laurent; Sylvain Badey; Samuel Bédécarrats; Dominique Pacot, Mar 2025, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05251876v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethical Challenges in Anthropology, Bioarchaeology and Paleoanthropology</w:t>
+                <w:t xml:space="preserve">Accueillir, soigner, réparer au Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Delattre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exploring Ethics in Archaeology and Human Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Samuel Bédécarrats; Adeline Le Cabec; Antoine Souron; Sacha Kacki; Hélène Réveillas, Apr 2025, PESSAC, France</w:t>
+              <w:t xml:space="preserve">Les cafés historiques en région Centre Val de Loire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, François Barré, Sep 2025, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05027243v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early life histories in Prehistoric Algeria: first evidences by multi-isotope and bioanthropological approaches</w:t>
               </w:r>
@@ -2453,51 +2453,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Laurent-Dehecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3370,277 +3370,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04330021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloque : Autour du corps de l’apôtre Jacques le Majeur à Toulouse. Analyse des reliques, légendes hagiographiques et mémoires carolingiennes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le crâne dit de saint Aubert : de la pratique chirurgicale à la pratique cultuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Armelle Alduc-Le Bagousse</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bougault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Barré</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Bouet</w:t>
+                <w:t xml:space="preserve">Stéphane Lecouteux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international : Autour du corps de l’apôtre Jacques le Majeur à Toulouse. Analyse des reliques, légendes hagiographiques et mémoires carolingiennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Toulouse Jean Jaurès - FRAMESPA, Nov 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">1023-2023 : le Mont Saint-Michel en Normandie et en Europe : nouvelles découvertes et nouvelles perspectives de recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mathilde Labatut; Fabien Paquet; Christophe Maneuvrier (collaboration), May 2023, Cerisy-la-Salle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04541978v1</w:t>
+                <w:t xml:space="preserve">hal-04308448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le crâne dit de saint Aubert : de la pratique chirurgicale à la pratique cultuelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">Colloque : Autour du corps de l’apôtre Jacques le Majeur à Toulouse. Analyse des reliques, légendes hagiographiques et mémoires carolingiennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Alduc-Le Bagousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bouet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lecouteux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1023-2023 : le Mont Saint-Michel en Normandie et en Europe : nouvelles découvertes et nouvelles perspectives de recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mathilde Labatut; Fabien Paquet; Christophe Maneuvrier (collaboration), May 2023, Cerisy-la-Salle, France</w:t>
+              <w:t xml:space="preserve">Colloque international : Autour du corps de l’apôtre Jacques le Majeur à Toulouse. Analyse des reliques, légendes hagiographiques et mémoires carolingiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Toulouse Jean Jaurès - FRAMESPA, Nov 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04308448v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04541978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modifications et adaptations osseuses aux contraintes mécaniques chez les femmes au Néolithique (ANR WomenSOFar)</w:t>
               </w:r>
@@ -3976,51 +3976,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Laurent-Dehecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4069,277 +4069,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05027285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confrontation de l’examen macroscopique à l’étude radiographique, microtomographique et histologique pour la caractérisation paléopathologique de l’os immature.</w:t>
+                <w:t xml:space="preserve">Conditions de mise en œuvre de la tomodensitométrie pour l’étude d’un couteau médiéval découvert en contexte préventif (diagnostic « Cœur de Ville » à Buzançais, Indre)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Elie</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Rérolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Cécile Truc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Livet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque du Groupe des Paléopathologistes de Langue Française 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe des Paléopathologistes de Langue Française, May 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Imagerie scientifique et objet archéologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CORPUS, Mar 2023, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04102064v1</w:t>
+                <w:t xml:space="preserve">hal-04036092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conditions de mise en œuvre de la tomodensitométrie pour l’étude d’un couteau médiéval découvert en contexte préventif (diagnostic « Cœur de Ville » à Buzançais, Indre)</w:t>
+                <w:t xml:space="preserve">Confrontation de l’examen macroscopique à l’étude radiographique, microtomographique et histologique pour la caractérisation paléopathologique de l’os immature.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Livet</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bougault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Pacory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Goux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Elie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imagerie scientifique et objet archéologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CORPUS, Mar 2023, Caen, France</w:t>
+              <w:t xml:space="preserve">Colloque du Groupe des Paléopathologistes de Langue Française 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe des Paléopathologistes de Langue Française, May 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04036092v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04102064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autopsie d'un coeur embaumé : la fouille du cardiotaphe de Saint-Germain de Flers (XVIIIe siècle, Orne, Normandie)</w:t>
               </w:r>
@@ -4450,51 +4450,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les reliques d'Aubert : dernière expertise du crâne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4640,51 +4640,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mystères du crâne &amp;quot;dit de saint Aubert&amp;quot; - conclusions des dernières expertises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4800,51 +4800,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Letreguilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4876,221 +4876,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03238576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From texts to bones: theories and practices of cranial surgery in the Middle Ages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Disability in a medieval village community: a unique case of facial dysmorphism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Miclon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Laure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Zadora-Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroFrance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">European Association of Archaeologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Bern, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03111500v1</w:t>
+                <w:t xml:space="preserve">hal-03194973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disability in a medieval village community: a unique case of facial dysmorphism</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From texts to bones: theories and practices of cranial surgery in the Middle Ages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Association of Archaeologists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Bern, Switzerland</w:t>
+              <w:t xml:space="preserve">NeuroFrance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03194973v1</w:t>
+                <w:t xml:space="preserve">hal-03111500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D reappraisal of trepanations at St Cosme priory between the 12th and the 15th centuries, France</w:t>
               </w:r>
@@ -5115,51 +5115,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Travers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5227,51 +5227,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Travers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Lorans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5456,51 +5456,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expressions ostéoarchéologiques de la pratique chirurgicale en Touraine médiévale : le prieuré Saint-Cosme et la léproserie Saint-Lazare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5603,51 +5603,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Coqueugniot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque de la Société d’Anthropologie de Paris (SAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5780,51 +5780,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque SaRC Santé en Région Centre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, TOURS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6278,51 +6278,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinguer et caractériser différents espaces d’un cimetière monastique. Trois approches complémentaires au prieuré Saint-Cosme près de Tours : recrutement, alimentation, paléopathologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6721,308 +6721,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04045390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apports de la radiologie, de la microtomodensitométrie et de l'histologie à l'étude des pathologies, troubles de croissance et modifications physiologiques de l'os immature- présentation de la recherche ANCESTOR</w:t>
+                <w:t xml:space="preserve">Contribution of paleopathology to the identification of populations under care - the example of medieval Touraine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Coqueugniot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque du Groupe des Paléopathologistes de Langue Française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1847es Journées de la Société d’Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Toulouse, France. Bulletins et mémoires de la Société d’Anthropologie de Paris, Bulletins et mémoires de la Société d’Anthropologie de Paris, 34 ((S)), 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.8307⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03671251v1</w:t>
+                <w:t xml:space="preserve">hal-03859537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of paleopathology to the identification of populations under care - the example of medieval Touraine</w:t>
+                <w:t xml:space="preserve">Apports de la radiologie, de la microtomodensitométrie et de l'histologie à la caractérisation des modifications du périoste chez les sujets immatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hélène Coqueugniot</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bougault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1847es Journées de la Société d’Anthropologie de Paris</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/bmsap.8307⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03859537v1</w:t>
+                <w:t xml:space="preserve">hal-03671257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apports de la radiologie, de la microtomodensitométrie et de l'histologie à la caractérisation des modifications du périoste chez les sujets immatures</w:t>
+                <w:t xml:space="preserve">Apports de la radiologie, de la microtomodensitométrie et de l'histologie à l'étude des pathologies, troubles de croissance et modifications physiologiques de l'os immature- présentation de la recherche ANCESTOR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bougault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
+              <w:t xml:space="preserve">Colloque du Groupe des Paléopathologistes de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Paris-Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03671257v1</w:t>
+                <w:t xml:space="preserve">hal-03671251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prototypage d’un enregistrement anatomique tridimensionnel pour les données anthropologiques</w:t>
               </w:r>
@@ -7233,51 +7233,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Coqueugniot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque du Groupe des Paléopathologistes de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7442,51 +7442,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dormir dans l’église pour guérir : témoignages historiques et traces archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Olivier Touati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7537,51 +7537,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monastères et prieurés : des lieux d’accueil personnalisés ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7796,51 +7796,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifier et caractériser : de l’individu à la population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Archéologue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hors-Série juin-juillet-août 2025, pp.20-21, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8113,51 +8113,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le crâne dit de saint Aubert : de la pratique chirurgicale à la pratique cultuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8165,51 +8165,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bougault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lecouteux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathilde Labatut; Fabien Paquet; Christophe Maneuvrier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque 1023-2023 - Le Mont-Saint-Michel en Normandie et en Europe</w:t>
@@ -8242,51 +8242,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse du crâne médiéval dit d’Aubert : étude historique, datation et nouvel examen paléopathologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bougault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8294,51 +8294,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lecouteux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno Bazin; François Capron; Alexis Corrochano; stéphane Joly. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Se vêtir au premier Moyen Âge, Actes des 41e Journées internationales de l'Association française d'Archéologie mérovingienne, Chartres (Eure-et-Loir), 29 sept. au 02 oct. 2021</w:t>
@@ -8397,51 +8397,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Travers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Coqueugniot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8626,51 +8626,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Travers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9816,51 +9816,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bougault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Naveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Goux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Caen Normandie - UFR HSS; CRAHAM. 2022, 222 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -10462,51 +10462,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F33C6B9B"/>
+    <w:nsid w:val="EBB7144F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10693,51 +10693,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-bedecarrats" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6016-577X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469156v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Le Roy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Sayle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gandelin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hi5" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401158v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry L Sayle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blaizot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Couvrat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.657" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982372v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bernardini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Micarelli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlotta Zeppilli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Strani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10707" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509843v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bougault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lemonnier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Pacory" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.11487" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03964969v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Paine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.3202" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230492v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Miclon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;a Mion" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.12778" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345924v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Laure" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Zadora-Rio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.08.002" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328279v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Travers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.07.003" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851195v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131758v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033535v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anusha Ramdarshan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Godinot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Tabuce" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18563/m3.1.2.e2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435533v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Ciesielski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251876v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delattre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027243v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363054v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Chaid-Saoudi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027214v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Le Cabec" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Souron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne R&#233;veillas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441409v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melie Le Roy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909815v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Galovi&#269;ov&#225;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chenal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133ny" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073532v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027353v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027305v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Laurent-Dehecq" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badey" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690550v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Kerry" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513690v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leduc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rottier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consortium ANR WomenSOFar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520454v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gallien" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Langlois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702664v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509809v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685202v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lambert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gleize" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705143v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330021v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04541978v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Alduc-Le Bagousse" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Barr&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04308448v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lecouteux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423822v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12433" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330002v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071892v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte R&#233;rolle" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Truc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027285v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102064v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elie" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036092v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04573740v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dupont" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boursier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03681809v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Letreguilly" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847291v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759527v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03238576v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111500v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194973v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111476v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111503v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lorans" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coqueugniot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644328v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Saint-Martin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111508v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111511v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111515v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111518v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487370v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deschamps" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mariot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenda.unige.ch/events/view/44609" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hha" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934041v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Corselle" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanderesse" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782275v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichraq Larbi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05188628v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731795v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509787v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04045390v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671251v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859537v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8307" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671257v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03964742v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Li&#233;nard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10694" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131681v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaultier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111519v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111520v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souquet-Leroy Isabelle" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroy Fabrice" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124611v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Olivier Touati" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124608v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124606v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124610v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124607v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124609v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Marot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209124v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04573844v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04573777v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102499v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.16618" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939865v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Simon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328278v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124622v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/145s6" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053239v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13h3w" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03029713v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Morleghem" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Loeuillet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705140v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479109v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concetta Pennuto" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Demonet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lecomte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Porhel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131706v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017770v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Louise Sayle" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaizot Fr&#233;d&#233;rique" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Couvrat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928063v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laruaz" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Baudoin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882218v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Duval" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426203v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Naveau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197146v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adam" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boucher" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195851v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Anglade" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03256880v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888882v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Cha&#239;d-Saoudi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry L. Sayle" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-bedecarrats" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6016-577X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469156v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Le Roy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Sayle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gandelin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hi5" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401158v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry L Sayle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blaizot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Couvrat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.657" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982372v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bernardini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Micarelli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlotta Zeppilli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Strani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10707" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509843v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bougault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lemonnier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Pacory" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.11487" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03964969v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Paine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.3202" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345924v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Miclon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Laure" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Zadora-Rio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.08.002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230492v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;a Mion" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.12778" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328279v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Travers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.07.003" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851195v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131758v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033535v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anusha Ramdarshan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Godinot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Tabuce" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18563/m3.1.2.e2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027243v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435533v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Ciesielski" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251876v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delattre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363054v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Chaid-Saoudi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027214v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Le Cabec" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Souron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne R&#233;veillas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441409v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melie Le Roy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909815v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Galovi&#269;ov&#225;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chenal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133ny" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073532v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027353v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027305v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Laurent-Dehecq" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badey" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690550v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Kerry" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513690v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leduc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rottier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consortium ANR WomenSOFar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520454v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gallien" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Langlois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702664v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509809v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685202v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lambert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gleize" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705143v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330021v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04308448v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lecouteux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04541978v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Alduc-Le Bagousse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Barr&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423822v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12433" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330002v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071892v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte R&#233;rolle" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Truc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027285v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036092v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102064v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elie" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04573740v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dupont" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boursier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03681809v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Letreguilly" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847291v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759527v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03238576v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194973v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111500v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111476v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111503v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lorans" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coqueugniot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644328v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Saint-Martin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111508v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111511v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111515v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111518v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487370v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deschamps" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mariot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenda.unige.ch/events/view/44609" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hha" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934041v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Corselle" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanderesse" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782275v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichraq Larbi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05188628v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731795v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509787v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04045390v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859537v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8307" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671257v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671251v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03964742v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Li&#233;nard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10694" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131681v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaultier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111519v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111520v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souquet-Leroy Isabelle" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroy Fabrice" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124611v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Olivier Touati" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124608v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124606v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124610v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124607v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124609v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Marot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209124v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04573844v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04573777v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102499v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.16618" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939865v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Simon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328278v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124622v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/145s6" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053239v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13h3w" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03029713v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Morleghem" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Loeuillet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705140v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479109v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concetta Pennuto" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Demonet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lecomte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Porhel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131706v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017770v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Louise Sayle" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaizot Fr&#233;d&#233;rique" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Couvrat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928063v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laruaz" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Baudoin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882218v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Duval" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426203v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Naveau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197146v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adam" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boucher" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195851v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Anglade" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03256880v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888882v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Cha&#239;d-Saoudi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry L. Sayle" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>