--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -527,602 +527,602 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05520760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the AgMIP calibration protocol for crop models; case study and new diagnostic tests</w:t>
+                <w:t xml:space="preserve">Selecting crop variables and parameters for the calibration of a new cultivar in a crop model: A case study of winter wheat for STICS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Wallach</w:t>
+                <w:t xml:space="preserve">Meije Gawinowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kwang Soo Kim</w:t>
+                <w:t xml:space="preserve">Maël Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shinwoo Hyun</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Buis</w:t>
+                <w:t xml:space="preserve">Cécile Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Thorburn</w:t>
+                <w:t xml:space="preserve">Jean-Charles Deswarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Agronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 168, </w:t>
+              <w:t xml:space="preserve">, 2025, 168, pp.127677. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eja.2025.127659⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eja.2025.127677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05135063v1</w:t>
+                <w:t xml:space="preserve">hal-05135775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximizing Regional Sensitivity Analysis indices to find sensitive model behaviors</w:t>
+                <w:t xml:space="preserve">Evaluating the AgMIP calibration protocol for crop models; case study and new diagnostic tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Roux</w:t>
+                <w:t xml:space="preserve">Daniel Wallach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Loisel</w:t>
+                <w:t xml:space="preserve">Kwang Soo Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shinwoo Hyun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Thorburn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Uncertainty Quantification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1615/Int.J.UncertaintyQuantification.2024051424⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 168, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eja.2025.127659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03836513v3</w:t>
+                <w:t xml:space="preserve">hal-05135063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why is there so much variability in crop multi-model studies?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Henrike Mielenz</w:t>
+                <w:t xml:space="preserve">Maximizing Regional Sensitivity Analysis indices to find sensitive model behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Loisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2025.110697⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Uncertainty Quantification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.47-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/Int.J.UncertaintyQuantification.2024051424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05146323v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03836513v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selecting crop variables and parameters for the calibration of a new cultivar in a crop model: A case study of winter wheat for STICS</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maël Aubry</w:t>
+                <w:t xml:space="preserve">Why is there so much variability in crop multi-model studies?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Wallach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taru Palosuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrike Mielenz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Deswarte</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Thorburn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 168, pp.127677. </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 372, pp.110697. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eja.2025.127677⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2025.110697⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05135775v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05146323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A calibration protocol for soil-crop models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Wallach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana-Maria Seserman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taru Palosuo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter J Thorburn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1173,90 +1173,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposal and extensive test of a calibration protocol for crop phenology models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Wallach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taru Palosuo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Thorburn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrike Mielenz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1301,1004 +1301,1004 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04192690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A trait‐based model ensemble approach to design rice plant types for future climate</w:t>
+                <w:t xml:space="preserve">Crop specific inversion of PROSAIL to retrieve green area index (GAI) from several decametric satellites using a Bayesian framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Livia Paleari</w:t>
+                <w:t xml:space="preserve">Jingwen Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tao Li</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Toshihiro Hasegawa</w:t>
+                <w:t xml:space="preserve">Raul Lopez-Lozano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Buis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenjuan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.16087⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 278, pp.113085. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2022.113085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03546145v1</w:t>
+                <w:t xml:space="preserve">hal-03763254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating soil available water capacity within a Mediterranean vineyard watershed using satellite imagery and crop model inversion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A trait‐based model ensemble approach to design rice plant types for future climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livia Paleari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yubin Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Alkassem Alosman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Buis</w:t>
+                <w:t xml:space="preserve">Lloyd T Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Coulouma</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lagacherie</w:t>
+                <w:t xml:space="preserve">Toshihiro Hasegawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.116081⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28, pp.2689-2710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.16087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03744868v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Available water capacity from a multidisciplinary and multiscale viewpoint. A review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimating soil available water capacity within a Mediterranean vineyard watershed using satellite imagery and crop model inversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Alkassem Alosman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Buis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Coulouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Cousin</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Frédéric Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lagacherie</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christine Le Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13593-022-00774-8⟩</w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 425, pp.116081. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.116081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03689408v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03744868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the impact of using digital soil mapping products as input for spatializing a crop model: The case of drainage and maize yield simulated by STICS in the Berambadi catchment (India)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Available water capacity from a multidisciplinary and multiscale viewpoint. A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Buis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lagacherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Constantin</w:t>
+                <w:t xml:space="preserve">Claude Doussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subramanian Dharumarajan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Ruiz</w:t>
+                <w:t xml:space="preserve">Christine Le Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2021.115503⟩</w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 42 (3), pp.46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-022-00774-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03401773v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03689408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crop specific inversion of PROSAIL to retrieve green area index (GAI) from several decametric satellites using a Bayesian framework</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluating the impact of using digital soil mapping products as input for spatializing a crop model: The case of drainage and maize yield simulated by STICS in the Berambadi catchment (India)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lagacherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Buis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Constantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jingwen Wang</w:t>
+                <w:t xml:space="preserve">Subramanian Dharumarajan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raul Lopez-Lozano</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Wenjuan Li</w:t>
+                <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 278, pp.113085. </w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 406, </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2022.113085⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2021.115503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03763254v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03401773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cluster-based GSA: Global sensitivity analysis of models with temporal or spatial outputs using clustering</w:t>
+                <w:t xml:space="preserve">How well do crop modeling groups predict wheat phenology, given calibration data from the target population?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Roux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Buis</w:t>
+                <w:t xml:space="preserve">Daniel Wallach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taru Palosuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Thorburn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lafolie</w:t>
+                <w:t xml:space="preserve">Emmanuelle Gourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matieyendou Lamboni</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Senthold Asseng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 140, pp.105046. </w:t>
+              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 124, pp.126195. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2021.105046⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eja.2020.126195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03203049v1</w:t>
+                <w:t xml:space="preserve">hal-03757247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How well do crop modeling groups predict wheat phenology, given calibration data from the target population?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Peter Thorburn</w:t>
+                <w:t xml:space="preserve">Cluster-based GSA: Global sensitivity analysis of models with temporal or spatial outputs using clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Gourdain</w:t>
+                <w:t xml:space="preserve">François Lafolie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senthold Asseng</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Matieyendou Lamboni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 124, pp.126195. </w:t>
+              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 140, pp.105046. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eja.2020.126195⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2021.105046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03757247v1</w:t>
+                <w:t xml:space="preserve">hal-03203049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-model evaluation of phenology prediction for wheat in Australia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Wallach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taru Palosuo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Thorburn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zvi Hochman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2362,103 +2362,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The chaos in calibrating crop models: lessons learned from a multi-model calibration exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Wallach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taru Palosuo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Thorburn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zvi Hochman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 145, </w:t>
@@ -2764,64 +2764,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A filter-based approach for global sensitivity analysis of models with functional inputs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Loisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3002,51 +3002,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Improved Method to Estimate Soil Hydrodynamic and Hydraulic Roughness Parameters by Using Easily Measurable Data During Flood Irrigation Experiments and Inverse Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Alkassem Alosman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3130,723 +3130,723 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02622167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classifying multi-model wheat yield impact response surfaces showing sensitivity to temperature and precipitation change</w:t>
+                <w:t xml:space="preserve">Climate change effects on leaf rust of wheat: Implementing a coupled crop-disease model in a French regional application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Fronzek</w:t>
+                <w:t xml:space="preserve">Julie Caubel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Pirttioja</w:t>
+                <w:t xml:space="preserve">Dominique Ripoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy R. Carter</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Holger Hoffmann</w:t>
+                <w:t xml:space="preserve">David Gouache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agsy.2017.08.004⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 90, pp.53-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eja.2017.07.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606946v1</w:t>
+                <w:t xml:space="preserve">hal-01604466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate change effects on leaf rust of wheat: Implementing a coupled crop-disease model in a French regional application</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Classifying multi-model wheat yield impact response surfaces showing sensitivity to temperature and precipitation change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Fronzek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Pirttioja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Caubel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Launay</w:t>
+                <w:t xml:space="preserve">Timothy R. Carter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Ripoche</w:t>
+                <w:t xml:space="preserve">Marco Bindi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Gouache</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Buis</w:t>
+                <w:t xml:space="preserve">Holger Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 90, pp.53-66. </w:t>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 159, </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eja.2017.07.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2017.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01604466v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation response surfaces for managing wheat under perturbed climate and CO2 in a Mediterranean environment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Use of global sensitivity analysis to assess the soil poroelastic parameter influence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Ferrise</w:t>
+                <w:t xml:space="preserve">Arnaud Mesgouez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rodríguez</w:t>
+                <w:t xml:space="preserve">Gilles Micolau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I.J. Lorite</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gaëlle Lefeuve-Mesgouez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agsy.2017.01.009⟩</w:t>
+              <w:t xml:space="preserve">Wave Motion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 72, pp.377-394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2017.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607319v1</w:t>
+                <w:t xml:space="preserve">hal-01512234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of global sensitivity analysis to assess the soil poroelastic parameter influence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimation of available water capacity components of two-layered soils using crop model inversion: Effect of crop type and water regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sreelash Krishnan Kutty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Buis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Mesgouez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Buis</w:t>
+                <w:t xml:space="preserve">M. Sekhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Micolau</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sat-Kumar Tomer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wave Motion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2017.04.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 546, pp.166-178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2016.12.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01512234v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01595236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of available water capacity components of two-layered soils using crop model inversion: Effect of crop type and water regime</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptation response surfaces for managing wheat under perturbed climate and CO2 in a Mediterranean environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ruiz-Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ferrise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sreelash Krishnan Kutty</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Buis</w:t>
+                <w:t xml:space="preserve">A. Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Sekhar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Ruiz</w:t>
+                <w:t xml:space="preserve">I.J. Lorite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sat-Kumar Tomer</w:t>
+                <w:t xml:space="preserve">M. Bindi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 546, pp.166-178. </w:t>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 159, </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2016.12.049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2017.01.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01595236v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Causes of variation among rice models in yield response to CO2 examined with Free-Air CO2 Enrichment and growth chamber experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toshihiro Hasegawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinyou Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4051,161 +4051,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A taxonomy-based approach to shed light on the babel of mathematical models for rice simulation</w:t>
+                <w:t xml:space="preserve">Evaluation of a spatialized agronomic model in predicting yield and N leaching at the scale of the Seine-Normandie Basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Confalonieri</w:t>
+                <w:t xml:space="preserve">Nicolas N. Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simone Bregaglio</w:t>
+                <w:t xml:space="preserve">Nicolas Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Adam</w:t>
+                <w:t xml:space="preserve">Pascal Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francoise Ruget</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tao Li</w:t>
+                <w:t xml:space="preserve">Thomas Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 85, pp.332-341. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (24), pp.23529-23558. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2016.09.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11356-016-7478-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02631623v1</w:t>
+                <w:t xml:space="preserve">hal-01372241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The PRECOS framework: Measuring the impacts of the global changes on soils, water, agriculture on territories to better anticipate the future</w:t>
               </w:r>
@@ -4319,618 +4319,618 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03353088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a spatialized agronomic model in predicting yield and N leaching at the scale of the Seine-Normandie Basin</w:t>
+                <w:t xml:space="preserve">A taxonomy-based approach to shed light on the babel of mathematical models for rice simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas N. Beaudoin</w:t>
+                <w:t xml:space="preserve">Roberto Confalonieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Gallois</w:t>
+                <w:t xml:space="preserve">Simone Bregaglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Viennot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Le Bas</w:t>
+                <w:t xml:space="preserve">Myriam Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Puech</w:t>
+                <w:t xml:space="preserve">Francoise Ruget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 25 (24), pp.23529-23558. </w:t>
+              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 85, pp.332-341. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-016-7478-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2016.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01372241v1</w:t>
+                <w:t xml:space="preserve">hal-02631623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accuracy, robustness and behavior of the STICS soil–crop model for plant, water and nitrogen outputs: Evaluation over a wide range of agro-environmental conditions in France</w:t>
+                <w:t xml:space="preserve">Evaluation of land surface model simulations of evapotranspiration over a 12-year crop succession: impact of soil hydraulic and vegetation properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Coucheney</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Julie Constantin</w:t>
+                <w:t xml:space="preserve">Sébastien Garrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Mary</w:t>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Calvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2014.11.024⟩</w:t>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19, pp.3109-3131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/hess-19-3109-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01132243v1</w:t>
+                <w:t xml:space="preserve">hal-02633513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature and precipitation effects on wheat yield across a European transect: a crop model ensemble analysis using impact response surfaces</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Holger Hoffmann</w:t>
+                <w:t xml:space="preserve">Accuracy, robustness and behavior of the STICS soil–crop model for plant, water and nitrogen outputs: Evaluation over a wide range of agro-environmental conditions in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Buis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Constantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/cr01322⟩</w:t>
+              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 64, pp.177-190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2014.11.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01280649v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01132243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A statistical analysis of three ensembles of crop model responses to temperature and CO2 concentration</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Durand</w:t>
+                <w:t xml:space="preserve">Temperature and precipitation effects on wheat yield across a European transect: a crop model ensemble analysis using impact response surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Pirttioja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy R. Carter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Fronzek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Bindi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holger Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 214-215, pp.483-493. </w:t>
+              <w:t xml:space="preserve">Climate Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 65, pp.87-105. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2015.09.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3354/cr01322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01245201v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01280649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncertainties in predicting rice yield by current crop models under a wide range of climatic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toshihiro Hasegawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinyo Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5001,230 +5001,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of land surface model simulations of evapotranspiration over a 12-year crop succession: impact of soil hydraulic and vegetation properties</w:t>
+                <w:t xml:space="preserve">A statistical analysis of three ensembles of crop model responses to temperature and CO2 concentration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Garrigues</w:t>
+                <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albert Olioso</w:t>
+                <w:t xml:space="preserve">S. Asseng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Calvet</w:t>
+                <w:t xml:space="preserve">F. Ewert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Martin</w:t>
+                <w:t xml:space="preserve">Simona Bassu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Lafont</w:t>
+                <w:t xml:space="preserve">Jean-Louis Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 19, pp.3109-3131. </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 214-215, pp.483-493. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/hess-19-3109-2015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2015.09.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02633513v1</w:t>
+                <w:t xml:space="preserve">hal-01245201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncertainty analysis and validation of the estimation of effective hydraulic properties at the Darcy scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mesgouez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Lefeuve-Mesgouez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 512, pp.303-314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5258,90 +5258,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new integrated approach to assess the impacts of climate change on grapevine fungal diseases : the coupled MILA-STICS model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Caubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inaki Garcia de Cortazar Atauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Ripoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5396,64 +5396,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved modeling of groundwater recharge in agricultural watersheds using a combination of crop model and remote sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Sreelash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sekhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5543,51 +5543,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Sekhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sk Tomer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Guerif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5910,51 +5910,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Guerif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Agronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 33 (2), pp.139-147. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7047,51 +7047,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Ripoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7564,51 +7564,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BF950DED"/>
+    <w:nsid w:val="07F9C79F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7712,51 +7712,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="B75AC5A8"/>
+    <w:nsid w:val="3A01FDBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7946,51 +7946,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-buis" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8676-5447" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253121485" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stics.paca.hub.inrae.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/SticsRPacks/SticsRPacks" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05447066v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjuan Li" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Weiss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleixandre Verger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.115160" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05520760v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Cai" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Zhu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Manceau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jezequel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphe.2025.100149" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135063v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wallach" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwang Soo Kim" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinwoo Hyun" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Thorburn" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2025.127659" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836513v3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Loisel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/Int.J.UncertaintyQuantification.2024051424" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05146323v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taru Palosuo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrike Mielenz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2025.110697" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135775v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meije Gawinowski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Aubry" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Garcia" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Deswarte" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2025.127677" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684518v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana-Maria Seserman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J Thorburn" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2024.106147" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192690v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00900-0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03546145v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Paleari" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Li" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yubin Yang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloyd T Wilson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshihiro Hasegawa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16087" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744868v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alkassem Alosman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coulouma" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacob" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lagacherie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116081" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689408v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cousin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00774-8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03401773v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subramanian Dharumarajan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2021.115503" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03763254v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwen Wang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Lopez-Lozano" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2022.113085" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03203049v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lafolie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matieyendou Lamboni" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2021.105046" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757247v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gourdain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senthold Asseng" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2020.126195" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03119039v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zvi Hochman" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fety Andrianasolo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2020.108289" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352250v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2021.105206" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02885029v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zurfluh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Bourgeois" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2019.102733" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627401v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shouyang Liu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Abichou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andrieu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.19.00554" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617653v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2019.01.012" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628431v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Rodriguez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ruiz-Ramos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Palosuo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.R. Carter" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fronzek" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2018.09.018" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622167v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ruy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bader" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w10111581" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606946v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Fronzek" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Pirttioja" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy R. Carter" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bindi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Hoffmann" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2017.08.004" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604466v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Caubel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ripoche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gouache" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2017.07.004" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607319v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferrise" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.J. Lorite" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bindi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2017.01.009" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512234v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mesgouez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Micolau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefeuve-Mesgouez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2017.04.001" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595236v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreelash Krishnan Kutty" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sekhar" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sat-Kumar Tomer" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2016.12.049" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629858v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyou Yin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Zhu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Boote" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-13582-y" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608228v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Baret" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Lacaze" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.08.018" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631623v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Confalonieri" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Bregaglio" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Adam" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Ruget" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2016.09.007" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353088v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Trolard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bourri&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baillieux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chanzy" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2016.07.002" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01372241v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Beaudoin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gallois" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Viennot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Puech" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7478-3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132243v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Coucheney" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2014.11.024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7B565SGV-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280649v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/cr01322" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245201v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Asseng" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ewert" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bassu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Durand" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2015.09.013" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269087v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyo Yin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.12758" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633513v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garrigues" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Calvet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lafont" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-19-3109-2015" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793526v4" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2014.02.065" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629852v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inaki Garcia de Cortazar Atauri" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Huard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209123v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sreelash" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bandyopadhyay" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209101v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sekhar" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sk Tomer" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guerif" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2012.06.012" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T20WJQPD-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643142v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert-Vincent Varella" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/as.2012.37116" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658934v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2009.09.012" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667041v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2010.04.005" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QW78G75R-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662469v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Casa" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Lopez Lozano" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pascucci" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-010-9162-9" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654590v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courault" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Kpemlie" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Hadria" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bsaibes" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00391894v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hasco&#235;t" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Le Dimet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2007.06.027" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZL0GMJWC-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05146758v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal El Akkraoui" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gauthier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pellerin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.257" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05146759v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Massart" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Erhard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gacon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NSE07-A2673" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05146761v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piacentini" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien D&#233;clat" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.914" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519953v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dumont" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Delandmeter" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bancal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l L&#233;onard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/AS.2025.0155.11" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457380v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume J&#233;go" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Casellas" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1809/9782759236794/stics-soil-crop-model?affiliate_code=" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03199288v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811410v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Wallach" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne S. Guillaume" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Varella" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/advagricsystmodel2.c14" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814843v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813624v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudoc.fr/12504318X" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-buis" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8676-5447" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253121485" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stics.paca.hub.inrae.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/SticsRPacks/SticsRPacks" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05447066v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjuan Li" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Weiss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleixandre Verger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.115160" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05520760v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Cai" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Zhu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Manceau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jezequel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphe.2025.100149" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135775v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meije Gawinowski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Aubry" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Garcia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Deswarte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2025.127677" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135063v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wallach" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwang Soo Kim" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinwoo Hyun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Thorburn" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2025.127659" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836513v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Loisel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/Int.J.UncertaintyQuantification.2024051424" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05146323v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taru Palosuo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrike Mielenz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2025.110697" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684518v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana-Maria Seserman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J Thorburn" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2024.106147" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192690v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00900-0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03763254v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwen Wang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Lopez-Lozano" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2022.113085" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03546145v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Paleari" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Li" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yubin Yang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloyd T Wilson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshihiro Hasegawa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16087" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744868v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alkassem Alosman" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coulouma" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacob" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lagacherie" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116081" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689408v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cousin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00774-8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03401773v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subramanian Dharumarajan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2021.115503" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757247v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gourdain" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senthold Asseng" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2020.126195" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03203049v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lafolie" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matieyendou Lamboni" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2021.105046" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03119039v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zvi Hochman" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fety Andrianasolo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2020.108289" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352250v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2021.105206" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02885029v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zurfluh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Bourgeois" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2019.102733" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627401v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shouyang Liu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Abichou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andrieu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.19.00554" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617653v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2019.01.012" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628431v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Rodriguez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ruiz-Ramos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Palosuo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.R. Carter" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fronzek" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2018.09.018" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622167v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ruy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bader" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w10111581" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604466v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Caubel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ripoche" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gouache" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2017.07.004" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606946v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Fronzek" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Pirttioja" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy R. Carter" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bindi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Hoffmann" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2017.08.004" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512234v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mesgouez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Micolau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefeuve-Mesgouez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2017.04.001" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595236v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreelash Krishnan Kutty" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sekhar" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sat-Kumar Tomer" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2016.12.049" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607319v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferrise" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.J. Lorite" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bindi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2017.01.009" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629858v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyou Yin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Zhu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Boote" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-13582-y" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608228v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Baret" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Lacaze" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.08.018" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01372241v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Beaudoin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gallois" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Viennot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Puech" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7478-3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353088v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Trolard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bourri&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baillieux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chanzy" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2016.07.002" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631623v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Confalonieri" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Bregaglio" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Adam" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Ruget" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2016.09.007" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633513v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garrigues" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Calvet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lafont" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-19-3109-2015" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132243v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Coucheney" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2014.11.024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7B565SGV-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280649v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/cr01322" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269087v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyo Yin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.12758" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245201v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Asseng" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ewert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bassu" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Durand" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2015.09.013" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793526v4" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2014.02.065" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629852v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inaki Garcia de Cortazar Atauri" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Huard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209123v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sreelash" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bandyopadhyay" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209101v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sekhar" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sk Tomer" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guerif" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2012.06.012" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T20WJQPD-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643142v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert-Vincent Varella" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/as.2012.37116" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658934v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2009.09.012" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667041v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2010.04.005" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QW78G75R-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662469v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Casa" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Lopez Lozano" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pascucci" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-010-9162-9" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654590v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courault" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Kpemlie" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Hadria" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bsaibes" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00391894v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hasco&#235;t" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Le Dimet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2007.06.027" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZL0GMJWC-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05146758v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal El Akkraoui" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gauthier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pellerin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.257" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05146759v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Massart" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Erhard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gacon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NSE07-A2673" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05146761v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piacentini" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien D&#233;clat" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.914" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519953v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dumont" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Delandmeter" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bancal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l L&#233;onard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/AS.2025.0155.11" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457380v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume J&#233;go" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Casellas" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1809/9782759236794/stics-soil-crop-model?affiliate_code=" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03199288v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811410v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Wallach" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne S. Guillaume" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Varella" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/advagricsystmodel2.c14" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814843v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813624v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudoc.fr/12504318X" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>