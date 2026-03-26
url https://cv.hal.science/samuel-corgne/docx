--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -368,278 +368,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05422331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applying the Dempster–Shafer Fusion Theory to Combine Independent Land-Use Maps: A Case Study on the Mapping of Oil Palm Plantations in Sumatra, Indonesia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing the Dynamics of Woody Vegetation in the Abo-bral region, southernPantanal wetland (Brazil): Contributi-ons of Functional Indices Derived from Satellite Image Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uelison Mateus Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carl Bethuel</w:t>
+                <w:t xml:space="preserve">Mauro Henrique Soares Da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Arvor</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs17020234⟩</w:t>
+              <w:t xml:space="preserve">RAEGA - O Espaço Geográfico em Análise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 63, pp.155 - 175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5380/raega.v63i2.99925⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04925106v1</w:t>
+                <w:t xml:space="preserve">hal-05448765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the Dynamics of Woody Vegetation in the Abo-bral region, southernPantanal wetland (Brazil): Contributi-ons of Functional Indices Derived from Satellite Image Time Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Uelison Mateus Ribeiro</w:t>
+                <w:t xml:space="preserve">Applying the Dempster–Shafer Fusion Theory to Combine Independent Land-Use Maps: A Case Study on the Mapping of Oil Palm Plantations in Sumatra, Indonesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Bethuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Arvor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Corpetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Hélie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauro Henrique Soares Da Silva</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adrià Descals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAEGA - O Espaço Geográfico em Análise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 63, pp.155 - 175. </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (2), pp.234. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5380/raega.v63i2.99925⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs17020234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05448765v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04925106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satellite Long-Term Monitoring of Wetland Ecosystem Functioning in Ramsar Sites for Their Sustainable Management</w:t>
               </w:r>
@@ -1017,429 +1017,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03431836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal Evolution of Corn Mass Production Based on Agro-Meteorological Modelling Controlled by Satellite Optical and SAR Images</w:t>
+                <w:t xml:space="preserve">Evaluation of using sentinel-1 and -2 time-series to identifywinter land use in agricultural landscapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Baup</w:t>
+                <w:t xml:space="preserve">J. Denize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mael Ameline</w:t>
+                <w:t xml:space="preserve">J. Betbeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remy Fieuzal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Samuel Corgne</w:t>
+                <w:t xml:space="preserve">J. Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs11171978⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 11 (1), pp.37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs11010037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04720605v1</w:t>
+                <w:t xml:space="preserve">hal-02042533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of Radarsat-2 quad-pol SAR time-series images for monitoring groundwater irrigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amit Kumar Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buvaneshwari Sriramulu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sekhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Digital Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 12 (10), pp.1177-1197. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/17538947.2019.1604834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of using sentinel-1 and -2 time-series to identifywinter land use in agricultural landscapes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temporal Evolution of Corn Mass Production Based on Agro-Meteorological Modelling Controlled by Satellite Optical and SAR Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Baup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Denize</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
+                <w:t xml:space="preserve">Mael Ameline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Betbeder</w:t>
+                <w:t xml:space="preserve">Remy Fieuzal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 11 (1), pp.37. </w:t>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs11010037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs11171978⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02042533v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can the global modeling technique be used for crop classification?</w:t>
               </w:r>
@@ -2072,715 +2072,715 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03685997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TerraSAR-X dual-pol time-series for mapping of wetland vegetation</w:t>
+                <w:t xml:space="preserve">Assessing ecological habitat structure from local to landscape scales using synthetic aperture radar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Betbeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Rapinel</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Burel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Baudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2015.05.001⟩</w:t>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 52, pp.545-557. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2014.11.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01155318v1</w:t>
+                <w:t xml:space="preserve">hal-01110146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing ecological habitat structure from local to landscape scales using synthetic aperture radar</w:t>
+                <w:t xml:space="preserve">TerraSAR-X dual-pol time-series for mapping of wetland vegetation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Betbeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rapinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Corgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jacques Baudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 52, pp.545-557. </w:t>
+              <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 107, pp.90-98. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2014.11.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2015.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01110146v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01155318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation, impacts et perceptions du changement climatique dans le Grand Ouest de la France métropolitaine : le projet CLIMASTER</w:t>
+                <w:t xml:space="preserve">Agricultural practices in grasslands detected by spatial remote sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Mérot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Corgne</w:t>
+                <w:t xml:space="preserve">Pauline Dusseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Delahaye</w:t>
+                <w:t xml:space="preserve">Francoise Vertès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Corpetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Desnos</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Samuel S. Corgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/agr.2014.0694⟩</w:t>
+              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 186 (12), pp.8249-8265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10661-014-4001-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209212v1</w:t>
+                <w:t xml:space="preserve">hal-01102955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agricultural practices in grasslands detected by spatial remote sensing</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Multitemporal classification of TerraSAR-X data for wetland vegetation mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Betbeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rapinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Corpetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Corgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10661-014-4001-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of applied remote sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (1), pp.083648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.JRS.8.083648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01102955v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01152075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multitemporal classification of TerraSAR-X data for wetland vegetation mapping</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Corpetti</w:t>
+                <w:t xml:space="preserve">Évaluation, impacts et perceptions du changement climatique dans le Grand Ouest de la France métropolitaine : le projet CLIMASTER</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mérot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Corgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Delahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Desnos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Pottier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Corgne</w:t>
+                <w:t xml:space="preserve">Vincent Dubreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of applied remote sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 8 (1), pp.083648. </w:t>
+              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (2), pp.96-107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.JRS.8.083648⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/agr.2014.0694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01152075v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’évaluation environnementale à la dynamique des systèmes agraires sur un bassin versant « Algues vertes »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Vertès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Devienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2870,103 +2870,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection and Characterization of Hedgerows Using TerraSAR-X Imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Betbeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Nabucet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 6 (5), pp.3752-3769. </w:t>
@@ -3004,90 +3004,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined Use of Multi-Temporal Optical and Radar Satellite Images for Grassland Monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dusseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Corpetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 6 (7), pp.6163-6182. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3147,51 +3147,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan I. Bernez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Betbeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3255,51 +3255,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An integrated approach to hydro-geological lineament mapping of a semi-arid region of West Africa using Radarsat-1 and GIS.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magagi Ramata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3916,51 +3916,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Seltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Stach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4318,385 +4318,385 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DINÂMICAS ESPAÇO-TEMPORAIS DAS FORMAÇÕES FLORESTAL E SAVÂNICA DO PANTANAL DO ABOBRAL, MATO GROSSO DO SUL</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Surface continentales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bégué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Biancamaria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briottet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Calleya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8°GEOPANTANAL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Pocone, Brazil</w:t>
+              <w:t xml:space="preserve">Séminaire de Prospective Scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNES, Oct 2024, Saint-Malo, France. pp.44-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04864234v1</w:t>
+                <w:t xml:space="preserve">hal-05182465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective Surfaces Continentales</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DINÂMICAS ESPAÇO-TEMPORAIS DAS FORMAÇÕES FLORESTAL E SAVÂNICA DO PANTANAL DO ABOBRAL, MATO GROSSO DO SUL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uelison Mateus Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Henrique Soares Da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Corgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Arvor</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de Prospective Scientifique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNES, Oct 2024, Saint Malo, France</w:t>
+              <w:t xml:space="preserve">8°GEOPANTANAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Pocone, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735595v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04864234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface continentales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prospective Surfaces Continentales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanie Becker</w:t>
+                <w:t xml:space="preserve">Agnès Bégué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Bégué</w:t>
+                <w:t xml:space="preserve">Sylvain Biancamaria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Biancamaria</w:t>
+                <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Calleya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de Prospective Scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNES, Oct 2024, Saint-Malo, France. pp.44-57</w:t>
+              <w:t xml:space="preserve">, CNES, Oct 2024, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05182465v1</w:t>
+                <w:t xml:space="preserve">hal-04735595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi par télédétection des affectations des terres pour la promotion d'une agriculture intégrée au développement forestier en Côte d'Ivoire</w:t>
               </w:r>
@@ -4915,103 +4915,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and characterization of agricultural winter land-use based on Alos-2 and Radarsat-2 polarimetric SAR time-series images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Denize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Betbeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th European Conference on Synthetic Aperture Radar, EUSAR 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Aachen, Germany. pp.549-553</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5088,51 +5088,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Betbeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th IEEE International Geoscience and Remote Sensing Symposium (IGARSS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Valencia, Spain. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5218,51 +5218,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Betbeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th IEEE International Geoscience and Remote Sensing Symposium (IGARSS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Valencia, Spain. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5447,51 +5447,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Loussert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Quénol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5555,64 +5555,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping Learning : la cartographie vraiment assistée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Corpetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pycon-fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFPy, Oct 2016, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5689,51 +5689,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Betbederet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sekhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Living Planet Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Prague, Czech Republic</w:t>
@@ -5756,502 +5756,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02384730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence du climat local sur la viticulture dans la Province de Mendoza (Argentine)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Samuel Corgne</w:t>
+                <w:t xml:space="preserve">Adaptation of irrigated agriculture to climate change: trans-disciplinary modelling of a watershed in South India</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muddu Sekhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malika Madelin</w:t>
+                <w:t xml:space="preserve">Shrinivas Badiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Grassin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jacques-Eric Bergez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28 colloque de l'Association Internatiuonale de Climatologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th Kovacs Colloquium on Hydrological Sciences and Water Security: Past, Present and Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/piahs-366-137-2015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01270284v1</w:t>
+                <w:t xml:space="preserve">hal-01209285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of irrigated agriculture to climate change: trans-disciplinary modelling of a watershed in South India</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Shrinivas Badiger</w:t>
+                <w:t xml:space="preserve">Influence du climat local sur la viticulture dans la Province de Mendoza (Argentine)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Quénol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Loussert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques-Eric Bergez</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Malika Madelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Grassin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Kovacs Colloquium on Hydrological Sciences and Water Security: Past, Present and Future</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">28 colloque de l'Association Internatiuonale de Climatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Liège, Belgique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209285v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01270284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Land use and land cover monitoring with multitemporal and multipolarization Radarsat data ; Application to an intensive agricultural area (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ulti-Temporal optical and radar data fusion for crop monitoring: application to an intensive agricultural area in Britanny (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Betbeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Laslier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Corpetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Munich, Germany</w:t>
+              <w:t xml:space="preserve">IEEE Int. Geoscience and Remote Sensing Symp, IGARSS '14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Quebec, Canada. pp.1493--1496</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01108658v1</w:t>
+                <w:t xml:space="preserve">hal-01103209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ulti-Temporal optical and radar data fusion for crop monitoring: application to an intensive agricultural area in Britanny (France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Betbeder</w:t>
+                <w:t xml:space="preserve">Land use and land cover monitoring with multitemporal and multipolarization Radarsat data ; Application to an intensive agricultural area (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Laslier</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Delphy Dallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Int. Geoscience and Remote Sensing Symp, IGARSS '14</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Quebec, Canada. pp.1493--1496</w:t>
+              <w:t xml:space="preserve">IGARSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01103209v1</w:t>
+                <w:t xml:space="preserve">hal-01108658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le changement climatique à l'échelle des dynamiques paysagères du grand ouest</w:t>
               </w:r>
@@ -6345,64 +6345,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Betbeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Burel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6470,64 +6470,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Betbeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rapinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Corpetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6572,817 +6572,817 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00958473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of fully polarimetric RADARSAT-2 time-series datasets for delineating and monitoring the seasonal dynamics of wetland ecosystem</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">Dempster-Shafer Fusion Rule of Optical and Polarimetric Data for Winter Land Cover Mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel S. Corgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Betbeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Rapinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pottier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscience and Remote Sensing Symposium (IGARSS), 2012 IEEE International</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IGARSS 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Munich, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00777103v1</w:t>
+                <w:t xml:space="preserve">hal-00845797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenological monitoring of vine using MODIS imagery in the vineyard of Saumur-Angers (Loire Valley area, France)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hervé Quénol</w:t>
+                <w:t xml:space="preserve">On the use of fully polarimetric RADARSAT-2 time-series datasets for delineating and monitoring the seasonal dynamics of wetland ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile C. Marechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Meric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geoscience and Remote Sensing Symposium (IGARSS), 2012 IEEE International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Munich, Germany. pp.107-110, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2012.6351625⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00713535v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00777103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dempster-Shafer Fusion Rule of Optical and Polarimetric Data for Winter Land Cover Mapping</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Phenological monitoring of vine using MODIS imagery in the vineyard of Saumur-Angers (Loire Valley area, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Corgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Planchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bonnefoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Quénol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Munich, Germany</w:t>
+              <w:t xml:space="preserve">EGU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00845797v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00713535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variação temporal da biomassa do café arábica arborizado e Pleno Sol através de índices de vegetação.</w:t>
+                <w:t xml:space="preserve">RADARSAT-2 fully polarimetric time-series datasets for wetlands delineation and characterization.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priscila Coltri</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. Marechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel S. Corgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Allain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XV Simpósio Brasileiro de Sensoriamento Remoto - SBSR. INPE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Curitiba, Brazil. pp.531-538</w:t>
+              <w:t xml:space="preserve">POLINSAR 2011, Workshop on Applications of SAR Polarimetry and Polarimetric Interferometry, ESA ESRIN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Frascati, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00616311v1</w:t>
+                <w:t xml:space="preserve">hal-00803734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of optical and radar imagery at high spatial resolution for grasslands management identification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pauline Dusseux</w:t>
+                <w:t xml:space="preserve">Variação temporal da biomassa do café arábica arborizado e Pleno Sol através de índices de vegetação.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscila Coltri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dubreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciana Romani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jurandir Zullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CDSM 2011, International Symposium of Remote Sensing and GIS Methods for Change Detetction and Spatio-temporal Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Hong-Kong, Hong Kong SAR China. pp. 72-74</w:t>
+              <w:t xml:space="preserve">XV Simpósio Brasileiro de Sensoriamento Remoto - SBSR. INPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Curitiba, Brazil. pp.531-538</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00693845v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00616311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RADARSAT-2 fully polarimetric time-series datasets for wetlands delineation and characterization.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Pottier</w:t>
+                <w:t xml:space="preserve">Use of optical and radar imagery at high spatial resolution for grasslands management identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Dusseux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sophie Allain</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Corpetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">POLINSAR 2011, Workshop on Applications of SAR Polarimetry and Polarimetric Interferometry, ESA ESRIN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2011, Frascati, Italy</w:t>
+              <w:t xml:space="preserve">CDSM 2011, International Symposium of Remote Sensing and GIS Methods for Change Detetction and Spatio-temporal Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Hong-Kong, Hong Kong SAR China. pp. 72-74</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00803734v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00693845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping Dynamic Wetland Processes with a One Year RADARSAT-2 QUAD POL Time-Series.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile C. Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Méric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7450,90 +7450,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spaceborne fully polarimetric time-series datasets for land cover analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile C. Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Hawaïï, United States. pp.859-862, </w:t>
@@ -7571,103 +7571,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of RADARSAT-2 quad-pol data for functional assessment of wetlands.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Allain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3th RADARSAT-2 Workshop, Canadian Space Agency</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7692,90 +7692,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CLIMASTER: climatic change, farming systems, natural resources and regional development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Gascuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Joannon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7843,51 +7843,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Quénol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Climats et Risques Climatiques en Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Montpellier, France. pp.527-532</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8033,51 +8033,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Quénol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Vienne, Austria. 01279 (2 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8115,51 +8115,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A spatialized approach combining remote sensing techniques, digital elevation model analysis and water quality monitoring to test the influence of land use on the DOM concentration of rivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8383,51 +8383,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ottle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Symposium Recent Advances in Quantitative Remote Sensing, Torrent, 25-29th September 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Torrent, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8478,51 +8478,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nédélec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubreuil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAGEO 2006. Colloque International de Géomatique et d'Analyse Spatiale. Recherches &amp; Développements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8694,51 +8694,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Seltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th SPIE Remote Sensing Symposium: Image and Signal processing for remote sensing, Brugge,19-22 September 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Brugge, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8789,51 +8789,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nédélec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hubert-Moy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9512,51 +9512,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordy Salmon-Monviola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Vertès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gascuel, Chantal; Ruiz, Laurent; Vertès, Françoise. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comment réconcilier agriculture et territoire</w:t>
@@ -9615,51 +9615,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des scénarios co-construits pour une transition agroécologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Vertès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9792,51 +9792,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dusseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le climat change dans l'Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
@@ -9865,90 +9865,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate impact on the winter land use and land cover management in Brittany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Quénol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Corpetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spatial Interpolation for Climate Data, The Use of GIS in Climatology and Meterology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 18, Dobesch, H. and Dumolard, P. and Dyras, I., pp.227-240, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9973,90 +9973,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate impact on the winter land use and land cover management in Brittany.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Quénol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Corpetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DOBESCH, H., DUMOLARD, P. et DYRAS, I. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spatial Interpolation for Climate Data. The use of GIS in climatology and meteorology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Ltd, pp.227-241, 2007</w:t>
@@ -10726,64 +10726,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Corpetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10877,51 +10877,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muddhu Sekhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shrinivas Badiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sundaram Buvaneshwari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10963,103 +10963,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluations, impacts et perceptions du changement climatique dans le Grand Ouest : le projet CLIMASTER</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Desnos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium PSDR3 Pour et Sur le Développement Régional : Les chemins du développement territorial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Clermont-Ferrand, France. Editions INRA, 25 p., 2012, Les projets PSDR pour une recherche pluridisciplinaire et partenariale au cœur des Régions</w:t>
@@ -11227,51 +11227,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pollution des captages d'eau brute en rivière de Bretagne par les matières organiques. Une étude statistique inter sous-bassins versants du rôle de l'occupation du sol et des pratiques agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Angee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Corgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11574,51 +11574,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399769v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gaudar&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Corgne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jolivet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dauteuil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doubre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.115173" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05422331v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uelison Mateus Ribeiro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Grippa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Girard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sly Wongchuig" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsase.2025.101805" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04925106v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Bethuel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Arvor" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia H&#233;lie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#224; Descals" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs17020234" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448765v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Henrique Soares Da Silva" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5380/raega.v63i2.99925" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692001v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Demarquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rapinel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hubert-Moy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su16156301" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229774v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Kumar Sharma" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sriramulu Buvaneshwari" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muddu Sekhar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13101960" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431836v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Betbeder" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe R.G. Daher" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Blossier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Le Roux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2021.112615" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720605v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Baup" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Ameline" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Fieuzal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Frappart" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11171978" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376204v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buvaneshwari Sriramulu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sekhar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17538947.2019.1604834" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02042533v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Denize" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Betbeder" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baudry" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11010037" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621829v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mangiarotti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Sharma" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2017.12.003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813095v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Kumar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10060893" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270280v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Bacani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaldo Y. Sakamoto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Qu&#233;nol" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Vannier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01374453v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cazals" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rapinel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Frison" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Mercier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs8070570" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03685997v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Matheus Bacani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaldo Yoso Sakamoto" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JRS.10.016004" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01155318v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pottier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2015.05.001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01110146v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Burel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Baudry" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2014.11.009" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209212v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#233;rot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delahaye" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Desnos" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubreuil" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2014.0694" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102955v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dusseux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel S. Corgne" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-014-4001-5" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152075v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pottier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JRS.8.083648" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219548v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Devienne" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moreau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/c48n-q740" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107542v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nabucet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs6053752" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102961v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs6076163" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00906385v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dufour" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan I. Bernez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/2013068" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560908v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magagi Ramata" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylla Daouda" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yergeau Michel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108649v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramata Magagi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Yergeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Sylla" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448681v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Planchon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431207v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Planchon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407543v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Dupont" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424100v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Houet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Marchand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159099v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le H&#233;garat-Mascle" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Seltz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Stach" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431160500300255" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756251v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Hegarat&#8208;mascle" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00327571v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00327570v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04864234v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735595v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Becker" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s B&#233;gu&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briottet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Calleya" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182465v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189403v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valere Jofack Sokeng" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=You Lucette Akpa" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchimou Vincent Assoma" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Kouame" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101595v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cantat" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bois" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01874635v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02018912v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Denize" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/igarss.2018.8517673" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02018922v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/igarss.2018.8517904" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02191775v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Houpert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01617707v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Loussert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baup" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ortega Hernandez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472925v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Thomas" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384730v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Betbederet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ruiz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270284v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Madelin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Grassin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209285v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shrinivas Badiger" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-366-137-2015" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108658v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphy Dallon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103209v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Laslier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922656v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130561v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Burel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958473v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2029092" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777103v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Marechal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Allain" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Meric" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2012.6351625" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713535v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bonnefoy" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845797v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00616311v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Coltri" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Romani" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurandir Zullo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693845v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803734v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marechal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633671v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;ric" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506938v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Mar&#233;chal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2010.5654458" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803729v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458498v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321587v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321840v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319563v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00260358v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gruau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jard&#233;" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Angee" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Samson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315441v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Tissot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159143v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kallel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ottle" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319607v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443520v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Le H&#233;garat-Mascle" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Kallel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159172v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318462v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129831v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basel Solaiman" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134698v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Barbier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129832v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03191887v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Lopez-Sanchez" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Ballester-Berman" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vicente-Guijalba" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Cloude" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Mcnairn" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517179v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209250v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordy Salmon-Monviola" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/286963.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198260v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/286962.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108664v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lecerf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103196v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319200v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00327581v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dezert" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://halshs.archives-ouvertes.fr/halshs-00327581" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04438251v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bavay" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099622v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.26370.32968" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672610v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02191762v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Houpert" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565586v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Garnier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tavenard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601473v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muddhu Sekhar" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sundaram Buvaneshwari" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209164v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01240394v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138032v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/halshs-00005478v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399769v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gaudar&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Corgne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jolivet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dauteuil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doubre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.115173" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05422331v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uelison Mateus Ribeiro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Grippa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Girard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sly Wongchuig" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsase.2025.101805" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448765v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Henrique Soares Da Silva" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Arvor" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5380/raega.v63i2.99925" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04925106v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Bethuel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia H&#233;lie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#224; Descals" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs17020234" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692001v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Demarquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rapinel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hubert-Moy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su16156301" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229774v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Kumar Sharma" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sriramulu Buvaneshwari" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muddu Sekhar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13101960" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431836v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Betbeder" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe R.G. Daher" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Blossier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Le Roux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2021.112615" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02042533v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Denize" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Betbeder" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baudry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11010037" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376204v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buvaneshwari Sriramulu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sekhar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17538947.2019.1604834" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720605v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Baup" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Ameline" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Fieuzal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Frappart" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11171978" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621829v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mangiarotti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Sharma" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2017.12.003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813095v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Kumar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10060893" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270280v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Bacani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaldo Y. Sakamoto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Qu&#233;nol" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Vannier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01374453v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cazals" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rapinel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Frison" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Mercier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs8070570" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03685997v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Matheus Bacani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaldo Yoso Sakamoto" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JRS.10.016004" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01110146v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Burel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Baudry" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2014.11.009" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01155318v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pottier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2015.05.001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102955v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dusseux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel S. Corgne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-014-4001-5" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152075v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pottier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JRS.8.083648" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209212v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#233;rot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delahaye" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Desnos" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubreuil" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2014.0694" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219548v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Devienne" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moreau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/c48n-q740" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107542v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nabucet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs6053752" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102961v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs6076163" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00906385v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dufour" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan I. Bernez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/2013068" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560908v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magagi Ramata" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylla Daouda" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yergeau Michel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108649v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramata Magagi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Yergeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Sylla" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448681v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Planchon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431207v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Planchon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407543v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Dupont" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424100v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Houet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Marchand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159099v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le H&#233;garat-Mascle" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Seltz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Stach" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431160500300255" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756251v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Hegarat&#8208;mascle" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00327571v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00327570v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182465v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Becker" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s B&#233;gu&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briottet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Calleya" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04864234v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735595v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189403v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valere Jofack Sokeng" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=You Lucette Akpa" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchimou Vincent Assoma" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Kouame" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101595v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cantat" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bois" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01874635v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02018912v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Denize" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/igarss.2018.8517673" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02018922v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/igarss.2018.8517904" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02191775v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Houpert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01617707v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Loussert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baup" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ortega Hernandez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472925v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Thomas" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384730v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Betbederet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ruiz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209285v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shrinivas Badiger" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-366-137-2015" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270284v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Madelin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Grassin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103209v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Laslier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108658v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphy Dallon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922656v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130561v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Burel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958473v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2029092" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845797v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777103v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Marechal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Allain" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Meric" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2012.6351625" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713535v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bonnefoy" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803734v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marechal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00616311v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Coltri" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Romani" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurandir Zullo" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693845v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633671v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;ric" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506938v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Mar&#233;chal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2010.5654458" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803729v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458498v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321587v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321840v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319563v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00260358v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gruau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jard&#233;" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Angee" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Samson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315441v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Tissot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159143v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kallel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ottle" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319607v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443520v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Le H&#233;garat-Mascle" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Kallel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159172v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318462v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129831v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basel Solaiman" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134698v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Barbier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129832v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03191887v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Lopez-Sanchez" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Ballester-Berman" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vicente-Guijalba" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Cloude" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Mcnairn" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517179v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209250v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordy Salmon-Monviola" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/286963.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198260v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/286962.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108664v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lecerf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103196v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319200v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00327581v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dezert" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://halshs.archives-ouvertes.fr/halshs-00327581" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04438251v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bavay" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099622v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.26370.32968" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672610v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02191762v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Houpert" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565586v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Garnier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tavenard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601473v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muddhu Sekhar" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sundaram Buvaneshwari" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209164v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01240394v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138032v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/halshs-00005478v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>