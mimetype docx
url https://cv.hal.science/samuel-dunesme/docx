--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1202,256 +1202,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05015896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rivers flow through cities : how are river landscapes changing on a global scale ?</w:t>
+                <w:t xml:space="preserve">Les entrepôts de données : retours d’expérience d’EVS UMR 5600</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Bourgeau</w:t>
+                <w:t xml:space="preserve">Alain Marois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Dunesme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Vaudor</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">Printemps de la donnée ENS de Lyon 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS de Lyon, Jun 2025, Lyon (webinaire), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05175680v1</w:t>
+                <w:t xml:space="preserve">hal-05109695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les entrepôts de données : retours d’expérience d’EVS UMR 5600</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rivers flow through cities : how are river landscapes changing on a global scale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bourgeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Vaudor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Marois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fanny Arnaud</w:t>
+                <w:t xml:space="preserve">Barbara Belletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Dunesme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lise Vaudor</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Printemps de la donnée ENS de Lyon 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ENS de Lyon, Jun 2025, Lyon (webinaire), France</w:t>
+              <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05109695v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outils de partage et valorisation des connaissances scientifiques de l'Observatoire Hommes-Milieux Vallée du Rhône</w:t>
               </w:r>
@@ -3839,77 +3839,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Vaudor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Dunesme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Belletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liolia Bajemon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Bourgeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:03561eaea0c9147ccb365c7e515a9025bd8f45cc;origin=https://hal.archives-ouvertes.fr/hal-04843640;visit=swh:1:snp:2a24d2130978bcef9010de4f11f59243505f7517;anchor=swh:1:rel:a9838ea9d2f3486ef2c20aa4b05adc5d97187320;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3989,187 +3989,196 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Dunesme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Vaudor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
-            </w:r>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:bf7f5155d5447ae70ab1b7dcc14a664593f45906⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04816252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OHM IMeta: a plugin for the Piwigo open source photo library software, developed to manage additional standardised metadata (Dublin core)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lerigoleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Massaviol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Dunesme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:cbbc2f22ca72ea6237d7daa7d4ccc94abd50605f;origin=https://gitlab.in2p3.fr/driihm/ohm_imeta;visit=swh:1:snp:dec23274481f6a60d703f6a91565e7670f4270c7;anchor=swh:1:rev:2ce689c93a05c064847187830feceffe71e1e5aa⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
-              <w:r>
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05108149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId102"/>
+      <w:footerReference w:type="default" r:id="rId103"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4237,51 +4246,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="74C8F6F2"/>
+    <w:nsid w:val="C9DF86CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4468,51 +4477,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-dunesme" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6304-5546" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253131405" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114056v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dunesme" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lerigoleur" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Berthier-Laumond" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dc.15880" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380420v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo&#353; Rusn&#225;k" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;imon Opravil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Afzali" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2025.109688" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848649v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Musti&#232;re" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15230406.2022.2091661" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088456v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cart-2019-0025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445920v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Horacio Garc&#237;a" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Piegay" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rra.3582" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375679v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delbart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lavie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Madelin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Goma" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.2903" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735489v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015896v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Frioux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.25262.42562" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175680v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bourgeau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vaudor" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109695v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739099v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Antonio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Rocher" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128784v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birane Ciss&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dayre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Decaulne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828948v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charpentier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chery" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gradeler" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonnal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341181v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Amal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024573v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spitoni Marie" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375809v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01618854v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Musti&#232;re S&#233;bastien" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376076v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158157v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.20229.26085" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178499v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Helling" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Mani&#232;re" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Melun" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769606v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mustiere" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922309v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376015v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960561v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jean-Charles" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Massaviol" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948136v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Michel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Chirol" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114056v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653180v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Branger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Morandi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thollet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827481v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fantino" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816260v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rousson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843640v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liolia Bajemon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:03561eaea0c9147ccb365c7e515a9025bd8f45cc;origin=https://hal.archives-ouvertes.fr/hal-04843640;visit=swh:1:snp:2a24d2130978bcef9010de4f11f59243505f7517;anchor=swh:1:rel:a9838ea9d2f3486ef2c20aa4b05adc5d97187320;path=/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816252v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108149v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J&#233;gou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:cbbc2f22ca72ea6237d7daa7d4ccc94abd50605f;origin=https://gitlab.in2p3.fr/driihm/ohm_imeta;visit=swh:1:snp:dec23274481f6a60d703f6a91565e7670f4270c7;anchor=swh:1:rev:2ce689c93a05c064847187830feceffe71e1e5aa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-dunesme" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6304-5546" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253131405" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114056v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dunesme" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lerigoleur" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Berthier-Laumond" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dc.15880" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380420v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo&#353; Rusn&#225;k" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;imon Opravil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Afzali" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2025.109688" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848649v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Musti&#232;re" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15230406.2022.2091661" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088456v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cart-2019-0025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445920v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Horacio Garc&#237;a" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Piegay" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rra.3582" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375679v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delbart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lavie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Madelin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Goma" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.2903" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735489v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015896v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Frioux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.25262.42562" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109695v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marois" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vaudor" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175680v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bourgeau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739099v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Antonio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Rocher" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128784v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birane Ciss&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dayre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Decaulne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828948v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charpentier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chery" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gradeler" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonnal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341181v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Amal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024573v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spitoni Marie" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375809v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01618854v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Musti&#232;re S&#233;bastien" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376076v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158157v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.20229.26085" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178499v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Helling" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Mani&#232;re" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Melun" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769606v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mustiere" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922309v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376015v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960561v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jean-Charles" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Massaviol" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948136v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Michel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Chirol" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114056v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653180v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Branger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Morandi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thollet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827481v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fantino" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816260v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rousson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843640v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liolia Bajemon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:03561eaea0c9147ccb365c7e515a9025bd8f45cc;origin=https://hal.archives-ouvertes.fr/hal-04843640;visit=swh:1:snp:2a24d2130978bcef9010de4f11f59243505f7517;anchor=swh:1:rel:a9838ea9d2f3486ef2c20aa4b05adc5d97187320;path=/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816252v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:bf7f5155d5447ae70ab1b7dcc14a664593f45906" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108149v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J&#233;gou" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:cbbc2f22ca72ea6237d7daa7d4ccc94abd50605f;origin=https://gitlab.in2p3.fr/driihm/ohm_imeta;visit=swh:1:snp:dec23274481f6a60d703f6a91565e7670f4270c7;anchor=swh:1:rev:2ce689c93a05c064847187830feceffe71e1e5aa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>