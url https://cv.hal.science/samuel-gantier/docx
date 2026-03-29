--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> SAMUEL GANTIER </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">samuel-gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0006-9186-7305</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">119585898</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">10132507</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000001537548</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2016, je suis maître de conférences en sciences de l’information et de la communication à l’Université Polytechnique Hauts-de-France. Mes recherches abordent la praxis et la médiation du cinéma documentaire ainsi que le design d’expérience utilisateur des plateformes de vidéo à la demande. En amont de mon activité d’enseignant-chercheur, j’ai débuté ma carrière comme monteur et réalisateur sur une trentaine de films documentaires.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livret de l'atelier de programmation centré sur les envies du spectateur : Comment améliorer la découvrabilité des films documentaires grâce à leurs métadonnées?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05239956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommander les documentaires par leur forme, utopie ou réalité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04706221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommander les documentaires par leurs formes artistiques, un nouveau terrain de jeu pour les algorithmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, p. 48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04706244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En’Quête d’images, livret pédagogique sur le cinéma documentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04072402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Favoriser la visibilité du patrimoine cinématographique par les algorithmes. Une expérimentation de recommandation de contenu à contenu appliquée au catalogue de la plateforme Tënk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kergosien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bolka-Tabary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Jacquemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guèvremont, Véronique; Brin, Colette. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligence artificielle, culture et médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’Université Laval, pp.213-241, 2024, 978-2-7637-5877-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation tridimensionnelle de l’expérience utilisateur d’un web-documentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claire Chatelet; Amanda Rueda; Julie Savelli (dirs.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les formes audiovisuelles connectées: pratiques de création et expériences spectatorielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Provence, pp.163-178, 2018, 979-10-320-0192-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Users' Experiences (UX): a case study approach to improving I-Doc UX Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Labour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I-docs: The Evolving Practices of Interactive Documentary,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-0-231-85107-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03132233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Welches Interaktionsdesign entspricht welcher Webdokumentation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oliver Fahle, Beate Ochsner und Anna Wiehl. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Die Herstellung von Evidenz: Zum Phänomen interaktiver Webdokumentationen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Schüren Verlag, p. 9, 2016, 978‐3‐89472‐964‐6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03240524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle posture spectatorielle pour le design de l’expérience utilisateur d’un webdocumentaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Châteauvert J. et Delavaud G. (dirs.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">D’un écran à l’autre: les mutations du spectateur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, co-édition INA « Les médias en actes »; L’Harmattan, pp.255-274, 2016, 978-2-343-09302-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">User Empowerment and the I-Doc Model User</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Labour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">David Bihanic. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Empowering Users Through Design: Interdisciplinary Studies &amp; Combined Approach for Technological Products and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.281-307, 2015, 978-3-319-13018-7. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-13018-7_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01800175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le webdocumentaire, un format hypermédia innovant pour scénariser le réel ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journalisme en ligne : pratiques et recherches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03131939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographier les dispositifs de réalisation des films documentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Jacquemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mise au Point</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/map.6522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réception d’une recommandation algorithmique basée sur les dispositifs de réalisation des films documentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Atbane-El Houadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfsic.14204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médiation du cinéma documentaire et pratiques des abonnés cinéphiles de Tënk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tic&amp;société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Objets connectés: enjeux technologiques, enjeux de société, 15 (2-3), pp.297-323. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ticetsociete.7009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment construire un algorithme de recommandation alternatif aux modèles dominants chez les GAFAM ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NECTART </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2 (15), pp.32-43. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/nect.015.0032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élaboration itérative d’un thésaurus pour indexer le cinéma documentaire à partir des procédés filmiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bolka-Tabary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kergosien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Atbane-El Haoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I2D – Information, données &amp; documents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2, pp.122-150. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/i2d.212.0122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03466523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction de pratiques cinéphiles sur une plateforme de vidéo à la demande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Enjeux de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (1), pp.53-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommander autrement les films documentaires ? Design d’une preuve de concept basée sur l’indexation des dispositifs de réalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kergosien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (2), pp.1-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03466413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rétro-ingénierie du web-documentaire Find me in Kakuma : l’impasse méthodologique du design d’expérience utilisateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Jousse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 54, pp.179-202. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/edc.10382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation, Design d’oeuvres audiovisuelles et méthodologie de conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Gaudenzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (3), pp.593-598</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un canevas méthodologique pour le design d’œuvres audiovisuelles interactives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Gaudenzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (3), pp.707-726. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/interfaces-numeriques.3649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de l’expérience utilisateur d’un documentaire interactif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 17 (1), pp.33-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03236961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Welches Interaktionsdesign entspricht welcher Webdokumentation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Augenblick. Marburger Hefte zur Medienwissenschaft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 65/66, pp.9-22. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25969/mediarep/3637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scénariser le rôle et le pouvoir d’agir de l’utilisateur : vers une typologie interactionnelle du documentaire interactif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrelacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/entrelacs.1840⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01800153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages prescrits et figure de l’utilisateur modèle dans le design du web-documentaire B4, fenêtres sur tour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, vol. 33/2, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communication.5709⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01800158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expérience immersive du web documentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bolka-Tabary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers du journalisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22/23, pp.118-132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affaires de grandes familles, filmer le patronat et la grande bourgeoisie du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cugier Alphonse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lebtahi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Interdisciplinaires de la Recherche en Communication AudioVisuelle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 20, pp.317-328</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04706281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport technique du programme AlgoDoc#2 (Algorithme de recommandation multi-facette de films documentaires)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kergosien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Atbane-El Haoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] LARSH; GERiiCO, 59650 Villeneuve-d'Ascq. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03616629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport technique du programme AlgoDoc (Algorithme de recommandation de films documentaires)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bolka-Tabary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kergosien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Atbane-El Haoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Laboratoire GERiiCO; Laboratoire DeVisu. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03041204v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme UXDoc : Design d'expérience utilisateur et systèmes de recommandations de films documentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Czeszynski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Polytechnique Hauts-de-France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de recherche : Audit ergonomique du web-documentaire Find me in Kakuma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Jousse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Polytechnique Hauts-de-France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Algorithms be Ethical ? Behind Machines, a Human-Centered Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mathéus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04072126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changer de culture professionnelle pour concevoir le documentaire interactif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Mal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04072378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vidéo de démonstration du prototype interactif réalisé dans le cadre du programme UXDoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03406215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design d'œuvres interactives & méthodologies de conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Gaudenzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7 (3), 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel design d’interaction pour le web-documentaire ? Proposition de typologie interactionnelle de la production sur la décennie 2005-2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">H2PTM'15 : Le numérique à l'ère de l'Internet des objets, de l’hypertexte à l’hyper-objet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France. pp.258-272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil et traitement des données audiovisuelles dans le cadre du programme TEMUSE 14-45 : de l'étude de cas au canevas théorique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannicke Lebtahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Zetlaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TEMUSE 14-45. Valoriser la mémoire des témoins et des collectionneurs d'objets des deux Guerres mondiales. Médiation, communication et interprétation muséales en Nord-Pas de Calais et Flandre occidentale.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, France. pp.32-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00836400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution au design du documentaire interactif : jonction et disjonction des figures de l'utilisateur de B4, fenêtres sur tour, coproduit par France Télévisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'information et de la communication. Université de Valenciennes et du Hainaut-Cambresis, 2014. Français. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2014VALE0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02127543v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId81"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> SAMUEL GANTIER </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">samuel-gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0006-9186-7305</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">119585898</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">10132507</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000001537548</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2016, je suis maître de conférences en sciences de l’information et de la communication à l’Université Polytechnique Hauts-de-France. Mes recherches abordent la praxis et la médiation du cinéma documentaire ainsi que le design d’expérience utilisateur des plateformes de vidéo à la demande. En amont de mon activité d’enseignant-chercheur, j’ai débuté ma carrière comme monteur et réalisateur sur une trentaine de films documentaires.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livret de l'atelier de programmation centré sur les envies du spectateur : Comment améliorer la découvrabilité des films documentaires grâce à leurs métadonnées?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05239956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommander les documentaires par leur forme, utopie ou réalité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04706221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommander les documentaires par leurs formes artistiques, un nouveau terrain de jeu pour les algorithmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, p. 48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04706244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En’Quête d’images, livret pédagogique sur le cinéma documentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04072402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Favoriser la visibilité du patrimoine cinématographique par les algorithmes. Une expérimentation de recommandation de contenu à contenu appliquée au catalogue de la plateforme Tënk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kergosien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bolka-Tabary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Jacquemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guèvremont, Véronique; Brin, Colette. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligence artificielle, culture et médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’Université Laval, pp.213-241, 2024, 978-2-7637-5877-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation tridimensionnelle de l’expérience utilisateur d’un web-documentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claire Chatelet; Amanda Rueda; Julie Savelli (dirs.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les formes audiovisuelles connectées: pratiques de création et expériences spectatorielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Provence, pp.163-178, 2018, 979-10-320-0192-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Users' Experiences (UX): a case study approach to improving I-Doc UX Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Labour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I-docs: The Evolving Practices of Interactive Documentary,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-0-231-85107-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03132233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Welches Interaktionsdesign entspricht welcher Webdokumentation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oliver Fahle, Beate Ochsner und Anna Wiehl. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Die Herstellung von Evidenz: Zum Phänomen interaktiver Webdokumentationen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Schüren Verlag, p. 9, 2016, 978‐3‐89472‐964‐6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03240524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle posture spectatorielle pour le design de l’expérience utilisateur d’un webdocumentaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Châteauvert J. et Delavaud G. (dirs.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">D’un écran à l’autre: les mutations du spectateur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, co-édition INA « Les médias en actes »; L’Harmattan, pp.255-274, 2016, 978-2-343-09302-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">User Empowerment and the I-Doc Model User</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Labour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">David Bihanic. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Empowering Users Through Design: Interdisciplinary Studies &amp; Combined Approach for Technological Products and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.281-307, 2015, 978-3-319-13018-7. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-13018-7_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01800175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le webdocumentaire, un format hypermédia innovant pour scénariser le réel ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journalisme en ligne : pratiques et recherches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03131939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographier les dispositifs de réalisation des films documentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Jacquemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mise au Point</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/map.6522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réception d’une recommandation algorithmique basée sur les dispositifs de réalisation des films documentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Atbane-El Houadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfsic.14204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médiation du cinéma documentaire et pratiques des abonnés cinéphiles de Tënk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tic&amp;société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Objets connectés: enjeux technologiques, enjeux de société, 15 (2-3), pp.297-323. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ticetsociete.7009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment construire un algorithme de recommandation alternatif aux modèles dominants chez les GAFAM ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NECTART </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2 (15), pp.32-43. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/nect.015.0032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élaboration itérative d’un thésaurus pour indexer le cinéma documentaire à partir des procédés filmiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bolka-Tabary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kergosien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Atbane-El Haoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I2D – Information, données &amp; documents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2, pp.122-150. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/i2d.212.0122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03466523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction de pratiques cinéphiles sur une plateforme de vidéo à la demande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Enjeux de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (1), pp.53-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommander autrement les films documentaires ? Design d’une preuve de concept basée sur l’indexation des dispositifs de réalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kergosien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (2), pp.1-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03466413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rétro-ingénierie du web-documentaire Find me in Kakuma : l’impasse méthodologique du design d’expérience utilisateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Jousse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 54, pp.179-202. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/edc.10382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation, Design d’oeuvres audiovisuelles et méthodologie de conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Gaudenzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (3), pp.593-598</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un canevas méthodologique pour le design d’œuvres audiovisuelles interactives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Gaudenzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (3), pp.707-726. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/interfaces-numeriques.3649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de l’expérience utilisateur d’un documentaire interactif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 17 (1), pp.33-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03236961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scénariser le rôle et le pouvoir d’agir de l’utilisateur : vers une typologie interactionnelle du documentaire interactif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrelacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/entrelacs.1840⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01800153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Welches Interaktionsdesign entspricht welcher Webdokumentation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Augenblick. Marburger Hefte zur Medienwissenschaft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 65/66, pp.9-22. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25969/mediarep/3637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages prescrits et figure de l’utilisateur modèle dans le design du web-documentaire B4, fenêtres sur tour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, vol. 33/2, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communication.5709⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01800158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expérience immersive du web documentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bolka-Tabary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers du journalisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22/23, pp.118-132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affaires de grandes familles, filmer le patronat et la grande bourgeoisie du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cugier Alphonse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lebtahi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Interdisciplinaires de la Recherche en Communication AudioVisuelle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 20, pp.317-328</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04706281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport technique du programme AlgoDoc#2 (Algorithme de recommandation multi-facette de films documentaires)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kergosien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Atbane-El Haoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] LARSH; GERiiCO, 59650 Villeneuve-d'Ascq. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03616629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport technique du programme AlgoDoc (Algorithme de recommandation de films documentaires)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bolka-Tabary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Kergosien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Givois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Atbane-El Haoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Laboratoire GERiiCO; Laboratoire DeVisu. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03041204v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme UXDoc : Design d'expérience utilisateur et systèmes de recommandations de films documentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Czeszynski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Polytechnique Hauts-de-France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de recherche : Audit ergonomique du web-documentaire Find me in Kakuma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Jousse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Polytechnique Hauts-de-France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Algorithms be Ethical ? Behind Machines, a Human-Centered Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mathéus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04072126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changer de culture professionnelle pour concevoir le documentaire interactif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Mal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04072378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vidéo de démonstration du prototype interactif réalisé dans le cadre du programme UXDoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03406215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design d'œuvres interactives & méthodologies de conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Gaudenzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7 (3), 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel design d’interaction pour le web-documentaire ? Proposition de typologie interactionnelle de la production sur la décennie 2005-2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">H2PTM'15 : Le numérique à l'ère de l'Internet des objets, de l’hypertexte à l’hyper-objet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France. pp.258-272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil et traitement des données audiovisuelles dans le cadre du programme TEMUSE 14-45 : de l'étude de cas au canevas théorique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannicke Lebtahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Zetlaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TEMUSE 14-45. Valoriser la mémoire des témoins et des collectionneurs d'objets des deux Guerres mondiales. Médiation, communication et interprétation muséales en Nord-Pas de Calais et Flandre occidentale.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, France. pp.32-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00836400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution au design du documentaire interactif : jonction et disjonction des figures de l'utilisateur de B4, fenêtres sur tour, coproduit par France Télévisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gantier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'information et de la communication. Université de Valenciennes et du Hainaut-Cambresis, 2014. Français. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2014VALE0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02127543v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId81"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0CC2020D"/>
+    <w:nsid w:val="62A7B28C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-gantier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-9186-7305" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/119585898" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/10132507" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000001537548" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239956v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gantier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04706221v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04706244v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04072402v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504627v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Givois" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kergosien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bolka-Tabary" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jacquemin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071604v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132233v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Labour" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03240524v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071689v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800175v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-13018-7_13" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131939v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190694v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/map.6522" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04197847v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Atbane-El Houadi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.14204" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03794500v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ticetsociete.7009" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071307v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nect.015.0032" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466523v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Givois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Atbane-El Haoudi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/i2d.212.0122" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03794534v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466413v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03794540v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Jousse" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.10382" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071567v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Gaudenzi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071283v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.3649" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03236961v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071554v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25969/mediarep/3637" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800153v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/entrelacs.1840" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800158v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.5709" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137525v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04706281v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cugier Alphonse" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lebtahi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616629v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041204v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974517v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Czeszynski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180632v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04072126v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Math&#233;us" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04072378v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406215v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03230148v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071742v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-00836400v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannicke Lebtahi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Zetlaoui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02127543v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014VALE0031" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-gantier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-9186-7305" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/119585898" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/10132507" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000001537548" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239956v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gantier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04706221v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04706244v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04072402v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504627v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Givois" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kergosien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bolka-Tabary" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jacquemin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071604v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132233v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Labour" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03240524v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071689v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800175v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-13018-7_13" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131939v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190694v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/map.6522" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04197847v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Atbane-El Houadi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.14204" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03794500v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ticetsociete.7009" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071307v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nect.015.0032" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466523v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Givois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Atbane-El Haoudi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/i2d.212.0122" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03794534v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466413v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03794540v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Jousse" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.10382" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071567v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Gaudenzi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071283v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.3649" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03236961v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800153v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/entrelacs.1840" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071554v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25969/mediarep/3637" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800158v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.5709" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137525v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04706281v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cugier Alphonse" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lebtahi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616629v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041204v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974517v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Czeszynski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180632v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04072126v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Math&#233;us" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04072378v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406215v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03230148v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04071742v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-00836400v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannicke Lebtahi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Zetlaoui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02127543v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014VALE0031" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>