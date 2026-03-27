--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -166,831 +166,831 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odor-evoked respiratory responses throughout development in sighted and blind mice</w:t>
+                <w:t xml:space="preserve">Pleasant odors specifically promote a soothing autonomic response and brain–body coupling through respiratory modulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouhaila Bouguiyoud</w:t>
+                <w:t xml:space="preserve">Valentin Ghibaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Litaudon</w:t>
+                <w:t xml:space="preserve">Matthias Turrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johannes Frasnelli</w:t>
+                <w:t xml:space="preserve">Jules Granget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Maëlys Souilhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Senses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 50, </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.36417. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/chemse/bjaf018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-20422-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05141957v1</w:t>
+                <w:t xml:space="preserve">hal-05324619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Statistical Power While Maintaining Small Sample Sizes in Behavioral Neuroscience Experiments Evaluating Success Rates</w:t>
+                <w:t xml:space="preserve">DREDge: robust motion correction for high-density extracellular recordings across species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theo Desachy</w:t>
+                <w:t xml:space="preserve">Charlie Windolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Thevenet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Garcia</w:t>
+                <w:t xml:space="preserve">Han Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anistasha Lightning</w:t>
+                <w:t xml:space="preserve">Angelique Paulk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Didier</w:t>
+                <w:t xml:space="preserve">Domokos Meszéna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.636⟩</w:t>
+              <w:t xml:space="preserve">Nature Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (4), pp.788-800. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41592-025-02614-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05357300v1</w:t>
+                <w:t xml:space="preserve">hal-05191351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pleasant odors specifically promote a soothing autonomic response and brain–body coupling through respiratory modulation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Odor-evoked respiratory responses throughout development in sighted and blind mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Turrel</w:t>
+                <w:t xml:space="preserve">Nouhaila Bouguiyoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jules Granget</w:t>
+                <w:t xml:space="preserve">Philippe Litaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlys Souilhol</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Johannes Frasnelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-20422-x⟩</w:t>
+              <w:t xml:space="preserve">Chemical Senses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 50, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/chemse/bjaf018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05324619v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05141957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DREDge: robust motion correction for high-density extracellular recordings across species</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhancing Statistical Power While Maintaining Small Sample Sizes in Behavioral Neuroscience Experiments Evaluating Success Rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Han Yu</w:t>
+                <w:t xml:space="preserve">Theo Desachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelique Paulk</w:t>
+                <w:t xml:space="preserve">Marc Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domokos Meszéna</w:t>
+                <w:t xml:space="preserve">Anistasha Lightning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Muñoz</w:t>
+                <w:t xml:space="preserve">Anne Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 22 (4), pp.788-800. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.e116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41592-025-02614-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05191351v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05357300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State-dependent alteration of respiration in a rat model of Parkinson's disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Modular Implementation to Handle and Benchmark Drift Correction for High-Density Extracellular Recordings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlie Windolf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Jacques Walker</w:t>
+                <w:t xml:space="preserve">Julien Boussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Meunier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
+                <w:t xml:space="preserve">Benjamin Dichter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Mouly</w:t>
+                <w:t xml:space="preserve">Alessio P. Buccino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 375, pp.114740. </w:t>
+              <w:t xml:space="preserve">eNeuro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (2), pp.ENEURO.0229 - 23.2023. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.expneurol.2024.114740⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1523/eneuro.0229-23.2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04694220v1</w:t>
+                <w:t xml:space="preserve">hal-04546246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Modular Implementation to Handle and Benchmark Drift Correction for High-Density Extracellular Recordings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">State-dependent alteration of respiration in a rat model of Parkinson's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jacques Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Dichter</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessio P. Buccino</w:t>
+                <w:t xml:space="preserve">Anne-Marie Mouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eNeuro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (2), pp.ENEURO.0229 - 23.2023. </w:t>
+              <w:t xml:space="preserve">Experimental Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 375, pp.114740. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/eneuro.0229-23.2023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.expneurol.2024.114740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04546246v1</w:t>
+                <w:t xml:space="preserve">hal-04694220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localization of neurons from extracellular footprints</w:t>
               </w:r>
@@ -1015,51 +1015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia L.B. Spampinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Marre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Yger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1132,51 +1132,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Ghibaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Berthiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1292,51 +1292,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Neurobiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 223, pp.102422. </w:t>
@@ -1426,51 +1426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Saive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Memory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 31 (9), pp.1113-1133. </w:t>
@@ -1547,51 +1547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Zbili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fourcaud-Trocmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buonviso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1642,103 +1642,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Unifying Method to Study Respiratory Sinus Arrhythmia Dynamics Implemented in a New Toolbox</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Ghibaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Granget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Dereli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buonviso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eNeuro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 10 (10), pp.ENEURO.0197-23.2023. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1785,51 +1785,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spike sorting: new trends and challenges of the era of high-density probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio P Buccino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Yger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1876,51 +1876,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ProbeInterface: A Unified Framework for Probe Handling in Extracellular Electrophysiology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Sprenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1993,51 +1993,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Do Spike Collisions Affect Spike Sorting Performance?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Buccino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2123,51 +2123,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Juventin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2225,373 +2225,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03079570v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SpikeInterface, a unified framework for spike sorting</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Respiration and brain neural dynamics associated with interval timing during odor fear learning in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cole Hurwitz</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Maryne Dupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Magland</w:t>
+                <w:t xml:space="preserve">Valérie Doyère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joshua Siegle</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne-Marie M Mouly</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9, </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.17643. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/eLife.61834⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-74741-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04958546v1</w:t>
+                <w:t xml:space="preserve">hal-02992673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Respiration and brain neural dynamics associated with interval timing during odor fear learning in rats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SpikeInterface, a unified framework for spike sorting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Buccino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryne Dupin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Cole Hurwitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Doyère</w:t>
+                <w:t xml:space="preserve">Jeremy Magland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie M Mouly</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Joshua Siegle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.17643. </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9, </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-74741-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7554/eLife.61834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02992673v1</w:t>
+                <w:t xml:space="preserve">hal-04958546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Insights from 22-kHz Ultrasonic Vocalizations to Characterize Fear Responses: Relationship with Respiration and Brain Oscillatory Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryne Dupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Boulanger-Bertolus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buonviso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie M Mouly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eNeuro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 6, pp.ENEURO.0065 - 19.2019. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2651,64 +2651,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fourcaud-Trocmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buonviso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2915,51 +2915,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Boisselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Gervasoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3045,77 +3045,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Allerborn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Gervasoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bio-protocol </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6 (5), </w:t>
@@ -3147,538 +3147,538 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01896058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What-Where-Which&amp;quot; Episodic Retrieval Requires Conscious Recollection and Is Promoted by Semantic Knowledge</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Memory of Occasional Events in Rats: Individual Episodic Memory Profiles, Flexibility, and Neural Substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Royet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marc Thevenet</w:t>
+                <w:t xml:space="preserve">A. Veyrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Allerborn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jane Plailly</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Raguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0143767⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 35 (19), pp.7575 - 7586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/jneurosci.3941-14.2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02158017v1</w:t>
+                <w:t xml:space="preserve">hal-03772987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Memory of Occasional Events in Rats: Individual Episodic Memory Profiles, Flexibility, and Neural Substrate</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emotional communication in the context of joint attention for food stimuli: Effects on attentional and affective processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Michon</w:t>
+                <w:t xml:space="preserve">Robert Soussignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Raguet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benoist Schaal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/jneurosci.3941-14.2015⟩</w:t>
+              <w:t xml:space="preserve">Biological Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 104, pp.173-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biopsycho.2014.12.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03772987v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01213163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afterhyperpolarization (AHP) regulates the frequency and timing of action potentials in the mitral cells of the olfactory bulb: role of olfactory experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Duménieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fourcaud-Trocmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Kuczewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiological Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 3 (5), pp.e12344. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.14814/phy2.12344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03859080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional communication in the context of joint attention for food stimuli: Effects on attentional and affective processing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoist Schaal</w:t>
+                <w:t xml:space="preserve">What-Where-Which&amp;quot; Episodic Retrieval Requires Conscious Recollection and Is Promoted by Semantic Knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Saive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Boulanger</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Jean-Pierre Royet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tao Jiang</w:t>
+                <w:t xml:space="preserve">Jane Plailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 104, pp.173-183. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (12), pp.e0143767. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biopsycho.2014.12.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0143767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01213163v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02158017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of olfactory sensitivity and glucose-sensing by the feeding state in obese Zucker rats</w:t>
               </w:r>
@@ -3716,51 +3716,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dolly Al Koborssy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8 (326), pp.1-17. </w:t>
@@ -3811,90 +3811,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A unique memory process modulated by emotion underpins successful odor recognition and episodic retrieval in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Saive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Royet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8, pp.203. </w:t>
@@ -3932,90 +3932,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insulin modulates network activity in olfactory bulb slices: impact on odour processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Kuczewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fourcaud-Trocmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Savigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Aimé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4066,51 +4066,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neo: an object model for handling electrophysiology data in multiple formats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domenico Guarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4226,64 +4226,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Torquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Aimé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Ey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4373,51 +4373,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Courtiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buonviso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4520,51 +4520,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Jaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Dégletagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (12), pp.1-13. </w:t>
@@ -4602,51 +4602,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial: Neuronal ensemble recordings in integrative neuroscience.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Léna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4774,77 +4774,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Hegoburu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiseko Shionoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 5, pp.25. </w:t>
@@ -4908,64 +4908,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Courtiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Hegoburu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Litaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fourcaud-Trocmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5042,64 +5042,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Cenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Litaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5201,51 +5201,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Elie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Kermen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Sacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5360,51 +5360,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Grosmaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 101 (6), pp.2898-2906. </w:t>
@@ -5455,51 +5455,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The way an odor is experienced during aversive conditioning determines the extent of the network recruited during retrieval: A multisite electrophysiological study in rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5589,51 +5589,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strong coupling between pyramidal cell activity and network oscillations in the olfactory cortex.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Litaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Buonviso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5706,64 +5706,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Cenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Litaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lafaye de Micheaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5852,64 +5852,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane G. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Cenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Litaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buonviso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5969,51 +5969,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Respiratory cycle as time basis: an improved method for averaging olfactory neural events.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane G. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6116,51 +6116,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mandairon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Sacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6262,51 +6262,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mandairon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Sacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6453,51 +6453,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Desoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6532,103 +6532,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing Statistical Power While Maintaining Small Sample Sizes in Behavioral Neuroscience Experiments Evaluating Success Rates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theo Desachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anistasha Lightning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6644,263 +6644,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04928073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing emotional response to olfactory, auditory and visual stimulations in a virtual reality environment</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Respiratory rhythm entrains membrane potential and spiking of non-olfactory neurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Juventin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Zbili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fourcaud-Trocmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Barbara Tillmann</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Buonviso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03858636v1</w:t>
+                <w:t xml:space="preserve">hal-03765341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Respiratory rhythm entrains membrane potential and spiking of non-olfactory neurons</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Characterizing emotional response to olfactory, auditory and visual stimulations in a virtual reality environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Désoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">N. Buonviso</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03765341v1</w:t>
+                <w:t xml:space="preserve">hal-03858636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6931,90 +6931,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pleasant odors : a privileged gateway to appease respiration and coupling body and brain rhythms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Ghibaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Turrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Granget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Symposium on Olfaction and Taste (ISOT 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Reykjavik, Iceland. </w:t>
@@ -7082,51 +7082,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Juventin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Zbili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buonviso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7194,51 +7194,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sabelle Hjeij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Coureaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7345,51 +7345,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Cabec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Pasquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société des Neurosciences, NeuroFrance 19-21 may 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Strasbourg, France. 2021</w:t>
@@ -7470,51 +7470,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Zbili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fourcaud-Trocmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FENS ( Federation of European Neuroscience Societies ) 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Virtual forum, France</w:t>
@@ -7537,325 +7537,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03758974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuronal dynamics supporting formation and recombination of cross-modal olfactory-tactile association in the rat hippocampal formation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Validation d’un simulateur de perte auditive : estimation des filtres auditifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samar Dimachki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Grimault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Corneyllie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rémi Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transmem : Cerveau et Mémoire : Concepts et approches transdisciplinaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, LYON, France</w:t>
+              <w:t xml:space="preserve">3èmes Journées Perception Sonore</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Brest, France. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01485120v1</w:t>
+                <w:t xml:space="preserve">hal-01559855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation d’un simulateur de perte auditive : estimation des filtres auditifs</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Neuronal dynamics supporting formation and recombination of cross-modal olfactory-tactile association in the rat hippocampal formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Boisselier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Gervasoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes Journées Perception Sonore</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Brest, France. , 2017</w:t>
+              <w:t xml:space="preserve">Transmem : Cerveau et Mémoire : Concepts et approches transdisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01559855v1</w:t>
+                <w:t xml:space="preserve">hal-01485120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le simulateur de perte auditive, le plus rapide de l’ouest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Corneyllie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lapayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grimault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7906,51 +7906,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neo: a Data Model for Electrophysiological Data Representation and its Python Implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew P. Davison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8085,51 +8085,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Désoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8151,98 +8151,493 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-0716-2934-5_13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03960640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Logiciel (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neo v0.10.0</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Sprenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter N Steinmetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew P. Davison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffen Bürgers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:6cfc16b5cdb3e9780f64acc78a75761be7242960;origin=https://hal.archives-ouvertes.fr/hal-04930650;visit=swh:1:snp:de066e0c290f9002a2414d244680e7be2c58c2e8;anchor=swh:1:rel:dfb9bdea15a4c3fc7ac246c06a1bc0db09c91010;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04930650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neo v0.9.0</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Sprenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Kleinjohann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo van Kemenade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achileas Koutsou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03330047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neo v0.8.0</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achileas Koutsou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chek Yin Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard C Gerkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo van Kemenade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Kleinjohann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encoding vs retrieval of episodic memory in rats: different theta oscillatory signatures in hippocampo-cortical networks according to individual episodic memory profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8251,930 +8646,535 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurofrance 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Virtual meeting, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03432751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real time hearing loss simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grimault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ossen El Sawaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Arz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Corneyllie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Acusticum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.3003-3003, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48465/fa.2020.0904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03235945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OpenElectrophy: an electrophysiological data- and analysis-sharing framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fourcaud-Trocmé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cinquième conférence plénière française de Neurosciences Computationnelles, "Neurocomp'10"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00553414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The way an odor is experienced during aversive conditioning determines the extent of the network recruited during retrieval: A multisite electrophysiological study in rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Colloque de la Société des Neurosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Bordeaux, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0505-09.2009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OpenElectrophy : un logiciel libre pour l'analyse de signaux electrophysiologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fourcaud-Trocmé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deuxième conférence française de Neurosciences Computationnelles, "Neurocomp08"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00331542v1</w:t>
-              </w:r>
-[...393 lines deleted...]
-                <w:t xml:space="preserve">hal-03329305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId282"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -9250,51 +9250,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8A80DABE"/>
+    <w:nsid w:val="9FCB6F4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9481,51 +9481,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-garcia" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6389-9779" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141957v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouhaila Bouguiyoud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Litaudon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Frasnelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Garcia" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Messaoudi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjaf018" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357300v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Desachy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thevenet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anistasha Lightning" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Didier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.636" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324619v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Ghibaudo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Turrel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Granget" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Souilhol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-20422-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191351v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Windolf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Yu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Paulk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domokos Mesz&#233;na" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mu&#241;oz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41592-025-02614-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694220v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Walker" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Meunier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Mouly" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2024.114740" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546246v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boussard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dichter" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio P. Buccino" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/eneuro.0229-23.2023" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740862v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Scopin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia L.B. Spampinato" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2024.110297" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04756433v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ghibaudo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bado" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthiller" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rithzenthaler" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12028-024-02049-4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780311v5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Auguste" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fourcaud-Trocm&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meunier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gros" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pneurobio.2023.102422" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215623v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Rey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment D&#233;soche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Saive" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Th&#233;venet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09658211.2023.2208793" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335818v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Juventin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Zbili" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Buonviso" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00487.2022" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279086v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Dereli" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0197-23.2023" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03890947v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio P Buccino" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2516-1091/ac6b96" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576843v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Sprenger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahl Holtzman" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2022.823056" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811729v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Buccino" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0105-22.2022" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079570v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Girin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lef&#232;vre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Amat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-86525-3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958546v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cole Hurwitz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Magland" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Siegle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.61834" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992673v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryne Dupin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Doy&#232;re" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie M Mouly" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-74741-2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992593v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boulanger-Bertolus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/eneuro.0065-19.2019" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442509v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-56340-y" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320229v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grimault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshio Irino" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Dimachki" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Corneyllie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy D. Patterson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.919252" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265088v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Boisselier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gervasoni" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ferry" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gervais" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00666.2017" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896058v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Allerborn" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.1740" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158017v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Royet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Plailly" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0143767" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772987v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veyrac" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Michon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Raguet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.3941-14.2015" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859080v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Dum&#233;nieu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Kuczewski" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.12344" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213163v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Soussignan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Schaal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boulanger" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Jiang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsycho.2014.12.006" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01112695v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Aim&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Palouzier-Paulignan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Salem" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolly Al Koborssy" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00326" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331682v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ravel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00203" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03971292v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Savigner" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2013.269639" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055571v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Guarino" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jaillet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Jennings" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pr&#246;pper" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2014.00010" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01319013v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Torquet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ey" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00229" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104696v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Esclassan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Courtiol" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0040927" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00767785v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Aime" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Hegoburu," TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Jaillard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril D&#233;gletagne" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051227" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725383v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment L&#233;na" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meyrand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pouzat" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel E Shulz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2012.05.003" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D891CXSH-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284790v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Hegoburu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiseko Shionoya" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2011.00025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104591v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00672.2011" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104598v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cenier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois David" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2009.06651.x" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KW6KMZMC-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02992184v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Busto" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Elie" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kermen" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Sacquet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2009.06689.x" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0DHP1F1V-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661736v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Duchamp-Viret" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Grosmaitre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chaput" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.91169.2008" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773036v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chapuis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Messaoudi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thevenet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ferreira" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0505-09.2009" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350375v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Litaudon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Buonviso" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2008.07.077" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00299184v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lafaye de Micheaux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2008.06123.x" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-93ZCR5N8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173653v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G. Roux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2006.09.001" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118962v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bertrand" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vigouroux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2005.09.004" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02992220v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandairon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jourdan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2006.05235.x" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XF4M73K0-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331724v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408080v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Desoche" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tillmann" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04928073v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858636v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765341v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454653v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Walter" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758949v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810680v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sabelle Hjeij" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Coureaud" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Heydel" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596902v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Lareno Faccini" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Spaeth" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Cabec" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pasquet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758974v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Zbili" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485120v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01559855v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01559867v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lapayre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128682v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew P. Davison" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Estebanez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960640v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2934-5_13" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432751v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235945v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ossen El Sawaf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Arz" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0904" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553414v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758324v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Th&#233;venet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferreira" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0505-09.2009" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331542v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930650v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter N Steinmetz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen B&#252;rgers" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6cfc16b5cdb3e9780f64acc78a75761be7242960;origin=https://hal.archives-ouvertes.fr/hal-04930650;visit=swh:1:snp:de066e0c290f9002a2414d244680e7be2c58c2e8;anchor=swh:1:rel:dfb9bdea15a4c3fc7ac246c06a1bc0db09c91010;path=/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330047v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kleinjohann" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo van Kemenade" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achileas Koutsou" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329305v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chek Yin Choi" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C Gerkin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-garcia" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6389-9779" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324619v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Ghibaudo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Turrel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Granget" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Souilhol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Garcia" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-20422-x" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191351v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Windolf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Yu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Paulk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domokos Mesz&#233;na" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mu&#241;oz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41592-025-02614-5" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141957v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouhaila Bouguiyoud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Litaudon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Frasnelli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Messaoudi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjaf018" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357300v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Desachy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thevenet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anistasha Lightning" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Didier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.636" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546246v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boussard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dichter" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio P. Buccino" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/eneuro.0229-23.2023" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694220v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Walker" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Meunier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Mouly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2024.114740" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740862v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Scopin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia L.B. Spampinato" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2024.110297" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04756433v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ghibaudo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bado" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthiller" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rithzenthaler" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12028-024-02049-4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780311v5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Auguste" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fourcaud-Trocm&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meunier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gros" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pneurobio.2023.102422" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215623v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Rey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment D&#233;soche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Saive" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Th&#233;venet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09658211.2023.2208793" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335818v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Juventin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Zbili" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Buonviso" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00487.2022" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279086v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Dereli" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0197-23.2023" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03890947v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio P Buccino" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2516-1091/ac6b96" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576843v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Sprenger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahl Holtzman" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2022.823056" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811729v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Buccino" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0105-22.2022" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079570v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Girin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lef&#232;vre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Amat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-86525-3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992673v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryne Dupin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Doy&#232;re" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie M Mouly" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-74741-2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958546v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cole Hurwitz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Magland" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Siegle" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.61834" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992593v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boulanger-Bertolus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/eneuro.0065-19.2019" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442509v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-56340-y" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320229v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grimault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshio Irino" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Dimachki" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Corneyllie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy D. Patterson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.919252" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265088v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Boisselier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gervasoni" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ferry" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gervais" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00666.2017" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896058v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Allerborn" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.1740" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772987v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veyrac" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Michon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Raguet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.3941-14.2015" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213163v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Soussignan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Schaal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boulanger" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Jiang" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsycho.2014.12.006" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859080v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Dum&#233;nieu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Kuczewski" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.12344" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158017v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Royet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Plailly" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0143767" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01112695v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Aim&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Palouzier-Paulignan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Salem" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolly Al Koborssy" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00326" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331682v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ravel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00203" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03971292v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Savigner" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2013.269639" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055571v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Guarino" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jaillet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Jennings" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pr&#246;pper" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2014.00010" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01319013v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Torquet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ey" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00229" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104696v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Esclassan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Courtiol" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0040927" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00767785v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Aime" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Hegoburu," TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Jaillard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril D&#233;gletagne" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051227" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725383v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment L&#233;na" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meyrand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pouzat" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel E Shulz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2012.05.003" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D891CXSH-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284790v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Hegoburu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiseko Shionoya" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2011.00025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104591v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00672.2011" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104598v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cenier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois David" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2009.06651.x" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KW6KMZMC-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02992184v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Busto" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Elie" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kermen" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Sacquet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2009.06689.x" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0DHP1F1V-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661736v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Duchamp-Viret" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Grosmaitre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chaput" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.91169.2008" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773036v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chapuis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Messaoudi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thevenet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ferreira" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0505-09.2009" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350375v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Litaudon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Buonviso" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2008.07.077" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00299184v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lafaye de Micheaux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2008.06123.x" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-93ZCR5N8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173653v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G. Roux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2006.09.001" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118962v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bertrand" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vigouroux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2005.09.004" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02992220v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandairon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jourdan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2006.05235.x" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XF4M73K0-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331724v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408080v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Desoche" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tillmann" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04928073v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765341v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858636v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454653v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Walter" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758949v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810680v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sabelle Hjeij" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Coureaud" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Heydel" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596902v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Lareno Faccini" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Spaeth" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Cabec" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pasquet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758974v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Zbili" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01559855v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485120v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01559867v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lapayre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128682v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew P. Davison" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Estebanez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960640v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2934-5_13" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930650v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter N Steinmetz" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen B&#252;rgers" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6cfc16b5cdb3e9780f64acc78a75761be7242960;origin=https://hal.archives-ouvertes.fr/hal-04930650;visit=swh:1:snp:de066e0c290f9002a2414d244680e7be2c58c2e8;anchor=swh:1:rel:dfb9bdea15a4c3fc7ac246c06a1bc0db09c91010;path=/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330047v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kleinjohann" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo van Kemenade" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achileas Koutsou" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329305v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chek Yin Choi" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C Gerkin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432751v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235945v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ossen El Sawaf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Arz" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0904" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553414v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758324v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Th&#233;venet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferreira" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0505-09.2009" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331542v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>