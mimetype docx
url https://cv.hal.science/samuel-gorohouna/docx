--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -412,287 +412,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05506344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À la recherche du point de basculement sur le marché du logement : les résultats d’une expérience de terrain</w:t>
+                <w:t xml:space="preserve">Seeking for Tipping Point in the Housing Market</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chareyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick L’horty</w:t>
+                <w:t xml:space="preserve">Yannick L'Horty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Economique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Vol. 74 (1), pp.5-27. </w:t>
+              <w:t xml:space="preserve">, 2023, 74 (1), pp.5-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/reco.pr2.0182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04264857v1</w:t>
+                <w:t xml:space="preserve">hal-04966782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seeking for Tipping Point in the Housing Market</w:t>
+                <w:t xml:space="preserve">À la recherche du point de basculement sur le marché du logement : les résultats d’une expérience de terrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chareyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick L'Horty</w:t>
+                <w:t xml:space="preserve">Yannick L’horty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Economique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 74 (1), pp.5-27. </w:t>
+              <w:t xml:space="preserve">, 2023, Vol. 74 (1), pp.5-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/reco.pr2.0182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04966782v1</w:t>
+                <w:t xml:space="preserve">hal-04264857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilisation et polarisation électorales en Nouvelle-Calédonie en 2022</w:t>
               </w:r>
@@ -1299,152 +1299,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03389441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Twenty five years of inequality reduction policies in school achievement in New Caledonia</w:t>
+                <w:t xml:space="preserve">Ethnic Discrimination in the Rental Housing Market: An Experiment in New Caledonia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Ris</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Gorohouna</w:t>
+                <w:t xml:space="preserve">Mathieu Bunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gorohouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick L’horty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pacific Dynamics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Regional Science Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (1), pp.65-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0160017617739065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03333285v1</w:t>
+                <w:t xml:space="preserve">hal-04264978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vingt-cinq ans de politiques de réduction des inégalités : quels impacts sur l’accès aux diplômes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 2017/3 (n° 91)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1455,165 +1503,117 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03333284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethnic Discrimination in the Rental Housing Market: An Experiment in New Caledonia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Twenty five years of inequality reduction policies in school achievement in New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Bunel</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ris</w:t>
+                <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Regional Science Review</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pacific Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Vol. 1 Number 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0160017617739065⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04264978v1</w:t>
+                <w:t xml:space="preserve">hal-03333285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Explain Ethnic and Gender Employment Disparities in New Caledonia?</w:t>
               </w:r>
@@ -1681,64 +1681,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inégalités ethniques sur le marché de l'emploi en Nouvelle-Calédonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 37-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1757,342 +1757,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03333203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ine?galite?s ethniques au pays du « destin commun » : un e?tat des lieux des ine?galite?s de re?ussite scolaire, de probabilite? d’emploi et de revenu</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Decomposing differences in employment outcomes between Kanak and other New Caledonians: how important is the role of school achievement?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue juridique, politique et économique de Nouvelle-Calédonie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013</w:t>
+              <w:t xml:space="preserve">Australian Journal of Labour Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 16(1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03333067v1</w:t>
+                <w:t xml:space="preserve">hal-03333063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decomposing differences in employment outcomes between Kanak and other New Caledonians: how important is the role of school achievement?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Ine?galite?s ethniques au pays du « destin commun » : un e?tat des lieux des ine?galite?s de re?ussite scolaire, de probabilite? d’emploi et de revenu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Australian Journal of Labour Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 16(1)</w:t>
+              <w:t xml:space="preserve">Revue juridique, politique et économique de Nouvelle-Calédonie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03333063v1</w:t>
+                <w:t xml:space="preserve">hal-03333067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does school achievement improve labor market positions for the Indigenous New Caledonians?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Australian Journal of Labour Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012</w:t>
+              <w:t xml:space="preserve">Cahiers du Laboratoire de recherches juridique et économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2012-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03332984v1</w:t>
+                <w:t xml:space="preserve">hal-03332985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does school achievement improve labor market positions for the Indigenous New Caledonians?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers du Laboratoire de recherches juridique et économique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 2012-4</w:t>
+              <w:t xml:space="preserve">Australian Journal of Labour Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03332985v1</w:t>
+                <w:t xml:space="preserve">hal-03332984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2149,51 +2149,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick L'Horty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2460,51 +2460,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chareyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick L'Horty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2581,51 +2581,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick L'Horty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2657,312 +2657,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What are the effetcs of the law on local employment in New Caledonia?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alban Cornier</w:t>
+                <w:t xml:space="preserve">Concept de prétopologie temporelle pour l'analyse des évolutions structurelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazha Selmaoui-Folcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jannai Tokotoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ris</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laisa Roi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th conference of Pacific Islands Universities Research Network (PIURN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Solomon Islands National University, Nov 2021, Iles Salomons, Solomon Islands</w:t>
+              <w:t xml:space="preserve">21èmes Journées Francophones Extraction et Gestion des Connaissances, EGC 2021. RNTI-37, pp.119-131</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04979144v1</w:t>
+                <w:t xml:space="preserve">hal-03142388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concept de prétopologie temporelle pour l'analyse des évolutions structurelles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jannai Tokotoko</w:t>
+                <w:t xml:space="preserve">What are the effetcs of the law on local employment in New Caledonia?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Cornier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laisa Roi</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21èmes Journées Francophones Extraction et Gestion des Connaissances, EGC 2021. RNTI-37, pp.119-131</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Montpellier, France</w:t>
+              <w:t xml:space="preserve">4th conference of Pacific Islands Universities Research Network (PIURN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Solomon Islands National University, Nov 2021, Iles Salomons, Solomon Islands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03142388v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seeking for tipping point in the housing market: evidences from a field experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chareyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. L'Horty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36èmes Journées de Microéconomie Appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Casablanca, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2987,51 +2987,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dépenses fiscales en Nouvelle-Calédonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque : La Nouvelle-Calédonie face à la crise des finances publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Nouméa, Nouvelle-Calédonie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3056,51 +3056,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Participation des Kanak à l'économie de marché autour d'un complexe de la métallurgie du Nickel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perspectives croisées sur les mondes autochtones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Bogota, Colombie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3125,51 +3125,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel régime monétaire pour la Nouvelle-Calédonie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque : Quelle économie pour la Nouvelle-Calédonie après 2018 ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Nouméa, Nouvelle-Calédonie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3289,51 +3289,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La quête d’un rééquilibrage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque sur le droit économique Université de la Nouvelle-Calédonie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Nouméa, Nouvelle-Calédonie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3358,64 +3358,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le système éducatif calédonien à l'heure du destin commun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le système éducatif calédonien à l'heure du destin commun</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Nouméa, Nouvelle-Calédonie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3440,64 +3440,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Explain Ethnic and Gender Employment Disparities in New Caledonia?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Canberra, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3516,398 +3516,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03387189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conférence sur les inégalités ethniques en Nouvelle Calédonie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Indigenous Peoples and their Rights to Land. Land Policy and Use, Conservation, Extractive Industries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACESTE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Toulouse, France</w:t>
+              <w:t xml:space="preserve">actes du deuxième workshop international SOGIP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03387069v1</w:t>
+                <w:t xml:space="preserve">hal-03387075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Employment in New Caledonia. Exploring Ethnic and Gender Disparity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Employment in New Caledonia: How to Explain Ethnic and Gender Disparity?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Zealand Association of Economists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Wellington, New Zealand</w:t>
+              <w:t xml:space="preserve">USP/ODN, 4th Biennial Oceania Development Network Conference, "Addressing Inequality and Promoting Inclusive and Sustainable Developpement"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Suva, Fiji</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03387072v1</w:t>
+                <w:t xml:space="preserve">hal-03387073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conférence sur les inégalités ethniques à l'école</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Conférence sur les inégalités ethniques en Nouvelle Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Touho, Nouvelle-Calédonie</w:t>
+              <w:t xml:space="preserve">ACESTE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03387068v1</w:t>
+                <w:t xml:space="preserve">hal-03387069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Employment in New Caledonia: How to Explain Ethnic and Gender Disparity?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Employment in New Caledonia. Exploring Ethnic and Gender Disparity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">USP/ODN, 4th Biennial Oceania Development Network Conference, "Addressing Inequality and Promoting Inclusive and Sustainable Developpement"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Suva, Fiji</w:t>
+              <w:t xml:space="preserve">New Zealand Association of Economists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Wellington, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03387073v1</w:t>
+                <w:t xml:space="preserve">hal-03387072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indigenous Peoples and their Rights to Land. Land Policy and Use, Conservation, Extractive Industries</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Conférence sur les inégalités ethniques à l'école</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">actes du deuxième workshop international SOGIP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">Conférence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Touho, Nouvelle-Calédonie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03387075v1</w:t>
+                <w:t xml:space="preserve">hal-03387068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4256,1543 +4256,1543 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03394175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers un &amp;quot;verdissement&amp;quot; de la fiscalité et des subventions publique en Nouvelle-Calédonie. Phase IV. Evaluation des propositions de verdissement de la fiscalité et des subventions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Elaboration des propositions de verdissement de la fiscalité et des subventions - Phase III</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chauchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Sudrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université de la Nouvelle-Calédonie. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03379256v1</w:t>
+                <w:t xml:space="preserve">hal-03379255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration des propositions de verdissement de la fiscalité et des subventions - Phase III</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers un &amp;quot;verdissement&amp;quot; de la fiscalité et des subventions publique en Nouvelle-Calédonie. Phase IV. Evaluation des propositions de verdissement de la fiscalité et des subventions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gorohouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Chauchat</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">N. Keurmeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Sudrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université de la Nouvelle-Calédonie. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03379256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seeking for tipping point in the housing market : evidence from a field experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chareyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gorohouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick L'Horty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02334132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethnic discrimination in the rental housing market : an experiment in New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gorohouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick L'Horty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01879553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DISCRIMINATIONS ETHNIQUES DANS L’ACCES AU LOGEMENT: UNE EXPERIMENTATION EN NOUVELLE-CALEDONIE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gorohouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick L'Horty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01374442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle économie pour la Nouvelle-Calédonie après la période référendaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...52 lines deleted...]
-                <w:t xml:space="preserve">hal-03379255v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUNC, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03313980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’avenir institutionnel de la Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Chauchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Giraudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gorohouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gravelat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de la Nouvelle-Calédonie. 2018, LARJE, Samuel Gorohouna</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implication autochtone autour du nickel et de l'usine du Nord : une voie économique kanak ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gorohouna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'harmattan, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03313962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels choix monétaires pour la Nouvelle-Calédonie pour quels échanges commerciaux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Roi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quelle économie pour la Nouvelle-Calédonie après la période référendaire ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUNC, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dépenses fiscales en Nouvelle-Calédonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Nouvelle-Calédonie face à la crise des finances publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUNC, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La quête du rééquilibrage sur terres coutumières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le droit économique en Nouvelle-Calédonie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires d'Aix-Marseille (PUAM), 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De Matignon à la consultation sur l’indépendance – Une trajectoire politique et institutionnelle originale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Le Meur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Nouvelle-Calédonie face à son destin, Quel bilan à la veille de la consultation sur la pleine souveraineté ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, éd. Karthala, pp.23-67, 2016, 2811117377</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ird-03996332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réalisation des projets économiques sur terre coutumière et via les GDPL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Intégration de la coutume dans le corpus normatif en NC, Dir. E. Cornut et P. Deumier.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De Matignon à la consultation sur l'indépendance, une trajectoire politique et institutionnelle originale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Sourrisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.-Y. Le Meur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In La Nouvelle-Calédonie face à son destin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAC-KARTHALA, GEMDEV., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques économiques et sociales des tribus et de la ruralité: fragilités et facultés d'adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Apithy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Brouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Guyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In La Nouvelle-Calédonie face à son destin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAC-KARTHALA, GEMDEV., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314068v1</w:t>
-              </w:r>
-[...646 lines deleted...]
-                <w:t xml:space="preserve">hal-03313962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5911,64 +5911,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rééquilibrage dans l’emploi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque UNC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5993,51 +5993,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à un ouvrage collectif du SOGIP (EHESS) à venir (2015): Implication autochtone autour du nickel et de l'usine du Nord; une voie économique kanak ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fait suite à un colloque tenu en 2013 à Paris à l'EHESS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6062,64 +6062,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inégalités ethniques sur le marché de l’emploi en Nouvelle-Calédonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gorohouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A venir dans la revue Ethnie (2015).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6234,51 +6234,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="529AB692"/>
+    <w:nsid w:val="149845A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6465,51 +6465,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-gorohouna" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-2677-3097" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506339v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gorohouna" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506353v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Cornier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Thion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506344v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264857v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chareyron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L&#8217;horty" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Petit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ris" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.pr2.0182" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966782v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L'Horty" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04174080v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brouard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Tutugoro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234406v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.058.0097" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-03565465v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazha Selmaoui-Folcher" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janna&#239; Tokotoko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laisa Roi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leschi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJDWM.298004" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03100777v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavlos Vasilopoulos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph H&#246;nnige" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Kerrouche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electstud.2020.102251" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389445v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389441v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333285v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ris" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gorohouna" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333284v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264978v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bunel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0160017617739065" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155222v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333203v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333067v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333063v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332984v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332985v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964799v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chung" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941774v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heloise Rozier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947040v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Lion" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexian Allibert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04950656v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979143v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979144v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-03142388v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannai Tokotoko" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387703v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chareyron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. L'Horty" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387390v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387386v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387389v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02446770v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Rey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387304v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387300v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387189v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387069v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387072v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387068v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387073v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387075v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979142v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Boudjema" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Despinoy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979150v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Wright" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394175v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Roussineau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379256v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Keurmeur" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sudrie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379255v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chauchat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314114v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314116v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314091v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03996332v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine David" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sourisseau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Meur" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314069v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314067v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. David" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Sourrisseau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-Y. Le Meur" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314068v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Apithy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brouard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guyard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Sourisseau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334132v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01879553v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01374442v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313980v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745565v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boyer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chauchat" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Giraudeau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gravelat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313962v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745552v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379374v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379329v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379328v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-gorohouna" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-2677-3097" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506339v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gorohouna" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506353v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Cornier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Thion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506344v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966782v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chareyron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L'Horty" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Petit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ris" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.pr2.0182" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264857v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L&#8217;horty" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04174080v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brouard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Tutugoro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234406v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.058.0097" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-03565465v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazha Selmaoui-Folcher" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janna&#239; Tokotoko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laisa Roi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leschi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJDWM.298004" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03100777v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavlos Vasilopoulos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph H&#246;nnige" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Kerrouche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electstud.2020.102251" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389445v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389441v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264978v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bunel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0160017617739065" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333284v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ris" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gorohouna" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333285v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155222v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333203v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333063v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333067v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332985v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332984v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964799v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chung" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941774v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heloise Rozier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947040v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Lion" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexian Allibert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04950656v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979143v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-03142388v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannai Tokotoko" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979144v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387703v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chareyron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. L'Horty" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387390v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387386v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387389v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02446770v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Rey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387304v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387300v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387189v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387075v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387073v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387069v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387072v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387068v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979142v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Boudjema" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Despinoy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979150v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Wright" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394175v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Roussineau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379255v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chauchat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sudrie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379256v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Keurmeur" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334132v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01879553v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01374442v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313980v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745565v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boyer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chauchat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Giraudeau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gravelat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313962v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314114v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314116v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314091v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03996332v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine David" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sourisseau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Meur" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314069v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314067v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. David" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Sourrisseau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-Y. Le Meur" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314068v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Apithy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brouard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guyard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Sourisseau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745552v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379374v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379329v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379328v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>