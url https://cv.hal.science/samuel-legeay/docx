--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -109,4252 +109,4252 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific quantification of intact lipid nanocapsules in rats using FRET: biodistribution and PBPK model development</w:t>
+                <w:t xml:space="preserve">Evaluation of the implementation in primary care of genetic testing for the screening of MODY2 (iMOgene): protocol for an implementation pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rana Elfatairi</w:t>
+                <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Ou</w:t>
+                <w:t xml:space="preserve">Marie-Eve Poitras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Lebreton</w:t>
+                <w:t xml:space="preserve">Vanessa Tremblay-Vaillancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariam Mahdjoub</w:t>
+                <w:t xml:space="preserve">Amélie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Norraseth Kaeokhamloed</w:t>
+                <w:t xml:space="preserve">Luigi Bouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomedicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (10), pp.1101-1112. </w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.e089642. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17435889.2025.2492537⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2024-089642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05242719v1</w:t>
+                <w:t xml:space="preserve">hal-05144118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the implementation in primary care of genetic testing for the screening of MODY2 (iMOgene): protocol for an implementation pilot study</w:t>
+                <w:t xml:space="preserve">Specific quantification of intact lipid nanocapsules in rats using FRET: biodistribution and PBPK model development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Legeay</w:t>
+                <w:t xml:space="preserve">Rana Elfatairi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Eve Poitras</w:t>
+                <w:t xml:space="preserve">Jessica Ou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Tremblay-Vaillancourt</w:t>
+                <w:t xml:space="preserve">Vincent Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Fournier</w:t>
+                <w:t xml:space="preserve">Mariam Mahdjoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luigi Bouchard</w:t>
+                <w:t xml:space="preserve">Norraseth Kaeokhamloed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (1), pp.e089642. </w:t>
+              <w:t xml:space="preserve">Nanomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (10), pp.1101-1112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2024-089642⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17435889.2025.2492537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05144118v1</w:t>
+                <w:t xml:space="preserve">hal-05242719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un outil d’adaptation individualisée des posologies de médicaments chez le patient adulte obèse</w:t>
+                <w:t xml:space="preserve">Investigating the Reactivity of a Novel Methacrylic Transmer in Solution RAFT-SCVP and Its Impact on the Structure of the Resulting Hyperbranched Polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Gouju</w:t>
+                <w:t xml:space="preserve">Typhaine Despres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Jourdan</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Tiffaine Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bastiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck D’agosto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.therap.2023.07.004⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 57 (5), pp.2421-2431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.3c02498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04760849v1</w:t>
+                <w:t xml:space="preserve">hal-04511108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elimination study of intact lipid nanocapsules after intravenous rat administration</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Un outil d’adaptation individualisée des posologies de médicaments chez le patient adulte obèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gouju</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lagarce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2217/nnm-2024-0003⟩</w:t>
+              <w:t xml:space="preserve">Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 79 (3), pp.379-392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.therap.2023.07.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04569661v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04760849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A revisited version of the disputatio for pharmacological training: An educational study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louise Carton</w:t>
+                <w:t xml:space="preserve">Elimination study of intact lipid nanocapsules after intravenous rat administration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perle Totoson</w:t>
+                <w:t xml:space="preserve">Clara Rapenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
+                <w:t xml:space="preserve">Patrick Saulnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Pelerin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédéric Lagarce</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.therap.2023.10.016⟩</w:t>
+              <w:t xml:space="preserve">Nanomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Online ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2217/nnm-2024-0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04805817v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04569661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dichotomous activities of microglia: A potential driver for phenotypic heterogeneity in Alzheimer’s disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A revisited version of the disputatio for pharmacological training: An educational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Carton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Pumo</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Perle Totoson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Pelerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Portier-Feunteun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.brainres.2024.148817⟩</w:t>
+              <w:t xml:space="preserve">Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 79 (4), pp.435-441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.therap.2023.10.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04482534v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04805817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experience of multidisciplinary tutorials sessions about antibiotics in the third year of pharmacy studies in Angers, France: Learning assessment and evaluation of students’ feelings by a mixed approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The dichotomous activities of microglia: A potential driver for phenotypic heterogeneity in Alzheimer’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Pumo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Eveillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Online ahead of print. </w:t>
+              <w:t xml:space="preserve">Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.148817. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/femsle/fnae016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.brainres.2024.148817⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04498070v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04482534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moving towards the implementation of pharmacogenetic testing in Quebec</w:t>
+                <w:t xml:space="preserve">An experience of multidisciplinary tutorials sessions about antibiotics in the third year of pharmacy studies in Angers, France: Learning assessment and evaluation of students’ feelings by a mixed approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ling Jing Li</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Audrey Taisne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ann-Lorie Gagnon</w:t>
+                <w:t xml:space="preserve">Isabelle Baglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Pier Frigon</w:t>
+                <w:t xml:space="preserve">Olivier Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Tessier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Matthieu Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14, </w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Online ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fgene.2023.1295963⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/femsle/fnae016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04403213v1</w:t>
+                <w:t xml:space="preserve">inserm-04498070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exavir : mise en place et évaluation de l’acquisition de compétences en pharmacologie expérimentale par des étudiants en pharmacie</w:t>
+                <w:t xml:space="preserve">Moving towards the implementation of pharmacogenetic testing in Quebec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Bourreau</w:t>
+                <w:t xml:space="preserve">Ling Jing Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Chevrier</w:t>
+                <w:t xml:space="preserve">Ann-Lorie Gagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Desserrey</w:t>
+                <w:t xml:space="preserve">Marie-Pier Frigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Lusson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Flavien Bessaguet</w:t>
+                <w:t xml:space="preserve">Laurence Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2024.03.008⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2023.1295963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04542406v1</w:t>
+                <w:t xml:space="preserve">hal-04403213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association between Pandemic of COVID‐19 and Influenza Vaccine Take‐Up in 2020–2021 in Maine et Loire (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exavir : mise en place et évaluation de l’acquisition de compétences en pharmacologie expérimentale par des étudiants en pharmacie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Bourreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Abline</w:t>
+                <w:t xml:space="preserve">Tristan Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anicet Chaslerie</w:t>
+                <w:t xml:space="preserve">Thomas Desserrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanüele Fabre</w:t>
+                <w:t xml:space="preserve">Nathalie Lusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Heymans</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascal Artarit</w:t>
+                <w:t xml:space="preserve">Flavien Bessaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Pharmacy and Therapeutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2024/9981219⟩</w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2024.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04667444v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04542406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the Reactivity of a Novel Methacrylic Transmer in Solution RAFT-SCVP and Its Impact on the Structure of the Resulting Hyperbranched Polymers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association between Pandemic of COVID‐19 and Influenza Vaccine Take‐Up in 2020–2021 in Maine et Loire (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Abline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Typhaine Despres</w:t>
+                <w:t xml:space="preserve">Anicet Chaslerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiffaine Fabre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Legeay</w:t>
+                <w:t xml:space="preserve">Emmanüele Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Bastiat</w:t>
+                <w:t xml:space="preserve">Alain Heymans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck D’agosto</w:t>
+                <w:t xml:space="preserve">Pascal Artarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 57 (5), pp.2421-2431. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Pharmacy and Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.3c02498⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1155/2024/9981219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04511108v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04667444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Médicaments hyperkaliémiants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Produit de contraste iodé et metformine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 62, pp.17 - 19. </w:t>
+              <w:t xml:space="preserve">, 2023, 62, pp.15 - 17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2022.11.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2023.01.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04357033v1</w:t>
+                <w:t xml:space="preserve">hal-04357035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthotrexate et association triméthoprime-sulfaméthoxazole</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Pharmacokinetics of obese adults: Not only an increase in weight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gouju</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 62, pp.13 - 15. </w:t>
+              <w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 166 (13), pp.115281. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2023.06.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biopha.2023.115281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04357039v1</w:t>
+                <w:t xml:space="preserve">hal-04181916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nirmatrelvir-ritonavir et simvastatine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Médicaments hyperkaliémiants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 62, pp.17 - 19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2023.09.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2022.11.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04357041v1</w:t>
+                <w:t xml:space="preserve">hal-04357033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche en soins primaires : quels sont les défis de demain ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Méthotrexate et association triméthoprime-sulfaméthoxazole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Faivre</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Concours pluripro</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 62, pp.13 - 15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2023.06.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04764606v1</w:t>
+                <w:t xml:space="preserve">hal-04357039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein corona formation on lipidic nanocapsules: Influence of the interfacial PEG repartition</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Recherche en soins primaires : quels sont les défis de demain ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anastasiia Vasylaki</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrick Saulnier</w:t>
+                <w:t xml:space="preserve">Mélanie Faivre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Concours pluripro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04173065v1</w:t>
+                <w:t xml:space="preserve">hal-04764606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Codéine et fluoxétine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Nirmatrelvir-ritonavir et simvastatine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 62, pp.17 - 19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2023.03.010⟩</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2023.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04357037v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04357041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacokinetics of obese adults: Not only an increase in weight</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Protein corona formation on lipidic nanocapsules: Influence of the interfacial PEG repartition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasiia Vasylaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fredéric Lagarce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Saulnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 166 (13), pp.115281. </w:t>
+              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 189, pp.106537. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biopha.2023.115281⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejps.2023.106537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04181916v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Produit de contraste iodé et metformine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Codéine et fluoxétine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 62, pp.15 - 17. </w:t>
+              <w:t xml:space="preserve">, 2023, 62, pp.17 - 19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2023.01.032⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2023.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04357035v1</w:t>
+                <w:t xml:space="preserve">hal-04357037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pansements gastro-intestinaux et doxycycline</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Faure</w:t>
+                <w:t xml:space="preserve">Effects of students’ peer teaching in a new pharmacokinetics teaching format</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Legeay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Repussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Oudini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Eveillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2022.05.004⟩</w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2022.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04357030v1</w:t>
+                <w:t xml:space="preserve">hal-03829907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring PEGylated nanoparticle surface modulates inflammatory response in vascular endothelial cells</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Dabigatran étexilate et itraconazole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Faure</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61, pp.15 - 17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2022.03.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2022.04.003⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03647377v1</w:t>
+                <w:t xml:space="preserve">hal-04357029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irbésartan et vildagliptine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Pansements gastro-intestinaux et doxycycline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 61, pp.15 - 17. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2022.05.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2022.07.035⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04357032v1</w:t>
+                <w:t xml:space="preserve">hal-04357030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacokinetics of intact lipid nanocapsules using new quantitative FRET technique</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tailoring PEGylated nanoparticle surface modulates inflammatory response in vascular endothelial cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adélie Mellinger</w:t>
+                <w:t xml:space="preserve">Soudeh Tehrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Rabanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Legeay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2017.03.005⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2022.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02341627v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FRET as the tool for in vivo nanomedicine tracking</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Irbésartan et vildagliptine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emilie Roger</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2022.06.048⟩</w:t>
+              <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61, pp.15 - 17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2022.07.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03720790v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04357032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gliclazide et carvédilol</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pharmacokinetics of intact lipid nanocapsules using new quantitative FRET technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norraseth Kaeokhamloed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasiia Vasylaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Hilairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélie Mellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2021.12.042⟩</w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 351, pp.681-691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2017.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04357028v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02341627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of students’ peer teaching in a new pharmacokinetics teaching format</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Laurier</w:t>
+                <w:t xml:space="preserve">FRET as the tool for in vivo nanomedicine tracking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norraseth Kaeokhamloed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Eveillard</w:t>
+                <w:t xml:space="preserve">Emilie Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 349, pp.156-173. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2022.09.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2022.06.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03829907v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03720790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dabigatran étexilate et itraconazole</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Gliclazide et carvédilol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 61, pp.15 - 17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2022.03.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2021.12.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04357029v1</w:t>
+                <w:t xml:space="preserve">hal-04357028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction médicamenteuse : warfarine et clarithromycine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Sels de lithium et inhibiteurs de l’enzyme de conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 60 (610), pp.13-15. </w:t>
+              <w:t xml:space="preserve">, 2021, 60 (605), pp.13-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2021.08.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2021.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03451349v1</w:t>
+                <w:t xml:space="preserve">hal-03203850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel hybrid lipid nanocapsules loaded with a therapeutic monoclonal antibody –Bevacizumab– and Triamcinolone acetonide for combined therapy in neovascular ocular pathologies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New In Vitro Coculture Model for Evaluating Intestinal Absorption of Different Lipid Nanocapsules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norraseth Kaeokhamloed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María Lina Formica</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Legeay</w:t>
+                <w:t xml:space="preserve">Emillie Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Bejaud</w:t>
+                <w:t xml:space="preserve">Jérôme Béjaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillermo Gabriel Montich</w:t>
+                <w:t xml:space="preserve">Nolwenn Lautram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriela Verónica Ullio Gamboa</w:t>
+                <w:t xml:space="preserve">Florence Manero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 119, pp.111398. </w:t>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (5), pp.595. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msec.2020.111398⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics13050595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02926008v1</w:t>
+                <w:t xml:space="preserve">hal-03207649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lamotrigine et éthinylestradiol</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Interaction médicamenteuse : warfarine et clarithromycine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 60 (606), pp.14-15. </w:t>
+              <w:t xml:space="preserve">, 2021, 60 (610), pp.13-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2021.03.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2021.08.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03451334v1</w:t>
+                <w:t xml:space="preserve">hal-03451349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why and how antimicrobial therapy in pharmaceutical education could be taught by an integrative approach?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Novel hybrid lipid nanocapsules loaded with a therapeutic monoclonal antibody –Bevacizumab– and Triamcinolone acetonide for combined therapy in neovascular ocular pathologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Duval</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">María Lina Formica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Legeay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bejaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillermo Gabriel Montich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Verónica Ullio Gamboa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2020.10.014⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 119, pp.111398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2020.111398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03209370v1</w:t>
+                <w:t xml:space="preserve">hal-02926008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of physical activity on cell‐to‐cell communication during type 2 diabetes: A focus on miRNA signaling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Lamotrigine et éthinylestradiol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fcp.12665⟩</w:t>
+              <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60 (606), pp.14-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2021.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03161485v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction médicamenteuse : clarithromycine et atorvastatine Auteurs et affiliations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Faure</w:t>
+                <w:t xml:space="preserve">Why and how antimicrobial therapy in pharmaceutical education could be taught by an integrative approach?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Legeay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2021.06.005⟩</w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 79 (3), pp.227-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2020.10.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451343v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03209370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specificity of pharmacokinetic modeling of nanomedicines</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Effects of physical activity on cell‐to‐cell communication during type 2 diabetes: A focus on miRNA signaling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Foudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frederic Lagarce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug Discovery Today</w:t>
+              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.drudis.2021.04.017⟩</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/fcp.12665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03207647v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03161485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic nanoparticle tracking during pharmacokinetic studies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interaction médicamenteuse : clarithromycine et atorvastatine Auteurs et affiliations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rana Elfatairi</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomedicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60 (608), pp.11-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2021.06.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2217/nnm-2021-0155⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03446719v1</w:t>
+                <w:t xml:space="preserve">hal-03451343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teaching bacterial infections in pharmaceutical studies: why not ‘with students’ instead of ‘to students’?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Specificity of pharmacokinetic modeling of nanomedicines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Saulnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lagarce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Drug Discovery Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.drudis.2021.04.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/femsle/fnab084⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03288126v1</w:t>
+                <w:t xml:space="preserve">hal-03207647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sels de lithium et inhibiteurs de l’enzyme de conversion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Teaching bacterial infections in pharmaceutical studies: why not ‘with students’ instead of ‘to students’?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Baglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2021.02.003⟩</w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 368 (13), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsle/fnab084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03203850v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03288126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New In Vitro Coculture Model for Evaluating Intestinal Absorption of Different Lipid Nanocapsules</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Organic nanoparticle tracking during pharmacokinetic studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Lautram</w:t>
+                <w:t xml:space="preserve">Samuel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Elfatairi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Manero</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florence Franconi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Legeay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (5), pp.595. </w:t>
+              <w:t xml:space="preserve">Nanomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pharmaceutics13050595⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2217/nnm-2021-0155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03207649v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03446719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective deficiency in endothelial PTP1B protects from diabetes and endoplasmic reticulum stress-associated endothelial dysfunction via preventing endothelial cell apoptosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fautrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4444,51 +4444,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Insights into the Mode of Action of Vasorelaxant Synthetic Polyoxygenated Chalcones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kien Trân</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4587,51 +4587,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo comparison of the proangiogenic properties of chlordecone and three of its dechlorinated derivatives formed by in situ chemical reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eid Alabed Alibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Billat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4721,90 +4721,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Di-O-lauroyl-decitabine-lipid nanocapsules: toward extending decitabine activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naila Bou Haidar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bejaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Lautram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Nanomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 14, pp.2091-2102. </w:t>
@@ -4836,718 +4836,718 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02516731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, Synthesis, Pharmacological Evaluation and Vascular Effects of Delphinidin Analogues</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Unusual modes of action of the repellent DEET in insects highlight some human side effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Justiniano</w:t>
+                <w:t xml:space="preserve">Nicolas Clere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Lugnier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Véronique Apaire-Marchais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lapied</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Pharmaceutical Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/1381612825666190206144913⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 825, pp.92-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2018.02.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02429620v1</w:t>
+                <w:t xml:space="preserve">hal-02429799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two dechlorinated chlordecone derivatives formed by in situ chemical reduction are devoid of genotoxicity and mutagenicity and have lower proangiogenic properties compared to the parent compound</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Design, Synthesis, Pharmacological Evaluation and Vascular Effects of Delphinidin Analogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Nesslany</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kien Trân</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Abatuci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Bristeau</w:t>
+                <w:t xml:space="preserve">Hélène Justiniano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-017-8592-6⟩</w:t>
+              <w:t xml:space="preserve">Current Pharmaceutical Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (46), pp.5580-5589. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1381612825666190206144913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02429805v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unusual modes of action of the repellent DEET in insects highlight some human side effects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Two dechlorinated chlordecone derivatives formed by in situ chemical reduction are devoid of genotoxicity and mutagenicity and have lower proangiogenic properties compared to the parent compound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Billat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Lapied</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabrice Nesslany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bristeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2018.02.033⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (15), pp.14313-14323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-017-8592-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02429799v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is bisphenol A an environmental obesogen?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Pro-Angiogenic Effects of Low Dose Ethoxidine in a Murine Model of Ischemic Hindlimb: Correlation between Ethoxidine Levels and Increased Activation of the Nitric Oxide Pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Clere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Hung Thien To</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Helesbeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fcp.12300⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22 (4), pp.627. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules22040627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02429801v1</w:t>
+                <w:t xml:space="preserve">hal-02429803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pro-Angiogenic Effects of Low Dose Ethoxidine in a Murine Model of Ischemic Hindlimb: Correlation between Ethoxidine Levels and Increased Activation of the Nitric Oxide Pathway</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Is bisphenol A an environmental obesogen?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Faure</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 22 (4), pp.627. </w:t>
+              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 31 (6), pp.594-609. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules22040627⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/fcp.12300⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02429803v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The insect repellent N,N-diethyl-m-toluamide (DEET) induces angiogenesis via allosteric modulation of the M3 muscarinic receptor in endothelial cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Hilairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoc-Tuan Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5611,51 +5611,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigallocatechin Gallate: A Review of Its Beneficial Properties to Prevent Metabolic Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5663,51 +5663,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrients</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 7 (7), pp.5443-5468. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5786,51 +5786,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet iMOgene : un modèle de transfert entre le laboratoire et la clinique pour le diabète MODY2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Tremblay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bettez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5898,51 +5898,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la recherche fondamentale vers l'application en soins primaires : exemple à travers le projet iMOgene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la recherche du département de médecine de famille et de médecine d’urgence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Faculté de médecine et des sciences de la santé de l’Université de Sherbrooke, May 2024, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5967,51 +5967,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la recherche fondamentale vers l'application en soins primaires : exemple à travers le projet iMOgene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Midis scientifiques du Département de médecine de famille et de médecine d’urgence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Faculté de médecine et des sciences de la santé, Université de Sherbrooke, Feb 2024, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6049,90 +6049,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INFLUENCE OF HYPERBRANCHED POLYMER STRUCTURE ON THE SIRNA COMPLEXATION AND POLYPLEX FORMATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Réthoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Typhaine Despres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morwenna S M Pearson- Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandie Piogé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bastiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th annual meeting of SFNano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Toulouse, France</w:t>
@@ -6161,64 +6161,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-construction d'un enseignement de quatrième année des études pharmaceutiques sur les infections bactériennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Eveillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions de Pédagogies dans l'Enseignement Supérieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ENSTA Bretagne, IMT-A, UBO, Jun 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6243,64 +6243,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un apprentissage collaboratif en pharmacocinétique : quand les étudiants deviennent enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Eveillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6351,90 +6351,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISCR-induced chlordecone dechlorination leads to derivatives with lower pro-angiogenic properties in vitro and in vivo on a prostate cancer model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Alabed Alibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. A. Billat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bristeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Clere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6476,77 +6476,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The insect repellent N,N-diethyl-m-toluamide (DEET) induces angiogenesis via allosteric modulation of the M3 muscarinic receptor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Hilairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoc-Tuan Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6601,64 +6601,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The insect repellent N,N-diethyl-m-toluamide (DEET) induces angiogenesis via allosteric modulation of the M3 muscarinic receptor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6709,64 +6709,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de la toxicité cellulaire de la chlordécone et de deux de ses dérivés déchlorés formés par réduction chimique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bristeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Nesslany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Lobez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6946,90 +6946,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M3 receptor as a key target of N,N-diethyl-m-toluamide (DEET) to promote angiogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Clere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Apaire-Marchais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lapied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Andriantsitohaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7103,77 +7103,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the implementation in primary care of genetic testing fir the screening of MODY2: the iMOgene study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Eve Poitras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josianne Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7228,77 +7228,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the implementation in primary care of genetic testing fir the screening of MODY2: the iMOgene study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Eve Poitras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josianne Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7353,103 +7353,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pharmacokinetics and oral absorption of different lipid nanocapsules: new quantitative FRET technique revealing PEGylation increasing the particle’s clearance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norraseth Kaeokhamloed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Béjaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gattacceca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GMP 2021 Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
@@ -7478,103 +7478,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population pharmacokinetic modelling of intravenous LNCs FRET in rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norraseth Kaeokhamloed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gattacceca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Béjaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Saulnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GMP 2021 Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
@@ -7603,51 +7603,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthetic 3-deoxyanthocyanidin analogues of delphinidin as potential vasorelaxant agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7655,51 +7655,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Helesbeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Abatuci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd Conference of the Groupement des Pharmacochimistes de l’Arc Atlantique (GP2A)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Munster, Germany. Pharmaceuticals, 9 (1), pp.1, 2016, </w:t>
@@ -7821,51 +7821,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Billat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] BRGM/RP-66893-FR, Bureau de recherches géologiques et minières (BRGM). 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -7904,77 +7904,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de la toxicité cellulaire de la chlordécone et de deux de ses dérivés déchlorés formés par réduction chimique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouvet Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Nesslany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lobez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8041,51 +8041,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 18 Antiasthmatiques : β2-mimétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8162,51 +8162,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 20 Antiasthmatiques : glucocorticoïdes inhalés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8283,51 +8283,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 21 Autres antiasthmatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8404,51 +8404,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 19 Antiasthmatiques : anticholinergiques inhalés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8557,51 +8557,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physiopathologie de l’endothélium : Applications à l’angiogenèse induite par les répulsifs anti-moustiques à base de DEET et à la dysfonction endothéliale dans le cadre du diabète de type 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legeay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université d'Angers, 2016. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016ANGE0068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -8797,51 +8797,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242719v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Elfatairi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Ou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebreton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Mahdjoub" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norraseth Kaeokhamloed" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17435889.2025.2492537" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144118v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Legeay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Poitras" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Tremblay-Vaillancourt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fournier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Bouchard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-089642" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760849v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gouju" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Jourdan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2023.07.004" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04569661v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Rapenne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Saulnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lagarce" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/nnm-2024-0003" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805817v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Carton" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perle Totoson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard-Jules Laforgue" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pelerin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Portier-Feunteun" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2023.10.016" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04482534v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pumo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2024.148817" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04498070v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Taisne" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baglin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duval" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Eveillard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnae016" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04403213v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Jing Li" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Lorie Gagnon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pier Frigon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tessier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2023.1295963" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04542406v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bourreau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Chevrier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Desserrey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lusson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Bessaguet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2024.03.008" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667444v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Abline" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Chaslerie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emman&#252;ele Fabre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Heymans" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Artarit" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2024/9981219" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04511108v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Despres" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffaine Fabre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bastiat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck D&#8217;agosto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.3c02498" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357033v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Faure" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2022.11.004" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357039v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2023.06.003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357041v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2023.09.004" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764606v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Faivre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04173065v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Vasylaki" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred&#233;ric Lagarce" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2023.106537" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357037v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2023.03.010" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04181916v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2023.115281" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357035v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2023.01.032" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357030v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2022.05.004" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647377v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soudeh Tehrani" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Rabanel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cayon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Riou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2022.04.003" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357032v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2022.07.035" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341627v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hilairet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lie Mellinger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2017.03.005" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03720790v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Roger" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2022.06.048" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357028v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2021.12.042" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829907v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Legeay" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Repussart" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Oudini" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laurier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eveillard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2022.09.009" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357029v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2022.03.004" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451349v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2021.08.006" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02926008v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Lina Formica" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bejaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Gabriel Montich" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Ver&#243;nica Ullio Gamboa" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2020.111398" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451334v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2021.03.008" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209370v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Duval" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2020.10.014" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03161485v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Foudi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12665" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451343v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2021.06.005" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207647v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lagarce" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drudis.2021.04.017" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446719v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bonnet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Franconi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/nnm-2021-0155" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288126v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnab084" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203850v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2021.02.003" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207649v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emillie Roger" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me B&#233;jaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Lautram" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Manero" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics13050595" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611145v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fautrat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blake Norman" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galina Antonova" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Kennard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2020.110200" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02498106v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Tr&#226;n" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Abatuci" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Helesbeux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21051609" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429795v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eid Alabed Alibrahim" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Billat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bichon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Guiffard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-04353-5" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02516731v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Briot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naila Bou Haidar" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IJN.s190482" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429620v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Justiniano" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lugnier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1381612825666190206144913" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429805v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clere" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Nesslany" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bristeau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-8592-6" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429799v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Apaire-Marchais" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lapied" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2018.02.033" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-48FTBN1D-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429801v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12300" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429803v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Hung Thien To" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bertrand" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules22040627" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392499v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc-Tuan Do" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bernard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep28546" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392493v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rodier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fillon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu7075230" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148921v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tremblay" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bettez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Savard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Caron" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148974v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148964v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04827672v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morwenna S M Pearson- Long" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Piog&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284023v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290398v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rousseau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Magras" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380954v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Alabed Alibrahim" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Billat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Clere" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429847v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429848v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01309463v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mouvet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Lobez" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardin Akagah" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02547283v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Legeay" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Apaire-Marchais" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lapied" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Andriantsitohaina" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738639v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149018v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josianne Leblanc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149059v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03528600v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gattacceca" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03528608v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02864383v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph9010001" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429841v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouvet Christophe" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429844v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lobez" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429823v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Muller" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Michel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molimard Mathieu" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429835v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429837v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429831v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03026063v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016ANGE0068" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144118v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Legeay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Poitras" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Tremblay-Vaillancourt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fournier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Bouchard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-089642" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242719v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Elfatairi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Ou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebreton" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Mahdjoub" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norraseth Kaeokhamloed" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17435889.2025.2492537" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04511108v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Despres" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffaine Fabre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bastiat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck D&#8217;agosto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.3c02498" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760849v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gouju" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Jourdan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2023.07.004" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04569661v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Rapenne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Saulnier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lagarce" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/nnm-2024-0003" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805817v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Carton" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perle Totoson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard-Jules Laforgue" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pelerin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Portier-Feunteun" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2023.10.016" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04482534v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pumo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2024.148817" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04498070v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Taisne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baglin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duval" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Eveillard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnae016" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04403213v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Jing Li" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Lorie Gagnon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pier Frigon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tessier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2023.1295963" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04542406v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bourreau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Chevrier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Desserrey" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lusson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Bessaguet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2024.03.008" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667444v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Abline" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Chaslerie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emman&#252;ele Fabre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Heymans" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Artarit" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2024/9981219" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357035v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Faure" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2023.01.032" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04181916v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2023.115281" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357033v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2022.11.004" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357039v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2023.06.003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764606v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Faivre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357041v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2023.09.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04173065v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Vasylaki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred&#233;ric Lagarce" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2023.106537" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357037v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2023.03.010" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829907v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Legeay" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Repussart" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Oudini" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laurier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eveillard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2022.09.009" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357029v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2022.03.004" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357030v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2022.05.004" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647377v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soudeh Tehrani" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Rabanel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cayon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Riou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2022.04.003" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357032v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2022.07.035" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341627v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hilairet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lie Mellinger" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2017.03.005" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03720790v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Roger" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2022.06.048" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357028v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2021.12.042" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203850v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2021.02.003" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207649v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emillie Roger" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me B&#233;jaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Lautram" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Manero" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics13050595" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451349v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2021.08.006" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02926008v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Lina Formica" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bejaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Gabriel Montich" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Ver&#243;nica Ullio Gamboa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2020.111398" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451334v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2021.03.008" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209370v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Duval" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2020.10.014" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03161485v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Foudi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12665" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451343v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2021.06.005" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207647v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lagarce" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drudis.2021.04.017" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288126v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnab084" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446719v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bonnet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Franconi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/nnm-2021-0155" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611145v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fautrat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blake Norman" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galina Antonova" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Kennard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2020.110200" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02498106v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Tr&#226;n" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Abatuci" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Helesbeux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21051609" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429795v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eid Alabed Alibrahim" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Billat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bichon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Guiffard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-04353-5" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02516731v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Briot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naila Bou Haidar" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IJN.s190482" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429799v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clere" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Apaire-Marchais" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lapied" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2018.02.033" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-48FTBN1D-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429620v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Justiniano" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lugnier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1381612825666190206144913" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429805v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Nesslany" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bristeau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-8592-6" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429803v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Hung Thien To" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bertrand" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules22040627" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429801v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12300" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392499v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc-Tuan Do" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bernard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep28546" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392493v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rodier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fillon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu7075230" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148921v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tremblay" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bettez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Savard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Caron" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148974v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148964v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04827672v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morwenna S M Pearson- Long" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Piog&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284023v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290398v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rousseau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Magras" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380954v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Alabed Alibrahim" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Billat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Clere" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429847v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429848v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01309463v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mouvet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Lobez" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardin Akagah" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02547283v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Legeay" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Apaire-Marchais" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lapied" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Andriantsitohaina" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738639v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149018v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josianne Leblanc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149059v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03528600v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gattacceca" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03528608v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02864383v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph9010001" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429841v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouvet Christophe" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429844v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lobez" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429823v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Muller" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Michel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molimard Mathieu" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429835v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429837v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429831v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03026063v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016ANGE0068" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>