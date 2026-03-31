--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -274,51 +274,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conscience sociale des Gilets jaunes : étude sociologique de représentations en lutte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Migration et crise : une co-occurrence encombrante, 129, pp.125 - 145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.30100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
@@ -384,835 +384,1004 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sava.057.0083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03779440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ma thèse en (presque) 180 mots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Legris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026, pp.80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05540031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De quoi les agriculteurs en colère sont-ils le nom ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Legris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lhonneur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04443766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étudier les mouvements sociaux sur le terrain : retour d'expérience d'un jeune chercheur en sociologie</w:t>
+                <w:t xml:space="preserve">Gilets jaunes et Anti-pass sanitaire : étude des obstacles à une coalition protestataire dans le centre de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Le) tiroir de gauche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Woawaow, May 2025, Pau, France</w:t>
+              <w:t xml:space="preserve">Séminaire du projet « Impact du Covid-19 sur la vaccination en France » (ICOVAC-France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Villejuif, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05056034v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enquêter au cœur des luttes sociales : rapport au terrain, rapports à l'ordre</w:t>
+                <w:t xml:space="preserve">Étudier les mouvements sociaux sur le terrain : retour d'expérience d'un jeune chercheur en sociologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire « Enquêter en terrain difficile »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe local des ingénieur·es en sciences humaines et sociales de Strasbourg (GLISSS), Nov 2025, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">(Le) tiroir de gauche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Woawaow, May 2025, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05347166v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05056034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilets jaunes et Anti-pass sanitaire : étude des obstacles à une coalition protestataire dans le centre de la France</w:t>
+                <w:t xml:space="preserve">Enquêter au cœur des luttes sociales : rapport au terrain, rapports à l'ordre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du projet « Impact du Covid-19 sur la vaccination en France » (ICOVAC-France)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Villejuif, France</w:t>
+              <w:t xml:space="preserve">Séminaire « Enquêter en terrain difficile »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe local des ingénieur·es en sciences humaines et sociales de Strasbourg (GLISSS), Nov 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04902355v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05347166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La jeunesse et la CGT</w:t>
+                <w:t xml:space="preserve">Saisir les reconfigurations différenciées du mouvement des Gilets jaunes dans deux territoires français au prisme des environnements socio-spatiaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La CGT fête ses 130 ans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Union locale CGT Pau et banlieue, Oct 2025, Pau, France</w:t>
+              <w:t xml:space="preserve">11ème congrès national de l'Association française de sociologie (AFS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05300397v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05166159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agir collectivement dans un monde incertain : une étude des mouvements sociaux contemporains au prisme de l'incertitude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Jeunes scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR TREE, Jun 2025, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05109936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saisir les reconfigurations différenciées du mouvement des Gilets jaunes dans deux territoires français au prisme des environnements socio-spatiaux</w:t>
+                <w:t xml:space="preserve">La jeunesse et la CGT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème congrès national de l'Association française de sociologie (AFS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">La CGT fête ses 130 ans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Union locale CGT Pau et banlieue, Oct 2025, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05166159v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05300397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Composition, décomposition et recompositions des mouvements sociaux contemporains : une analyse comparative de la révolte des Gilets jaunes et de la contestation anti-pass sanitaire dans deux départements du centre et du sud-ouest de la France</w:t>
+                <w:t xml:space="preserve">Gilets jaunes et manifestants contre la réforme des retraites : l’innovation contestataire en question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des écoles doctorales autour des 5 missions interdisciplinaires de l'UPPA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Pau, France</w:t>
+              <w:t xml:space="preserve">17ème congrès national de l'Association Française de Science Politique (AFSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Science Politique (AFSP), Jul 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04812098v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04639125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilets jaunes et manifestants contre la réforme des retraites : l’innovation contestataire en question</w:t>
+                <w:t xml:space="preserve">Composition, décomposition et recompositions des mouvements sociaux contemporains : une analyse comparative de la révolte des Gilets jaunes et de la contestation anti-pass sanitaire dans deux départements du centre et du sud-ouest de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème congrès national de l'Association Française de Science Politique (AFSP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Science Politique (AFSP), Jul 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Journée des écoles doctorales autour des 5 missions interdisciplinaires de l'UPPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04639125v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04812098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les consciences sociales des Gilets jaunes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences de l'Université du Temps Libre (UTL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Issoudun, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04852375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux éthiques de l'enquête ethnographique sur les mouvements sociaux contemporains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème édition des journées annuelles du réseau MATE-SHS (Méthodes, Analyses, Terrains, Enquêtes en Sciences Humaines et Sociales)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04114414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Gilets jaunes » et « anti-pass sanitaire » berrichons : une convergence difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème congrès national de l’Association Française de Science Politique (AFSP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03792105v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1222,236 +1391,129 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilets jaunes et « anti-pass » sanitaire du Berry en lutte. Étude d'une convergence difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Quentin Ravelli; Johanna Siméant-Germanos; Loïc Bonin; Pauline Liochon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Gilets jaunes. Une révolte inclassable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Rue d'Ulm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.329-341, 2024, Sciences sociales, 978-2-7288-0859-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827716v1</w:t>
-              </w:r>
-[...105 lines deleted...]
-                <w:t xml:space="preserve">hal-04443766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId30"/>
+      <w:footerReference w:type="default" r:id="rId31"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1598,51 +1660,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454966v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Legris" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15h85" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386322v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779453v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.30100" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779440v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.057.0083" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056034v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347166v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902355v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300397v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109936v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166159v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812098v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639125v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852375v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114414v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792105v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827716v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.ens.psl.eu/les-gilets-jaunes.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443766v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lhonneur" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454966v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Legris" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15h85" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386322v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779453v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.30100" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779440v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.057.0083" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540031v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443766v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lhonneur" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902355v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056034v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347166v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166159v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109936v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300397v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639125v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812098v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852375v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114414v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792105v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827716v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.ens.psl.eu/les-gilets-jaunes.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>