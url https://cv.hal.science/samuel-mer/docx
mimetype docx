--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -439,984 +439,984 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04915288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rational constitutive law for the viscous stress tensor in incompressible two-phase flows: Derivation and tests against a three-dimensional benchmark experiment</w:t>
+                <w:t xml:space="preserve">Numerical investigation of tilt angle effect on a Direct Steam Generation solar receiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Magnaudet</w:t>
+                <w:t xml:space="preserve">Israël Aguilera-Cortes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hadrien Bruhier</w:t>
+                <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Bonometti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/9j1f-w77d⟩</w:t>
+              <w:t xml:space="preserve">Solar Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 287, pp.113215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solener.2024.113215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05172771v1</w:t>
+                <w:t xml:space="preserve">hal-04874401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical investigation of tilt angle effect on a Direct Steam Generation solar receiver</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rational constitutive law for the viscous stress tensor in incompressible two-phase flows: Derivation and tests against a three-dimensional benchmark experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Magnaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Israël Aguilera-Cortes</w:t>
+                <w:t xml:space="preserve">Hadrien Bruhier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Toutant</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Mer</w:t>
+                <w:t xml:space="preserve">Thomas Bonometti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 287, pp.113215. </w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (7), pp.074001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.solener.2024.113215⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/9j1f-w77d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04874401v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05172771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat transfer in a fluidized bed tubular solar receiver. On-sun experimental investigation</w:t>
+                <w:t xml:space="preserve">Étude Expérimentale Isotherme d’un « Lit Fluidisé à Circulation Ascendante » : Identification des Régimes de Fluidisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronny Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sahuquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Mer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Toutant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Tessonneaud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Guillot</w:t>
+                <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solener.2023.112118⟩</w:t>
+              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 379, pp.07005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/202337907005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04264429v1</w:t>
+                <w:t xml:space="preserve">hal-04099362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of a coupled VOF-Front-Tracking/DEM method for simulating fluid-particles flows</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrien Toutant</w:t>
+                <w:t xml:space="preserve">Development of Particle Resolved - Subgrid Corrected Simulations: Hydrodynamic force calculation and flow sub-resolution corrections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Butaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2023.104467⟩</w:t>
+              <w:t xml:space="preserve">Computers and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 267, pp.106071. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2023.106071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04065687v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04254682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of Particle Resolved - Subgrid Corrected Simulations: Hydrodynamic force calculation and flow sub-resolution corrections</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A Toutant</w:t>
+                <w:t xml:space="preserve">Effect of temperature on the hydrodynamics of a fluidized bed circulating in a long tube for a solar energy harvesting application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Toutant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Flamant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2023.106071⟩</w:t>
+              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 281, pp.119218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ces.2023.119218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04254682v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04189160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude Expérimentale Isotherme d’un « Lit Fluidisé à Circulation Ascendante » : Identification des Régimes de Fluidisation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Sahuquet</w:t>
+                <w:t xml:space="preserve">Euler-Euler Multi-Scale Simulations of Internal Boiling Flow with Conjugated Heat Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Butaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/matecconf/202337907005⟩</w:t>
+              <w:t xml:space="preserve">Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4, pp.191-209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/applmech4010011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04099362v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03975548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of temperature on the hydrodynamics of a fluidized bed circulating in a long tube for a solar energy harvesting application</w:t>
+                <w:t xml:space="preserve">Heat transfer in a fluidized bed tubular solar receiver. On-sun experimental investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronny Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sahuquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Tessonneaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Sans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ces.2023.119218⟩</w:t>
+              <w:t xml:space="preserve">Solar Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 265, pp.112118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solener.2023.112118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04189160v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04264429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euler-Euler Multi-Scale Simulations of Internal Boiling Flow with Conjugated Heat Transfer</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Assessment of a coupled VOF-Front-Tracking/DEM method for simulating fluid-particles flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Salim Hamidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 4, pp.191-209. </w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 165, pp.104467. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/applmech4010011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2023.104467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03975548v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04065687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluidization Regimes of Dense Suspensions of Geldart Group A Fluidized Particles in a High Aspect Ratio Column</w:t>
               </w:r>
@@ -1441,64 +1441,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sahuquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.118360. </w:t>
@@ -1562,51 +1562,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ploquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Roget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1692,64 +1692,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sahuquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 14 (21), pp.7392. </w:t>
@@ -1813,77 +1813,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronny Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Grange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Flamant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 13 (18), pp.4803. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1943,51 +1943,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Praud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Magnaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Roig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2086,51 +2086,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Neau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merigoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Magnaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, vol. 106, pp. 109-124. </w:t>
@@ -2658,51 +2658,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Cazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2753,51 +2753,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermomechanical analysis of a Direct Steam Generation receiver based on conjugate fluid-solid simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Israel Aguilera Cortes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Neau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2842,1591 +2842,1591 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05313143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle -Resolved Simulation of anisothermal fluidized beds</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Particle Flow Distribution in a Fluidized-Particles Multitube Solar Receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sahuquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Gueguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Fontalvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Mer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th World Congress on Momentum, Heat and Mass Transfer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SolarPACES 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Albuquerque, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52825/solarpaces.v1i.717⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04728926v1</w:t>
+                <w:t xml:space="preserve">hal-04751080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle Flow Distribution in a Fluidized-Particles Multitube Solar Receiver</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lilian Fontalvo</w:t>
+                <w:t xml:space="preserve">Numerical investigation of two-phase flow in DSG solar receivers: An Euler-Euler modelling approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Israel Aguilera-Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SolarPACES 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">30th SolarPACES Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.52825/solarpaces.v1i.717⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04751080v1</w:t>
+                <w:t xml:space="preserve">hal-04728961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical investigation of two-phase flow in DSG solar receivers: An Euler-Euler modelling approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Particle − Resolved Simulation of Anisothermal Fluidized Beds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Butaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Quintana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th SolarPACES Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Momentum, Heat and Mass Transfer 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Londres, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11159/icmfht24.104⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04728961v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04750986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle − Resolved Simulation of Anisothermal Fluidized Beds</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Numerical Analysis of Two-Phase Flow in DSG Solar Receivers Using an Euler-Euler Modelling Technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Israel Aguilera-Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Momentum, Heat and Mass Transfer 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">18th Sollab Doctoral Colloquium 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Odeillo, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11159/icmfht24.104⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04750986v1</w:t>
+                <w:t xml:space="preserve">hal-04728936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Analysis of Two-Phase Flow in DSG Solar Receivers Using an Euler-Euler Modelling Technique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Managing Heat Transfer Intensity in a Fluidized Particle-in-Tube Solar Receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Gueguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Mer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Samuel Mer</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Flamant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th Sollab Doctoral Colloquium 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SolarPACES 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Sydney, Australia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52825/solarpaces.v2i.834⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04728936v1</w:t>
+                <w:t xml:space="preserve">hal-04739245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing Heat Transfer Intensity in a Fluidized Particle-in-Tube Solar Receiver</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronny Gueguen</w:t>
+                <w:t xml:space="preserve">Particle -Resolved Simulation of anisothermal fluidized beds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Butaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Quintana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Flamant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SolarPACES 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th World Congress on Momentum, Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, London, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.52825/solarpaces.v2i.834⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04739245v1</w:t>
+                <w:t xml:space="preserve">hal-04728926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing Heat Transfer Intensity in a Fluidized Particle-in-Tube Solar Receiver</w:t>
+                <w:t xml:space="preserve">Influence of Temperature on Gas-Solid Flow in Fluidized-Particle Tubular Solar Receiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronny Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sahuquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th SolarPACES Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SOLARPACES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Albuquerque, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52825/solarpaces.v1i.714⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04727917v1</w:t>
+                <w:t xml:space="preserve">hal-03927158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DIRECT NUMERICAL SIMULATION OF FLUID - SOLID PARTICLES FLOWS USING FRONT-TRACKING APPROACH</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Etude Expérimentale et Isotherme d'un &amp;quot;Lit Fluidisé à Circulation Ascendante&amp;quot; : Identification des Régimes de Fluidisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Gueguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sahuquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Mer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUTAM Symposium: From Stokesian suspension dynamics to particulate flows in turbulence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04730495v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03927148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude Expérimentale et Isotherme d'un &amp;quot;Lit Fluidisé à Circulation Ascendante&amp;quot; : Identification des Régimes de Fluidisation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Sahuquet</w:t>
+                <w:t xml:space="preserve">DIRECT NUMERICAL SIMULATION OF FLUID - SOLID PARTICLES FLOWS USING FRONT-TRACKING APPROACH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Butaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">IUTAM Symposium: From Stokesian suspension dynamics to particulate flows in turbulence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03927148v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Temperature on Gas-Solid Flow in Fluidized-Particle Tubular Solar Receiver</w:t>
+                <w:t xml:space="preserve">Managing Heat Transfer Intensity in a Fluidized Particle-in-Tube Solar Receiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronny Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOLARPACES</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">28th SolarPACES Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Albuquerque (Nouveau Mexique), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.52825/solarpaces.v1i.714⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03927158v1</w:t>
+                <w:t xml:space="preserve">hal-04727917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euler-Euler multi-scale simulations of internal turbulent boiling flow with conjugated transfer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mario Ploquin</w:t>
+                <w:t xml:space="preserve">Flamant. Control of particle mass flowrate in a fluidized bed solar receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sahuquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Gueguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dispersed two phase flows</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SHF, Oct 2021, Online, France</w:t>
+              <w:t xml:space="preserve">SFERA III 2nd Doctoral Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PSA, Oct 2021, Almeria, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04728888v1</w:t>
+                <w:t xml:space="preserve">hal-04728878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flamant. Control of particle mass flowrate in a fluidized bed solar receiver</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification and Characterization of the Fluidization Regimes in a Fluidized Bed Solar Receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Gueguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sahuquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFERA III 2nd Doctoral Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PSA, Oct 2021, Almeria, Spain</w:t>
+              <w:t xml:space="preserve">SFERAIII Doctoral Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Almeria, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04728878v1</w:t>
+                <w:t xml:space="preserve">hal-03927165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and Characterization of the Fluidization Regimes in a Fluidized Bed Solar Receiver</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Euler-Euler multi-scale simulations of internal turbulent boiling flow with conjugated transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Butaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Ploquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Mer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFERAIII Doctoral Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Almeria, Spain</w:t>
+              <w:t xml:space="preserve">Dispersed two phase flows</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SHF, Oct 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03927165v1</w:t>
+                <w:t xml:space="preserve">hal-04728888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Particle flow stability in tubular fluidized bed solar receivers</w:t>
               </w:r>
@@ -4451,64 +4451,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronny Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SolarPACES 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, On line, France</w:t>
@@ -4563,51 +4563,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Praud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Magnaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Roig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4671,132 +4671,128 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Praud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Magnaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Roig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Workshop of Non-Invasive Experimental Tools and Numerical Methods for the Investigation of Non-Reactive and Reactive Gas-Liquid Flows</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">5th Joint US-European Fluids Engineering Division Summer Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASME, Jul 2018, Montreal (Canada), Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/FEDSM2018-83196⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04728788v1</w:t>
+                <w:t xml:space="preserve">hal-04728811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulating the emptying of a water bottle with a multi-scale two-fluid approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4805,539 +4801,543 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Praud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Neau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mérigoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Magnaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st NEPTUNE_CFD user meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Saclay (92), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04727883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating the emptying of a water bottle with a multi-scale two-fluid approach</w:t>
+                <w:t xml:space="preserve">Assessment of multi-scale two-fluid approach by simulating the emptying of a bottle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Praud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Neau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mérigoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Magnaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Joint US-European Fluids Engineering Division Summer Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dispersed Two-Phase Flows</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SHF, Sep 2018, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/FEDSM2018-83196⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04728811v1</w:t>
+                <w:t xml:space="preserve">hal-04728828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of multi-scale two-fluid approach by simulating the emptying of a bottle</w:t>
+                <w:t xml:space="preserve">Simulating the emptying of a water bottle with a multi-scale two-fluid approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Praud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Merigoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Magnaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Roig</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dispersed Two-Phase Flows</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SHF, Sep 2018, Toulouse, France</w:t>
+              <w:t xml:space="preserve">2nd International Workshop of Non-Invasive Experimental Tools and Numerical Methods for the Investigation of Non-Reactive and Reactive Gas-Liquid Flows</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Hambourg (Germany), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04728828v1</w:t>
+                <w:t xml:space="preserve">hal-04728788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamic Control System for cryogenic propellant storage~: experimental and analytical performance assessment</w:t>
+                <w:t xml:space="preserve">Optimal design of a thermodynamic control system for cryogenic propellant storage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eric Corre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69th Annual Meeting of the APS Division of Fluid Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Portland, United States. pp.Session M4: Energy: Thermodynamics and Combustion</w:t>
+              <w:t xml:space="preserve">1st IIR International Conference on Cryogenics and Refrigeration Technology 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Bucharest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02071195v1</w:t>
+                <w:t xml:space="preserve">hal-02071317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal design of a thermodynamic control system for cryogenic propellant storage</w:t>
+                <w:t xml:space="preserve">Thermodynamic Control System for cryogenic propellant storage~: experimental and analytical performance assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eric Corre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st IIR International Conference on Cryogenics and Refrigeration Technology 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Bucharest, Romania</w:t>
+              <w:t xml:space="preserve">69th Annual Meeting of the APS Division of Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Portland, United States. pp.Session M4: Energy: Thermodynamics and Combustion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02071317v1</w:t>
+                <w:t xml:space="preserve">hal-02071195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude expérimentale et numérique d'un système de contrôle TVS pour les réservoirs d'ergols cryogéniques</w:t>
               </w:r>
@@ -5770,90 +5770,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulations d'écoulements anisothermes gaz-particules appliqués aux centrales solaires à concentration (CSP)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Ologaray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Butaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32ème Congrès Français de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Strasbourg, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5930,51 +5930,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Huc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th SolarPACES Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Rome, Italy</w:t>
@@ -6141,51 +6141,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TURBULENT TWO PHASE FLOW IN DIRECT STEAM GENERATION SOLAR RECEIVER</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Israel Aguilera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6249,77 +6249,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sahuquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronny Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Fontalvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28 th SOLARPACES conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Albuquerque, United States</w:t>
@@ -6400,51 +6400,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Derome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Font-Romeu, France</w:t>
@@ -6486,77 +6486,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">THERMAL WATER-STEAM STORAGE FOR CSP: MODELLING AND IDENTIFICATION OF LIQUID LEVEL FLUCTUATIONS DURING UNLOADING PHASES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ploquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Butaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Roget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6633,64 +6633,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronny Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SolarPACES 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Albuquerque, United States. 2020</w:t>
@@ -6912,51 +6912,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D7C2DC1F"/>
+    <w:nsid w:val="3B1401AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7143,51 +7143,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-mer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7915-3146" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526493v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aguilera-Cortes Isra&#235;l" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duval Herv&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernandez Emmanuel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huc Jean-Jaques" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toutant Adrien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2026.130400" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915288v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Butaye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Quintana" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bataille" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toutant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.126687" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172771v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Magnaudet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Bruhier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonometti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/9j1f-w77d" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874401v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isra&#235;l Aguilera-Cortes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Toutant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2024.113215" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264429v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Gueguen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sahuquet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Tessonneaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Sans" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guillot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2023.112118" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065687v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Salim Hamidi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bataille" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2023.104467" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254682v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Butaye" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Toutant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2023.106071" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099362v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202337907005" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189160v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Flamant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2023.119218" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975548v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/applmech4010011" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884683v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2022.118360" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776227v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Ploquin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Roget" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2022.08.048" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03461141v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14217392" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165145v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grange" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13184803" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152629v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Praud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Roig" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2019.05.012" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801495v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Neau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Merigoux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2018.05.002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592087v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Thibault" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eric Corre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4037449" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516090v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4032761" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516088v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryogenics.2016.09.012" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05148372v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313138v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Aguilera Cortes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Colin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cazin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313143v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Neau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728926v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04751080v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Fontalvo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52825/solarpaces.v1i.717" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728961v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Aguilera-Cort&#233;s" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04750986v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11159/icmfht24.104" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728936v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739245v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52825/solarpaces.v2i.834" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727917v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730495v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927148v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927158v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52825/solarpaces.v1i.714" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728888v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728878v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927165v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165146v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728850v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728788v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727883v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;rigoux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728811v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/FEDSM2018-83196" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728828v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071195v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071317v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446450v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Corre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071339v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071237v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071168v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Demeure" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/FEDSM2014-22217" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611471v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ologaray" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747467v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Aguilera-Cortes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Duval" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Huc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hernandez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692166v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doha Kafeh" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mazet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Oliv&#232;s" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Neveu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747507v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Aguilera" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944403v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328118v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Derome" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727505v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165157v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01591889v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016GREAI059" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-mer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7915-3146" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526493v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aguilera-Cortes Isra&#235;l" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duval Herv&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernandez Emmanuel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huc Jean-Jaques" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toutant Adrien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2026.130400" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915288v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Butaye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Quintana" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bataille" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toutant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.126687" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874401v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isra&#235;l Aguilera-Cortes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Toutant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2024.113215" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172771v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Magnaudet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Bruhier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonometti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/9j1f-w77d" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099362v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Gueguen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sahuquet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bataille" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202337907005" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254682v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Butaye" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Toutant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2023.106071" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189160v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Flamant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2023.119218" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975548v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/applmech4010011" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264429v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Tessonneaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Sans" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guillot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2023.112118" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065687v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Salim Hamidi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2023.104467" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884683v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2022.118360" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776227v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Ploquin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Roget" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2022.08.048" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03461141v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14217392" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165145v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grange" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13184803" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152629v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Praud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Roig" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2019.05.012" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801495v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Neau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Merigoux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2018.05.002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592087v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Thibault" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eric Corre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4037449" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516090v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4032761" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516088v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryogenics.2016.09.012" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05148372v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313138v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Aguilera Cortes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Colin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cazin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313143v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Neau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04751080v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Fontalvo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52825/solarpaces.v1i.717" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728961v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Aguilera-Cort&#233;s" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04750986v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11159/icmfht24.104" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728936v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739245v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52825/solarpaces.v2i.834" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728926v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927158v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52825/solarpaces.v1i.714" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927148v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730495v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727917v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728878v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927165v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728888v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165146v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728850v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728811v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/FEDSM2018-83196" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727883v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;rigoux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728828v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728788v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071317v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071195v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446450v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Corre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071339v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071237v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071168v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Demeure" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/FEDSM2014-22217" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611471v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ologaray" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747467v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Aguilera-Cortes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Duval" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Huc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hernandez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692166v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doha Kafeh" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mazet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Oliv&#232;s" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Neveu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747507v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Aguilera" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944403v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328118v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Derome" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727505v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165157v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01591889v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016GREAI059" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>