--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -2079,303 +2079,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03649672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le pragmatisme éducatif deweyen est-il une philosophie de terrain ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Renier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Les sciences humaines et sociales à l’épreuve du terrain : logiques d’enquête, approches narratives et dynamiques coopératives depuis l’école de Chicago</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03649663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Charybde en Dewey&amp;quot; : la genèse du pragmatisme éducatif à l’Ecole de Chicago</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Renier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études Le pragmatisme en problèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03649668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pratiques vocales comme expérience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Renier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études Chanter, parler, réciter : pédagogies de la voix, dans le cadre du séminaire nomade de la Société Française d’Ethnomusicologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03649674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Apprendre à problématiser et à enquêter pour se professionnaliser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Renier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’études Professionnalisation et recherche de sens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03649670v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">hal-03649674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques Freinet et Pédagogies Institutionnelles tout au long de la vie</w:t>
               </w:r>
@@ -2493,50 +2493,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03649682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La vie comme une recherche. Mettre en actes une pédagogie démocratique avec le double éclairage de G. Lerbet et de J. Dewey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Renier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Guillaumin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque L’œuvre de Georges Lerbet : une source de passage(s) entre recherche en éducation et humanisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Vierzon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03649675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le compagnonnage pédagogique, ou Comment penser autrement l’agir en formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Renier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2545,139 +2627,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Ethique de l’accompagnement et agir coopératif.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03649680v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03649675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William James : Peut-on croire pragmatiquement ?</w:t>
               </w:r>
@@ -3915,165 +3915,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03649824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le cas de la logique. Implications éducatives de la controverse entre John Dewey et Bertrand Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Renier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">H.-L. Go (dir.), Dewey penseur de l’éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Nancy, pp.83-96, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03649826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">John Dewey et l’Éducation nouvelle en France (1930-1970) : éléments pour un état des lieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Renier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L. Gutierrez, L. Besse &amp; A. Prost (dir.), Réformer l'école. L'apport de l’Éducation nouvelle (1930-1970)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Grenoble, pp.39-52, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03649827v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03649826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4408,51 +4408,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7916216E"/>
+    <w:nsid w:val="252DA924"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4639,51 +4639,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-renier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5971-3801" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/184572312" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05341204v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Kolly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Renier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roelens" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608889v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tele.060.0125" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654001v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649561v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649571v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654002v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Dewey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheformation.5686" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609028v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guillaumin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsvives.2111" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649573v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejpap.448" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649817v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649819v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649822v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649823v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090005v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vergnon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649644v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649636v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649642v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649638v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baeta" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649649v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649647v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649659v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649661v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649653v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649655v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649656v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649672v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649670v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649663v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649668v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649674v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649667v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649682v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649680v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649675v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649677v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649579v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rusch" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Letellier-Kwocz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03540477v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pesce" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649593v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649594v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649597v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649608v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649606v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lagoutte" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Marambaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cid&#224;lia Moussier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649618v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nir" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649623v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02382356v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine N&#233;groni" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649620v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649630v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649824v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.3565" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649827v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649826v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649828v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649829v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03649813v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-renier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5971-3801" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/184572312" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05341204v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Kolly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Renier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roelens" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608889v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tele.060.0125" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654001v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649561v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649571v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654002v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Dewey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheformation.5686" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609028v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guillaumin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsvives.2111" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649573v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejpap.448" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649817v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649819v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649822v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649823v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090005v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vergnon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649644v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649636v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649642v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649638v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baeta" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649649v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649647v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649659v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649661v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649653v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649655v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649656v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649672v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649663v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649668v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649674v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649670v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649667v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649682v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649675v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649680v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649677v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649579v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rusch" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Letellier-Kwocz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03540477v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pesce" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649593v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649594v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649597v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649608v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649606v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lagoutte" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Marambaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cid&#224;lia Moussier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649618v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nir" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649623v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02382356v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine N&#233;groni" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649620v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649630v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649824v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.3565" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649826v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649827v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649828v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649829v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03649813v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>