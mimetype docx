--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -244,303 +244,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05410675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mer dans les premières conférences sanitaires internationales</w:t>
+                <w:t xml:space="preserve">État et jeux de hasard : rien ne va plus – Réflexions sur l’évolution juridique au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’histoire du droit de la mer, la mer dans l’histoire du droit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d’histoire du droit; Centre de Droit et de Politique Comparés (UMR CNRS 7318), May 2024, Toulon (Université de Toulon), France</w:t>
+              <w:t xml:space="preserve">Jeu(x) &amp; Droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté de Droit; Conférence des doyens, Mar 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05410754v1</w:t>
+                <w:t xml:space="preserve">halshs-05410786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El brote epidémico como prioridad de la construcción del nuevo modelo de acción política.</w:t>
+                <w:t xml:space="preserve">Le parlementarisme de la fin du Second Empire au prisme du droit parlementaire : entre progrès et résistances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemics and their determinants: Past and present</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universitat Oberta de Catalunya; BBVA foundation; Asociación de Demografía Históric (ADEH); HiDo (Scientific Network for Historical Demography), Feb 2024, BARCELONA, España</w:t>
+              <w:t xml:space="preserve">Les Empires et le droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DCS; AHDO, Sep 2024, NANTES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05410840v1</w:t>
+                <w:t xml:space="preserve">halshs-05410725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le parlementarisme de la fin du Second Empire au prisme du droit parlementaire : entre progrès et résistances</w:t>
+                <w:t xml:space="preserve">La mer dans les premières conférences sanitaires internationales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Empires et le droit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DCS; AHDO, Sep 2024, NANTES, France</w:t>
+              <w:t xml:space="preserve">L’histoire du droit de la mer, la mer dans l’histoire du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d’histoire du droit; Centre de Droit et de Politique Comparés (UMR CNRS 7318), May 2024, Toulon (Université de Toulon), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05410725v1</w:t>
+                <w:t xml:space="preserve">halshs-05410754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">État et jeux de hasard : rien ne va plus – Réflexions sur l’évolution juridique au XIXe siècle</w:t>
+                <w:t xml:space="preserve">El brote epidémico como prioridad de la construcción del nuevo modelo de acción política.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jeu(x) &amp; Droit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Faculté de Droit; Conférence des doyens, Mar 2024, Nantes, France</w:t>
+              <w:t xml:space="preserve">Epidemics and their determinants: Past and present</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universitat Oberta de Catalunya; BBVA foundation; Asociación de Demografía Históric (ADEH); HiDo (Scientific Network for Historical Demography), Feb 2024, BARCELONA, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05410786v1</w:t>
+                <w:t xml:space="preserve">halshs-05410840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le corps du malade et le corps médical. De quel droit l’affaire Guigne est-elle le nom ?</w:t>
               </w:r>
@@ -934,165 +934,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03322955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’impossible responsabilité civile des ministres à la veille du XXe siècle</w:t>
+                <w:t xml:space="preserve">La guerre civile de 1848 en France, une approche politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire DCS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DCS, Sep 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">Vers les guerres civiles au XXe et au XXIe siècles : histoire et imaginaires en Europe et en Amérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRINI; Université de Nantes, Oct 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05411087v1</w:t>
+                <w:t xml:space="preserve">halshs-05411071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La guerre civile de 1848 en France, une approche politique</w:t>
+                <w:t xml:space="preserve">L’impossible responsabilité civile des ministres à la veille du XXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vers les guerres civiles au XXe et au XXIe siècles : histoire et imaginaires en Europe et en Amérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CRINI; Université de Nantes, Oct 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">Séminaire DCS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DCS, Sep 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05411071v1</w:t>
+                <w:t xml:space="preserve">halshs-05411087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éducation des gouvernants comme condition du système éducatif des gouvernés chez Auguste Comte</w:t>
               </w:r>
@@ -1420,165 +1420,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ortolan et l’avènement du régime républicain moderne</w:t>
+                <w:t xml:space="preserve">L’avènement du régime républicain selon Ortolan : une nécessité historique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire des facultés de droit et de la culture juridique, du monde des juristes et du livre juridique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 38, pp.273-302</w:t>
+              <w:t xml:space="preserve">, 2018, 38, 23 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03328624v1</w:t>
+                <w:t xml:space="preserve">halshs-05411798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’avènement du régime républicain selon Ortolan : une nécessité historique</w:t>
+                <w:t xml:space="preserve">Ortolan et l’avènement du régime républicain moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire des facultés de droit et de la culture juridique, du monde des juristes et du livre juridique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 38, 23 p</w:t>
+              <w:t xml:space="preserve">, 2018, 38, pp.273-302</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05411798v1</w:t>
+                <w:t xml:space="preserve">hal-03328624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1827,51 +1827,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410696v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Sanchez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410675v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410754v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410840v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410725v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410786v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410903v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410888v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410951v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411026v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411049v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322955v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411087v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411071v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411098v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322962v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411469v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322928v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328624v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411798v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383145v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410696v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Sanchez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410675v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410786v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410725v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410754v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410840v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410903v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410888v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410951v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411026v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411049v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322955v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411071v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411087v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411098v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322962v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411469v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322928v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411798v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328624v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383145v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>